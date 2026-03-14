--- v0 (2025-10-21)
+++ v1 (2026-03-14)
@@ -1,105 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
-    <sheet name="H1 FY26" sheetId="2" r:id="rId5"/>
-[...1 lines deleted...]
-    <sheet name="FY27" sheetId="4" r:id="rId7"/>
+    <sheet name="FY26" sheetId="2" r:id="rId5"/>
+    <sheet name="FY27" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Tate &amp; Lyle PLC</t>
   </si>
   <si>
-    <t>H1 FY26</t>
-[...1 lines deleted...]
-  <si>
     <t>FY26</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>15/10/25</t>
+    <t>12/03/26</t>
   </si>
   <si>
     <t>Group Income Statement (£m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Americas</t>
   </si>
   <si>
     <t xml:space="preserve">    Europe, Middle East and Africa</t>
   </si>
   <si>
     <t xml:space="preserve">    Asia Pacific</t>
   </si>
   <si>
     <t xml:space="preserve">    Revenue - Group</t>
   </si>
   <si>
+    <t xml:space="preserve">  Volume / mix  (New segments) (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Volume / mix - Group (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Price (New segments) (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Americas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Asia Pacific</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Price - Group (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Revenue (New segments) constant currency growth (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Revenue constant currency growth - Group (%)</t>
+  </si>
+  <si>
     <t xml:space="preserve">  Adjusted EBITDA (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted EBITDA - Group</t>
   </si>
   <si>
     <t xml:space="preserve">  Less: Depreciation and adjusted amortisation</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted operating profit</t>
   </si>
   <si>
     <t xml:space="preserve">  Net finance expense</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted profit before tax</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted Profit after Tax (pre excepts and amort)</t>
   </si>
   <si>
     <t xml:space="preserve">    Average diluted shares (m) (including impact of share buyback)</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted diluted EPS (p)</t>
@@ -107,108 +126,108 @@
   <si>
     <t xml:space="preserve">  Dividend/Share (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  $/£ assumption (average rate)</t>
   </si>
   <si>
     <t xml:space="preserve">  €/£ assumption (average rate)</t>
   </si>
   <si>
     <t>Group Cash Flow Statement (£m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted Free cash flow (before exceptional cash flows)</t>
   </si>
   <si>
     <t xml:space="preserve">  Other cash flows in the year</t>
   </si>
   <si>
     <t xml:space="preserve">    Closing net debt</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>Tate &amp; Lyle PLC (“Tate &amp; Lyle”) invites registered sell-side analysts that monitor Tate &amp; Lyle’s stock to submit</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">their forecasts to an external, web-based tool managed					</t>
+    <t>Tate &amp; Lyle PLC (“Tate &amp; Lyle”) invites registered sell-side analysts that monitor Tate &amp; Lyle’s stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">to submit their forecasts to an external, web-based tool managed					</t>
   </si>
   <si>
     <t xml:space="preserve">by Vuma Financial Limited (“Vuma”), a company independent of Tate &amp; Lyle.					</t>
   </si>
   <si>
     <t xml:space="preserve"> 					</t>
   </si>
   <si>
-    <t>The web-based tool generates an aggregation of publicly available forecasts collated exclusively by Vuma, but only on the</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">basis of information submitted by those					</t>
+    <t>The web-based tool generates an aggregation of publicly available forecasts collated exclusively by Vuma,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">but only on the basis of information submitted by those					</t>
   </si>
   <si>
     <t>analysts who choose to participate. The arithmetic average of the constituent analyst forecasts is known as</t>
   </si>
   <si>
     <t xml:space="preserve">“Consensus”. Vuma has no access to Tate &amp; Lyle's 					</t>
   </si>
   <si>
     <t xml:space="preserve">internal forecasts, budgets or any other information which is not publicly available.					</t>
   </si>
   <si>
-    <t>Tate &amp; Lyle has not commented on individual forecasts nor does it intend to do so in the future. Tate &amp; Lyle assumes no</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">take any other action or place any reliance					</t>
+    <t>Tate &amp; Lyle has not commented on individual forecasts nor does it intend to do so in the future. Tate &amp; Lyle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">assumes no obligation to update or revise such 					</t>
+  </si>
+  <si>
+    <t>information and nothing in this analysis should be taken as a recommendation to buy or sell shares in Tate &amp;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lyle or to take any other action or place any reliance					</t>
   </si>
   <si>
     <t xml:space="preserve">on the analysis. 					</t>
   </si>
   <si>
-    <t>Consensus figures are provided for information only, and neither Tate &amp; Lyle nor any of its subsidiary undertakings nor</t>
-[...14 lines deleted...]
-    <t>information in this analysis.</t>
+    <t>Consensus figures are provided for information only, and neither Tate &amp; Lyle nor any of its subsidiary</t>
+  </si>
+  <si>
+    <t xml:space="preserve">undertakings nor any director, officer or employee of					</t>
+  </si>
+  <si>
+    <t>Tate &amp; Lyle or any of its subsidiary undertakings accepts any responsibility for the accuracy or</t>
+  </si>
+  <si>
+    <t xml:space="preserve">completeness of forecasts used in this analysis and therefore shall					</t>
+  </si>
+  <si>
+    <t>have no liability whatsoever for the consequences of any reliance or actions taken or not taken based on any</t>
+  </si>
+  <si>
+    <t>of the information in this analysis.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
     <t>Tate &amp; Lyle PLC (“Tate &amp; Lyle”) invites registered sell-side analysts that monitor Tate &amp; Lyle’s stock to submit their forecasts to an external,</t>
   </si>
   <si>
     <t xml:space="preserve">web-based tool managed					</t>
   </si>
@@ -434,51 +453,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -734,3238 +753,3072 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D63"/>
+  <dimension ref="A1:C83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A63" sqref="A63"/>
+      <selection activeCell="A83" sqref="A83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.696777" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
-    <col min="4" max="4" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
+    <row r="2" spans="1:3">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="2" t="s">
+    </row>
+    <row r="3" spans="1:3">
+      <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B3" s="3" t="s">
+      <c r="C3" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="B4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="3" t="s">
-[...14 lines deleted...]
-    <row r="5" spans="1:4">
+    </row>
+    <row r="5" spans="1:3">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
-      <c r="D5" s="3"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:4">
+    </row>
+    <row r="6" spans="1:3">
       <c r="B6"/>
       <c r="C6"/>
-      <c r="D6"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:4">
+    </row>
+    <row r="7" spans="1:3">
       <c r="A7" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
-      <c r="D7" s="5"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:4">
+    </row>
+    <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
-      <c r="D8"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:4">
+    </row>
+    <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="10">
+        <v>1001.2687</v>
+      </c>
+      <c r="C9" s="10">
+        <v>996.4727</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="10">
-[...12 lines deleted...]
-      </c>
       <c r="B10" s="10">
-        <v>315.6577</v>
+        <v>631.9521</v>
       </c>
       <c r="C10" s="10">
-        <v>630.3635</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:4">
+        <v>631.0003</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="10">
+        <v>379.6754</v>
+      </c>
+      <c r="C11" s="10">
+        <v>389.3516</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="10">
-[...12 lines deleted...]
-      </c>
       <c r="B12" s="11">
-        <v>1006.9556</v>
+        <v>2012.8962</v>
       </c>
       <c r="C12" s="11">
-        <v>1999.1062</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:4">
+        <v>2016.8246</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
       <c r="B13"/>
       <c r="C13"/>
-      <c r="D13"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:4">
+    </row>
+    <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
-      <c r="D14"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:4">
+    </row>
+    <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="10">
+        <v>-2.6704</v>
+      </c>
+      <c r="C15" s="10">
+        <v>1.2763</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="10">
-[...12 lines deleted...]
-      </c>
       <c r="B16" s="10">
-        <v>50.9789</v>
+        <v>-0.7271</v>
       </c>
       <c r="C16" s="10">
-        <v>101.139</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:4">
+        <v>1.4435</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B17" s="10">
-        <v>24.1558</v>
+        <v>1.3556</v>
       </c>
       <c r="C17" s="10">
-        <v>49.8493</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:4">
+        <v>2.8042</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
       <c r="A18" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="11">
+        <v>-1.4005</v>
+      </c>
+      <c r="C18" s="11">
+        <v>1.6169</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="B19"/>
+      <c r="C19"/>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="11">
-[...10 lines deleted...]
-      <c r="A19" t="s">
+      <c r="B20"/>
+      <c r="C20"/>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" t="s">
         <v>14</v>
       </c>
-      <c r="B19" s="10">
-[...10 lines deleted...]
-      <c r="A20" s="7" t="s">
+      <c r="B21" s="10">
+        <v>0.6974</v>
+      </c>
+      <c r="C21" s="10">
+        <v>-1.8333</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" s="10">
+        <v>-4.7521</v>
+      </c>
+      <c r="C22" s="10">
+        <v>-2.5007</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" t="s">
         <v>15</v>
       </c>
-      <c r="B20" s="9">
-[...10 lines deleted...]
-      <c r="A21" t="s">
+      <c r="B23" s="10">
+        <v>-1.0333</v>
+      </c>
+      <c r="C23" s="10">
+        <v>-1.3625</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="B21" s="10">
-[...31 lines deleted...]
-      </c>
       <c r="B24" s="11">
-        <v>90.88030000000001</v>
+        <v>-1.2861</v>
       </c>
       <c r="C24" s="11">
-        <v>183.0512</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:4">
+        <v>-1.9312</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
       <c r="B25"/>
       <c r="C25"/>
-      <c r="D25"/>
-[...2 lines deleted...]
-      <c r="A26" s="6" t="s">
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26"/>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="10">
+        <v>-1.9784</v>
+      </c>
+      <c r="C27" s="10">
+        <v>-0.4559</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" s="10">
+        <v>-5.4692</v>
+      </c>
+      <c r="C28" s="10">
+        <v>-1.0639</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" t="s">
+        <v>9</v>
+      </c>
+      <c r="B29" s="10">
+        <v>0.3201</v>
+      </c>
+      <c r="C29" s="10">
+        <v>1.4274</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" s="11">
+        <v>-2.6826</v>
+      </c>
+      <c r="C30" s="11">
+        <v>-0.2128</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="B31"/>
+      <c r="C31"/>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="12">
-[...15 lines deleted...]
-      <c r="A28" s="6" t="s">
+      <c r="B32"/>
+      <c r="C32"/>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" t="s">
+        <v>7</v>
+      </c>
+      <c r="B33" s="10">
+        <v>261.0938</v>
+      </c>
+      <c r="C33" s="10">
+        <v>266.4954</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" s="10">
+        <v>97.4083</v>
+      </c>
+      <c r="C34" s="10">
+        <v>99.3536</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" t="s">
+        <v>9</v>
+      </c>
+      <c r="B35" s="10">
+        <v>58.1047</v>
+      </c>
+      <c r="C35" s="10">
+        <v>62.2414</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B28" s="12">
-[...10 lines deleted...]
-      <c r="A29" t="s">
+      <c r="B36" s="11">
+        <v>416.6504</v>
+      </c>
+      <c r="C36" s="11">
+        <v>427.747</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="B37"/>
+      <c r="C37"/>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" t="s">
         <v>21</v>
       </c>
-      <c r="B29" s="13">
-[...15 lines deleted...]
-      <c r="A31" t="s">
+      <c r="B38" s="10">
+        <v>-133.6149</v>
+      </c>
+      <c r="C38" s="10">
+        <v>-135.8069</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="B31" s="14">
-[...80 lines deleted...]
-      </c>
+      <c r="B39" s="9">
+        <v>283.0586</v>
+      </c>
+      <c r="C39" s="9">
+        <v>291.9635</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
       <c r="B40"/>
       <c r="C40"/>
-      <c r="D40"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:4">
+    </row>
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>30</v>
-[...16 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="B41" s="10">
+        <v>-46.1546</v>
+      </c>
+      <c r="C41" s="10">
+        <v>-44.2483</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42" s="9">
+        <v>236.0476</v>
+      </c>
+      <c r="C42" s="9">
+        <v>248.7155</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
       <c r="B43"/>
       <c r="C43"/>
-      <c r="D43"/>
-[...12 lines deleted...]
-      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B44" s="11">
+        <v>180.4289</v>
+      </c>
+      <c r="C44" s="11">
+        <v>188.6518</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
       <c r="B45"/>
       <c r="C45"/>
-      <c r="D45"/>
-[...12 lines deleted...]
-      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B46" s="12">
+        <v>448.1086</v>
+      </c>
+      <c r="C46" s="12">
+        <v>446.1003</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
       <c r="B47"/>
       <c r="C47"/>
-      <c r="D47"/>
-[...9 lines deleted...]
-    <row r="49" spans="1:4">
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B48" s="12">
+        <v>40.2654</v>
+      </c>
+      <c r="C48" s="12">
+        <v>42.301</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>32</v>
-[...8 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="B49" s="13">
+        <v>19.5722</v>
+      </c>
+      <c r="C49" s="13">
+        <v>19.9482</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
       <c r="B50"/>
       <c r="C50"/>
-      <c r="D50"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:4">
+    </row>
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-    <row r="52" spans="1:4">
+        <v>29</v>
+      </c>
+      <c r="B51" s="14">
+        <v>1.3419</v>
+      </c>
+      <c r="C51" s="14">
+        <v>1.3405</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="B52" s="14">
+        <v>1.1559</v>
+      </c>
+      <c r="C52" s="14">
+        <v>1.1469</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
       <c r="B53"/>
       <c r="C53"/>
-      <c r="D53"/>
-[...10 lines deleted...]
-      <c r="A55" t="s">
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B54" s="8"/>
+      <c r="C54" s="8"/>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B55"/>
-[...35 lines deleted...]
-    <row r="60" spans="1:4">
+      <c r="B55" s="9">
+        <v>174.5643</v>
+      </c>
+      <c r="C55" s="9">
+        <v>196.9153</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B56" s="7"/>
+      <c r="C56" s="7"/>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B57" s="9">
+        <v>-911.3268</v>
+      </c>
+      <c r="C57" s="9">
+        <v>-830.9195</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
-      <c r="D60"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:4">
+    </row>
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="B61"/>
       <c r="C61"/>
-      <c r="D61"/>
-[...2 lines deleted...]
-      <c r="A63" s="16" t="s">
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
+        <v>38</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>39</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" t="s">
+        <v>40</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" t="s">
+        <v>41</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" t="s">
+        <v>42</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66"/>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" t="s">
+        <v>43</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" t="s">
+        <v>44</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" t="s">
+        <v>39</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" t="s">
+        <v>45</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
+        <v>46</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" t="s">
+        <v>47</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" t="s">
+        <v>48</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" t="s">
         <v>49</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74"/>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" t="s">
+        <v>39</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75"/>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" t="s">
+        <v>50</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76"/>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" t="s">
+        <v>51</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77"/>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" t="s">
+        <v>52</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78"/>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" t="s">
+        <v>53</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79"/>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" t="s">
+        <v>54</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80"/>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" t="s">
+        <v>55</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81"/>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="16" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A40:D40"/>
-[...20 lines deleted...]
-    <mergeCell ref="A61:D61"/>
+    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="A61:C61"/>
+    <mergeCell ref="A62:C62"/>
+    <mergeCell ref="A63:C63"/>
+    <mergeCell ref="A64:C64"/>
+    <mergeCell ref="A65:C65"/>
+    <mergeCell ref="A66:C66"/>
+    <mergeCell ref="A67:C67"/>
+    <mergeCell ref="A68:C68"/>
+    <mergeCell ref="A69:C69"/>
+    <mergeCell ref="A70:C70"/>
+    <mergeCell ref="A71:C71"/>
+    <mergeCell ref="A72:C72"/>
+    <mergeCell ref="A73:C73"/>
+    <mergeCell ref="A74:C74"/>
+    <mergeCell ref="A75:C75"/>
+    <mergeCell ref="A76:C76"/>
+    <mergeCell ref="A77:C77"/>
+    <mergeCell ref="A78:C78"/>
+    <mergeCell ref="A79:C79"/>
+    <mergeCell ref="A80:C80"/>
+    <mergeCell ref="A81:C81"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="39" man="1"/>
-    <brk id="63" man="1"/>
+    <brk id="59" man="1"/>
+    <brk id="83" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F62"/>
+  <dimension ref="A1:F82"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A62" sqref="A62"/>
+      <selection activeCell="A82" sqref="A82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.696777" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B9" s="10">
         <v>9</v>
       </c>
       <c r="C9" s="10">
-        <v>503.373</v>
+        <v>1001.2687</v>
       </c>
       <c r="D9" s="10">
-        <v>505.7517</v>
+        <v>1000.968</v>
       </c>
       <c r="E9" s="10">
-        <v>490</v>
+        <v>979.965</v>
       </c>
       <c r="F9" s="10">
-        <v>507.942</v>
+        <v>1020.8186</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B10" s="10">
         <v>9</v>
       </c>
       <c r="C10" s="10">
-        <v>315.6577</v>
+        <v>631.9521</v>
       </c>
       <c r="D10" s="10">
-        <v>317.9266</v>
+        <v>636.4458</v>
       </c>
       <c r="E10" s="10">
-        <v>301</v>
+        <v>604.962</v>
       </c>
       <c r="F10" s="10">
-        <v>320.4528</v>
+        <v>642.5915</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B11" s="10">
         <v>9</v>
       </c>
       <c r="C11" s="10">
-        <v>189.3087</v>
+        <v>379.6754</v>
       </c>
       <c r="D11" s="10">
-        <v>189.6361</v>
+        <v>380.443</v>
       </c>
       <c r="E11" s="10">
-        <v>180</v>
+        <v>371</v>
       </c>
       <c r="F11" s="10">
-        <v>195.082</v>
+        <v>393.0474</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C12" s="11">
-        <v>1006.9556</v>
+        <v>2012.8962</v>
       </c>
       <c r="D12" s="11">
-        <v>1009.407</v>
+        <v>2022.618</v>
       </c>
       <c r="E12" s="11">
-        <v>990</v>
+        <v>1958.277</v>
       </c>
       <c r="F12" s="11">
-        <v>1020.6953</v>
+        <v>2041.829</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B15" s="10">
         <v>9</v>
       </c>
       <c r="C15" s="10">
-        <v>133.7373</v>
+        <v>-2.6704</v>
       </c>
       <c r="D15" s="10">
-        <v>133</v>
+        <v>-2.7556</v>
       </c>
       <c r="E15" s="10">
-        <v>129.1425</v>
+        <v>-3</v>
       </c>
       <c r="F15" s="10">
-        <v>140.7622</v>
+        <v>-2</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B16" s="10">
         <v>9</v>
       </c>
       <c r="C16" s="10">
-        <v>50.9789</v>
+        <v>-0.7271</v>
       </c>
       <c r="D16" s="10">
-        <v>51.0515</v>
+        <v>-1</v>
       </c>
       <c r="E16" s="10">
-        <v>47</v>
+        <v>-1.2</v>
       </c>
       <c r="F16" s="10">
-        <v>54.2345</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B17" s="10">
         <v>9</v>
       </c>
       <c r="C17" s="10">
-        <v>24.1558</v>
+        <v>1.3556</v>
       </c>
       <c r="D17" s="10">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="E17" s="10">
-        <v>23.0474</v>
+        <v>1</v>
       </c>
       <c r="F17" s="10">
-        <v>25.0596</v>
+        <v>2.2148</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="11">
+        <v>9</v>
+      </c>
+      <c r="C18" s="11">
+        <v>-1.4005</v>
+      </c>
+      <c r="D18" s="11">
+        <v>-1.4524</v>
+      </c>
+      <c r="E18" s="11">
+        <v>-2</v>
+      </c>
+      <c r="F18" s="11">
+        <v>-0.7465000000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="B19"/>
+      <c r="C19"/>
+      <c r="D19"/>
+      <c r="E19"/>
+      <c r="F19"/>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="11">
-[...53 lines deleted...]
-      </c>
+      <c r="B20"/>
+      <c r="C20"/>
+      <c r="D20"/>
+      <c r="E20"/>
+      <c r="F20"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B21" s="10">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C21" s="10">
-        <v>-21.6968</v>
+        <v>0.6974</v>
       </c>
       <c r="D21" s="10">
-        <v>-22</v>
+        <v>0.7556</v>
       </c>
       <c r="E21" s="10">
-        <v>-26.52</v>
+        <v>0</v>
       </c>
       <c r="F21" s="10">
-        <v>-14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" s="7" t="s">
-[...15 lines deleted...]
-        <v>129.4111</v>
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" s="10">
+        <v>9</v>
+      </c>
+      <c r="C22" s="10">
+        <v>-4.7521</v>
+      </c>
+      <c r="D22" s="10">
+        <v>-5</v>
+      </c>
+      <c r="E22" s="10">
+        <v>-5.4871</v>
+      </c>
+      <c r="F22" s="10">
+        <v>-4</v>
       </c>
     </row>
     <row r="23" spans="1:6">
-      <c r="B23"/>
-[...3 lines deleted...]
-      <c r="F23"/>
+      <c r="A23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23" s="10">
+        <v>9</v>
+      </c>
+      <c r="C23" s="10">
+        <v>-1.0333</v>
+      </c>
+      <c r="D23" s="10">
+        <v>-1</v>
+      </c>
+      <c r="E23" s="10">
+        <v>-1.3</v>
+      </c>
+      <c r="F23" s="10">
+        <v>-1</v>
+      </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B24" s="11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C24" s="11">
-        <v>90.88030000000001</v>
+        <v>-1.2861</v>
       </c>
       <c r="D24" s="11">
-        <v>90.62045000000001</v>
+        <v>-1.2298</v>
       </c>
       <c r="E24" s="11">
-        <v>86.73560000000001</v>
+        <v>-1.7516</v>
       </c>
       <c r="F24" s="11">
-        <v>97.0583</v>
+        <v>-0.9195</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
     </row>
     <row r="26" spans="1:6">
-      <c r="A26" s="6" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26"/>
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26"/>
     </row>
     <row r="27" spans="1:6">
-      <c r="B27"/>
-[...3 lines deleted...]
-      <c r="F27"/>
+      <c r="A27" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="10">
+        <v>9</v>
+      </c>
+      <c r="C27" s="10">
+        <v>-1.9784</v>
+      </c>
+      <c r="D27" s="10">
+        <v>-2</v>
+      </c>
+      <c r="E27" s="10">
+        <v>-2.5</v>
+      </c>
+      <c r="F27" s="10">
+        <v>-1.5</v>
+      </c>
     </row>
     <row r="28" spans="1:6">
-      <c r="A28" s="6" t="s">
-[...15 lines deleted...]
-        <v>21.5384</v>
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" s="10">
+        <v>9</v>
+      </c>
+      <c r="C28" s="10">
+        <v>-5.4692</v>
+      </c>
+      <c r="D28" s="10">
+        <v>-5.5</v>
+      </c>
+      <c r="E28" s="10">
+        <v>-6.2</v>
+      </c>
+      <c r="F28" s="10">
+        <v>-4.9855</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="B29" s="10">
         <v>9</v>
       </c>
-      <c r="C29" s="13">
-[...9 lines deleted...]
-        <v>7</v>
+      <c r="C29" s="10">
+        <v>0.3201</v>
+      </c>
+      <c r="D29" s="10">
+        <v>0</v>
+      </c>
+      <c r="E29" s="10">
+        <v>-0.01</v>
+      </c>
+      <c r="F29" s="10">
+        <v>1.2148</v>
       </c>
     </row>
     <row r="30" spans="1:6">
-      <c r="B30"/>
-[...3 lines deleted...]
-      <c r="F30"/>
+      <c r="A30" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" s="11">
+        <v>9</v>
+      </c>
+      <c r="C30" s="11">
+        <v>-2.6826</v>
+      </c>
+      <c r="D30" s="11">
+        <v>-2.6821</v>
+      </c>
+      <c r="E30" s="11">
+        <v>-3</v>
+      </c>
+      <c r="F30" s="11">
+        <v>-2.4292</v>
+      </c>
     </row>
     <row r="31" spans="1:6">
-      <c r="A31" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="B31"/>
+      <c r="C31"/>
+      <c r="D31"/>
+      <c r="E31"/>
+      <c r="F31"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="B32" s="10">
+        <v>19</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32"/>
+      <c r="D32"/>
+      <c r="E32"/>
+      <c r="F32"/>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
         <v>7</v>
       </c>
-      <c r="C32" s="14">
-[...17 lines deleted...]
-      <c r="F33"/>
+      <c r="B33" s="10">
+        <v>8</v>
+      </c>
+      <c r="C33" s="10">
+        <v>261.0938</v>
+      </c>
+      <c r="D33" s="10">
+        <v>261.3181</v>
+      </c>
+      <c r="E33" s="10">
+        <v>254.1127</v>
+      </c>
+      <c r="F33" s="10">
+        <v>265.1034</v>
+      </c>
     </row>
     <row r="34" spans="1:6">
-      <c r="A34" s="8" t="s">
-[...6 lines deleted...]
-      <c r="F34" s="8"/>
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" s="10">
+        <v>8</v>
+      </c>
+      <c r="C34" s="10">
+        <v>97.4083</v>
+      </c>
+      <c r="D34" s="10">
+        <v>96.10665</v>
+      </c>
+      <c r="E34" s="10">
+        <v>93.63379999999999</v>
+      </c>
+      <c r="F34" s="10">
+        <v>104.8373</v>
+      </c>
     </row>
     <row r="35" spans="1:6">
-      <c r="A35" s="7" t="s">
-[...15 lines deleted...]
-        <v>88.0873</v>
+      <c r="A35" t="s">
+        <v>9</v>
+      </c>
+      <c r="B35" s="10">
+        <v>8</v>
+      </c>
+      <c r="C35" s="10">
+        <v>58.1047</v>
+      </c>
+      <c r="D35" s="10">
+        <v>59.2142</v>
+      </c>
+      <c r="E35" s="10">
+        <v>51.6875</v>
+      </c>
+      <c r="F35" s="10">
+        <v>63.8299</v>
       </c>
     </row>
     <row r="36" spans="1:6">
-      <c r="A36" s="7" t="s">
-[...6 lines deleted...]
-      <c r="F36" s="7"/>
+      <c r="A36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B36" s="11">
+        <v>9</v>
+      </c>
+      <c r="C36" s="11">
+        <v>416.6504</v>
+      </c>
+      <c r="D36" s="11">
+        <v>417</v>
+      </c>
+      <c r="E36" s="11">
+        <v>411.3553</v>
+      </c>
+      <c r="F36" s="11">
+        <v>420.5229</v>
+      </c>
     </row>
     <row r="37" spans="1:6">
-      <c r="A37" s="7" t="s">
-[...15 lines deleted...]
-        <v>-952.1369999999999</v>
+      <c r="B37"/>
+      <c r="C37"/>
+      <c r="D37"/>
+      <c r="E37"/>
+      <c r="F37"/>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>21</v>
+      </c>
+      <c r="B38" s="10">
+        <v>9</v>
+      </c>
+      <c r="C38" s="10">
+        <v>-133.6149</v>
+      </c>
+      <c r="D38" s="10">
+        <v>-132.793</v>
+      </c>
+      <c r="E38" s="10">
+        <v>-137.7466</v>
+      </c>
+      <c r="F38" s="10">
+        <v>-130</v>
       </c>
     </row>
     <row r="39" spans="1:6">
-      <c r="A39" s="15" t="s">
-        <v>28</v>
+      <c r="A39" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B39" s="9">
+        <v>9</v>
+      </c>
+      <c r="C39" s="9">
+        <v>283.0586</v>
+      </c>
+      <c r="D39" s="9">
+        <v>283.7308</v>
+      </c>
+      <c r="E39" s="9">
+        <v>277.4701</v>
+      </c>
+      <c r="F39" s="9">
+        <v>288.9672</v>
       </c>
     </row>
     <row r="40" spans="1:6">
-      <c r="A40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="F41"/>
+        <v>23</v>
+      </c>
+      <c r="B41" s="10">
+        <v>9</v>
+      </c>
+      <c r="C41" s="10">
+        <v>-46.1546</v>
+      </c>
+      <c r="D41" s="10">
+        <v>-46</v>
+      </c>
+      <c r="E41" s="10">
+        <v>-48.64</v>
+      </c>
+      <c r="F41" s="10">
+        <v>-43.098</v>
+      </c>
     </row>
     <row r="42" spans="1:6">
-      <c r="A42" t="s">
-[...6 lines deleted...]
-      <c r="F42"/>
+      <c r="A42" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42" s="9">
+        <v>9</v>
+      </c>
+      <c r="C42" s="9">
+        <v>236.0476</v>
+      </c>
+      <c r="D42" s="9">
+        <v>236.7522</v>
+      </c>
+      <c r="E42" s="9">
+        <v>223.2422</v>
+      </c>
+      <c r="F42" s="9">
+        <v>244.0116</v>
+      </c>
     </row>
     <row r="43" spans="1:6">
-      <c r="A43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
     </row>
     <row r="44" spans="1:6">
-      <c r="A44" t="s">
-[...6 lines deleted...]
-      <c r="F44"/>
+      <c r="A44" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B44" s="11">
+        <v>9</v>
+      </c>
+      <c r="C44" s="11">
+        <v>180.4289</v>
+      </c>
+      <c r="D44" s="11">
+        <v>178.8249</v>
+      </c>
+      <c r="E44" s="11">
+        <v>176.9509</v>
+      </c>
+      <c r="F44" s="11">
+        <v>188.3125</v>
+      </c>
     </row>
     <row r="45" spans="1:6">
-      <c r="A45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
     </row>
     <row r="46" spans="1:6">
-      <c r="A46" t="s">
-[...6 lines deleted...]
-      <c r="F46"/>
+      <c r="A46" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B46" s="11">
+        <v>9</v>
+      </c>
+      <c r="C46" s="12">
+        <v>448.1086</v>
+      </c>
+      <c r="D46" s="12">
+        <v>446.7</v>
+      </c>
+      <c r="E46" s="12">
+        <v>445.6242</v>
+      </c>
+      <c r="F46" s="12">
+        <v>452.9564</v>
+      </c>
     </row>
     <row r="47" spans="1:6">
-      <c r="A47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
     </row>
     <row r="48" spans="1:6">
-      <c r="A48" t="s">
-[...6 lines deleted...]
-      <c r="F48"/>
+      <c r="A48" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B48" s="11">
+        <v>9</v>
+      </c>
+      <c r="C48" s="12">
+        <v>40.2654</v>
+      </c>
+      <c r="D48" s="12">
+        <v>40.1</v>
+      </c>
+      <c r="E48" s="12">
+        <v>39.6129</v>
+      </c>
+      <c r="F48" s="12">
+        <v>41.7239</v>
+      </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-      <c r="F49"/>
+        <v>28</v>
+      </c>
+      <c r="B49" s="10">
+        <v>9</v>
+      </c>
+      <c r="C49" s="13">
+        <v>19.5722</v>
+      </c>
+      <c r="D49" s="13">
+        <v>20</v>
+      </c>
+      <c r="E49" s="13">
+        <v>15.0529</v>
+      </c>
+      <c r="F49" s="13">
+        <v>21</v>
+      </c>
     </row>
     <row r="50" spans="1:6">
-      <c r="A50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-      <c r="F51"/>
+        <v>29</v>
+      </c>
+      <c r="B51" s="10">
+        <v>8</v>
+      </c>
+      <c r="C51" s="14">
+        <v>1.3419</v>
+      </c>
+      <c r="D51" s="14">
+        <v>1.341</v>
+      </c>
+      <c r="E51" s="14">
+        <v>1.3284</v>
+      </c>
+      <c r="F51" s="14">
+        <v>1.352</v>
+      </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-      <c r="F52"/>
+        <v>30</v>
+      </c>
+      <c r="B52" s="10">
+        <v>8</v>
+      </c>
+      <c r="C52" s="14">
+        <v>1.1559</v>
+      </c>
+      <c r="D52" s="14">
+        <v>1.15595</v>
+      </c>
+      <c r="E52" s="14">
+        <v>1.1516</v>
+      </c>
+      <c r="F52" s="14">
+        <v>1.16</v>
+      </c>
     </row>
     <row r="53" spans="1:6">
-      <c r="A53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
-      <c r="A54" t="s">
-[...6 lines deleted...]
-      <c r="F54"/>
+      <c r="A54" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B54" s="8"/>
+      <c r="C54" s="8"/>
+      <c r="D54" s="8"/>
+      <c r="E54" s="8"/>
+      <c r="F54" s="8"/>
     </row>
     <row r="55" spans="1:6">
-      <c r="A55" t="s">
+      <c r="A55" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B55"/>
-[...3 lines deleted...]
-      <c r="F55"/>
+      <c r="B55" s="9">
+        <v>8</v>
+      </c>
+      <c r="C55" s="9">
+        <v>174.5643</v>
+      </c>
+      <c r="D55" s="9">
+        <v>171.7587</v>
+      </c>
+      <c r="E55" s="9">
+        <v>108.9569</v>
+      </c>
+      <c r="F55" s="9">
+        <v>282.4806</v>
+      </c>
     </row>
     <row r="56" spans="1:6">
-      <c r="A56" t="s">
-[...6 lines deleted...]
-      <c r="F56"/>
+      <c r="A56" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B56" s="7"/>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="7"/>
     </row>
     <row r="57" spans="1:6">
-      <c r="A57" t="s">
-[...16 lines deleted...]
-      <c r="F58"/>
+      <c r="A57" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B57" s="9">
+        <v>9</v>
+      </c>
+      <c r="C57" s="9">
+        <v>-911.3268</v>
+      </c>
+      <c r="D57" s="9">
+        <v>-917.3181</v>
+      </c>
+      <c r="E57" s="9">
+        <v>-1051</v>
+      </c>
+      <c r="F57" s="9">
+        <v>-814.448</v>
+      </c>
     </row>
     <row r="59" spans="1:6">
-      <c r="A59" t="s">
-[...6 lines deleted...]
-      <c r="F59"/>
+      <c r="A59" s="15" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60"/>
     </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>63</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+      <c r="D61"/>
+      <c r="E61"/>
+      <c r="F61"/>
+    </row>
     <row r="62" spans="1:6">
-      <c r="A62" s="16" t="s">
+      <c r="A62" t="s">
+        <v>38</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
+      <c r="E62"/>
+      <c r="F62"/>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" t="s">
+        <v>39</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+      <c r="D63"/>
+      <c r="E63"/>
+      <c r="F63"/>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>64</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+      <c r="D64"/>
+      <c r="E64"/>
+      <c r="F64"/>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>65</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+      <c r="D65"/>
+      <c r="E65"/>
+      <c r="F65"/>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" t="s">
+        <v>66</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66"/>
+      <c r="D66"/>
+      <c r="E66"/>
+      <c r="F66"/>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
+        <v>67</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+      <c r="D67"/>
+      <c r="E67"/>
+      <c r="F67"/>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
+        <v>44</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
+      <c r="E68"/>
+      <c r="F68"/>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>39</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
+      <c r="E69"/>
+      <c r="F69"/>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>68</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70"/>
+      <c r="F70"/>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>69</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+      <c r="D71"/>
+      <c r="E71"/>
+      <c r="F71"/>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>70</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
+      <c r="E72"/>
+      <c r="F72"/>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>71</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+      <c r="D73"/>
+      <c r="E73"/>
+      <c r="F73"/>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
         <v>49</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74"/>
+      <c r="D74"/>
+      <c r="E74"/>
+      <c r="F74"/>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>39</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75"/>
+      <c r="D75"/>
+      <c r="E75"/>
+      <c r="F75"/>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>72</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76"/>
+      <c r="D76"/>
+      <c r="E76"/>
+      <c r="F76"/>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>73</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77"/>
+      <c r="D77"/>
+      <c r="E77"/>
+      <c r="F77"/>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>74</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78"/>
+      <c r="D78"/>
+      <c r="E78"/>
+      <c r="F78"/>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>75</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79"/>
+      <c r="D79"/>
+      <c r="E79"/>
+      <c r="F79"/>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>76</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80"/>
+      <c r="D80"/>
+      <c r="E80"/>
+      <c r="F80"/>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" s="16" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A40:F40"/>
-[...18 lines deleted...]
-    <mergeCell ref="A59:F59"/>
     <mergeCell ref="A60:F60"/>
+    <mergeCell ref="A61:F61"/>
+    <mergeCell ref="A62:F62"/>
+    <mergeCell ref="A63:F63"/>
+    <mergeCell ref="A64:F64"/>
+    <mergeCell ref="A65:F65"/>
+    <mergeCell ref="A66:F66"/>
+    <mergeCell ref="A67:F67"/>
+    <mergeCell ref="A68:F68"/>
+    <mergeCell ref="A69:F69"/>
+    <mergeCell ref="A70:F70"/>
+    <mergeCell ref="A71:F71"/>
+    <mergeCell ref="A72:F72"/>
+    <mergeCell ref="A73:F73"/>
+    <mergeCell ref="A74:F74"/>
+    <mergeCell ref="A75:F75"/>
+    <mergeCell ref="A76:F76"/>
+    <mergeCell ref="A77:F77"/>
+    <mergeCell ref="A78:F78"/>
+    <mergeCell ref="A79:F79"/>
+    <mergeCell ref="A80:F80"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="39" man="1"/>
-    <brk id="62" man="1"/>
+    <brk id="59" man="1"/>
+    <brk id="82" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F62"/>
+  <dimension ref="A1:F82"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A62" sqref="A62"/>
+      <selection activeCell="A82" sqref="A82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.696777" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B9" s="10">
         <v>9</v>
       </c>
       <c r="C9" s="10">
-        <v>996.5794</v>
+        <v>996.4727</v>
       </c>
       <c r="D9" s="10">
-        <v>996.9277</v>
+        <v>995.4974999999999</v>
       </c>
       <c r="E9" s="10">
-        <v>967</v>
+        <v>974.9428</v>
       </c>
       <c r="F9" s="10">
-        <v>1011</v>
+        <v>1027.8473</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B10" s="10">
         <v>9</v>
       </c>
       <c r="C10" s="10">
-        <v>630.3635</v>
+        <v>631.0003</v>
       </c>
       <c r="D10" s="10">
-        <v>639</v>
+        <v>635.99</v>
       </c>
       <c r="E10" s="10">
-        <v>603</v>
+        <v>598.9124</v>
       </c>
       <c r="F10" s="10">
-        <v>646.7812</v>
+        <v>653.3899</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B11" s="10">
         <v>9</v>
       </c>
       <c r="C11" s="10">
-        <v>372.0628</v>
+        <v>389.3516</v>
       </c>
       <c r="D11" s="10">
-        <v>372.232</v>
+        <v>390.432</v>
       </c>
       <c r="E11" s="10">
-        <v>352</v>
+        <v>371</v>
       </c>
       <c r="F11" s="10">
-        <v>385</v>
+        <v>404.3729</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C12" s="11">
-        <v>1999.1062</v>
+        <v>2016.8246</v>
       </c>
       <c r="D12" s="11">
-        <v>2000.0073</v>
+        <v>2023.6718</v>
       </c>
       <c r="E12" s="11">
-        <v>1952.9272</v>
+        <v>1954.7946</v>
       </c>
       <c r="F12" s="11">
-        <v>2040</v>
+        <v>2063.0126</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B15" s="10">
         <v>9</v>
       </c>
       <c r="C15" s="10">
-        <v>267.6724</v>
+        <v>1.2763</v>
       </c>
       <c r="D15" s="10">
-        <v>264.1181</v>
+        <v>1.5</v>
       </c>
       <c r="E15" s="10">
-        <v>258.8149</v>
+        <v>-1</v>
       </c>
       <c r="F15" s="10">
-        <v>281</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B16" s="10">
         <v>9</v>
       </c>
       <c r="C16" s="10">
-        <v>101.139</v>
+        <v>1.4435</v>
       </c>
       <c r="D16" s="10">
-        <v>100.8175</v>
+        <v>1.5</v>
       </c>
       <c r="E16" s="10">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="F16" s="10">
-        <v>111.2927</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B17" s="10">
         <v>9</v>
       </c>
       <c r="C17" s="10">
-        <v>49.8493</v>
+        <v>2.8042</v>
       </c>
       <c r="D17" s="10">
-        <v>49.6887</v>
+        <v>3</v>
       </c>
       <c r="E17" s="10">
-        <v>47.3545</v>
+        <v>1</v>
       </c>
       <c r="F17" s="10">
-        <v>53</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="11">
+        <v>9</v>
+      </c>
+      <c r="C18" s="11">
+        <v>1.6169</v>
+      </c>
+      <c r="D18" s="11">
+        <v>1.8222</v>
+      </c>
+      <c r="E18" s="11">
+        <v>0</v>
+      </c>
+      <c r="F18" s="11">
+        <v>2.8745</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="B19"/>
+      <c r="C19"/>
+      <c r="D19"/>
+      <c r="E19"/>
+      <c r="F19"/>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="11">
-[...53 lines deleted...]
-      </c>
+      <c r="B20"/>
+      <c r="C20"/>
+      <c r="D20"/>
+      <c r="E20"/>
+      <c r="F20"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B21" s="10">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C21" s="10">
-        <v>-42.6431</v>
+        <v>-1.8333</v>
       </c>
       <c r="D21" s="10">
-        <v>-43.549</v>
+        <v>-2</v>
       </c>
       <c r="E21" s="10">
-        <v>-51</v>
+        <v>-3</v>
       </c>
       <c r="F21" s="10">
-        <v>-28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" s="7" t="s">
-[...15 lines deleted...]
-        <v>252.1913</v>
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" s="10">
+        <v>9</v>
+      </c>
+      <c r="C22" s="10">
+        <v>-2.5007</v>
+      </c>
+      <c r="D22" s="10">
+        <v>-3</v>
+      </c>
+      <c r="E22" s="10">
+        <v>-4.506</v>
+      </c>
+      <c r="F22" s="10">
+        <v>-1</v>
       </c>
     </row>
     <row r="23" spans="1:6">
-      <c r="B23"/>
-[...3 lines deleted...]
-      <c r="F23"/>
+      <c r="A23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23" s="10">
+        <v>9</v>
+      </c>
+      <c r="C23" s="10">
+        <v>-1.3625</v>
+      </c>
+      <c r="D23" s="10">
+        <v>-1</v>
+      </c>
+      <c r="E23" s="10">
+        <v>-3</v>
+      </c>
+      <c r="F23" s="10">
+        <v>-0.5088</v>
+      </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B24" s="11">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C24" s="11">
-        <v>183.0512</v>
+        <v>-1.9312</v>
       </c>
       <c r="D24" s="11">
-        <v>184.8864</v>
+        <v>-2</v>
       </c>
       <c r="E24" s="11">
-        <v>169.8888</v>
+        <v>-3</v>
       </c>
       <c r="F24" s="11">
-        <v>193</v>
+        <v>-0.4104</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
     </row>
     <row r="26" spans="1:6">
-      <c r="A26" s="6" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26"/>
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26"/>
     </row>
     <row r="27" spans="1:6">
-      <c r="B27"/>
-[...3 lines deleted...]
-      <c r="F27"/>
+      <c r="A27" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="10">
+        <v>9</v>
+      </c>
+      <c r="C27" s="10">
+        <v>-0.4559</v>
+      </c>
+      <c r="D27" s="10">
+        <v>-0.5</v>
+      </c>
+      <c r="E27" s="10">
+        <v>-2</v>
+      </c>
+      <c r="F27" s="10">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:6">
-      <c r="A28" s="6" t="s">
-[...15 lines deleted...]
-        <v>42.8</v>
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" s="10">
+        <v>9</v>
+      </c>
+      <c r="C28" s="10">
+        <v>-1.0639</v>
+      </c>
+      <c r="D28" s="10">
+        <v>-1</v>
+      </c>
+      <c r="E28" s="10">
+        <v>-2.7649</v>
+      </c>
+      <c r="F28" s="10">
+        <v>0.5</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="B29" s="10">
-        <v>11</v>
-[...11 lines deleted...]
-        <v>21</v>
+        <v>9</v>
+      </c>
+      <c r="C29" s="10">
+        <v>1.4274</v>
+      </c>
+      <c r="D29" s="10">
+        <v>1.5</v>
+      </c>
+      <c r="E29" s="10">
+        <v>0</v>
+      </c>
+      <c r="F29" s="10">
+        <v>2.2391</v>
       </c>
     </row>
     <row r="30" spans="1:6">
-      <c r="B30"/>
-[...3 lines deleted...]
-      <c r="F30"/>
+      <c r="A30" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" s="11">
+        <v>9</v>
+      </c>
+      <c r="C30" s="11">
+        <v>-0.2128</v>
+      </c>
+      <c r="D30" s="11">
+        <v>-0.2117</v>
+      </c>
+      <c r="E30" s="11">
+        <v>-1</v>
+      </c>
+      <c r="F30" s="11">
+        <v>0.9528</v>
+      </c>
     </row>
     <row r="31" spans="1:6">
-      <c r="A31" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="B31"/>
+      <c r="C31"/>
+      <c r="D31"/>
+      <c r="E31"/>
+      <c r="F31"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="B32" s="10">
+        <v>19</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32"/>
+      <c r="D32"/>
+      <c r="E32"/>
+      <c r="F32"/>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
         <v>7</v>
       </c>
-      <c r="C32" s="14">
-[...17 lines deleted...]
-      <c r="F33"/>
+      <c r="B33" s="10">
+        <v>8</v>
+      </c>
+      <c r="C33" s="10">
+        <v>266.4954</v>
+      </c>
+      <c r="D33" s="10">
+        <v>262.8191</v>
+      </c>
+      <c r="E33" s="10">
+        <v>259.6542</v>
+      </c>
+      <c r="F33" s="10">
+        <v>279.2824</v>
+      </c>
     </row>
     <row r="34" spans="1:6">
-      <c r="A34" s="8" t="s">
-[...6 lines deleted...]
-      <c r="F34" s="8"/>
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" s="10">
+        <v>8</v>
+      </c>
+      <c r="C34" s="10">
+        <v>99.3536</v>
+      </c>
+      <c r="D34" s="10">
+        <v>96.4216</v>
+      </c>
+      <c r="E34" s="10">
+        <v>93.0514</v>
+      </c>
+      <c r="F34" s="10">
+        <v>108.4627</v>
+      </c>
     </row>
     <row r="35" spans="1:6">
-      <c r="A35" s="7" t="s">
-[...15 lines deleted...]
-        <v>284.8045</v>
+      <c r="A35" t="s">
+        <v>9</v>
+      </c>
+      <c r="B35" s="10">
+        <v>8</v>
+      </c>
+      <c r="C35" s="10">
+        <v>62.2414</v>
+      </c>
+      <c r="D35" s="10">
+        <v>64.5231</v>
+      </c>
+      <c r="E35" s="10">
+        <v>53.9522</v>
+      </c>
+      <c r="F35" s="10">
+        <v>69.6709</v>
       </c>
     </row>
     <row r="36" spans="1:6">
-      <c r="A36" s="7" t="s">
-[...6 lines deleted...]
-      <c r="F36" s="7"/>
+      <c r="A36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B36" s="11">
+        <v>9</v>
+      </c>
+      <c r="C36" s="11">
+        <v>427.747</v>
+      </c>
+      <c r="D36" s="11">
+        <v>425</v>
+      </c>
+      <c r="E36" s="11">
+        <v>410.7992</v>
+      </c>
+      <c r="F36" s="11">
+        <v>448.5123</v>
+      </c>
     </row>
     <row r="37" spans="1:6">
-      <c r="A37" s="7" t="s">
-[...15 lines deleted...]
-        <v>-810.3998</v>
+      <c r="B37"/>
+      <c r="C37"/>
+      <c r="D37"/>
+      <c r="E37"/>
+      <c r="F37"/>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>21</v>
+      </c>
+      <c r="B38" s="10">
+        <v>9</v>
+      </c>
+      <c r="C38" s="10">
+        <v>-135.8069</v>
+      </c>
+      <c r="D38" s="10">
+        <v>-135.3737</v>
+      </c>
+      <c r="E38" s="10">
+        <v>-142.4463</v>
+      </c>
+      <c r="F38" s="10">
+        <v>-131.7758</v>
       </c>
     </row>
     <row r="39" spans="1:6">
-      <c r="A39" s="15" t="s">
-        <v>28</v>
+      <c r="A39" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B39" s="9">
+        <v>9</v>
+      </c>
+      <c r="C39" s="9">
+        <v>291.9635</v>
+      </c>
+      <c r="D39" s="9">
+        <v>292.8543</v>
+      </c>
+      <c r="E39" s="9">
+        <v>273.8315</v>
+      </c>
+      <c r="F39" s="9">
+        <v>313.4578</v>
       </c>
     </row>
     <row r="40" spans="1:6">
-      <c r="A40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="F41"/>
+        <v>23</v>
+      </c>
+      <c r="B41" s="10">
+        <v>9</v>
+      </c>
+      <c r="C41" s="10">
+        <v>-44.2483</v>
+      </c>
+      <c r="D41" s="10">
+        <v>-46</v>
+      </c>
+      <c r="E41" s="10">
+        <v>-47.037</v>
+      </c>
+      <c r="F41" s="10">
+        <v>-39.6497</v>
+      </c>
     </row>
     <row r="42" spans="1:6">
-      <c r="A42" t="s">
-[...6 lines deleted...]
-      <c r="F42"/>
+      <c r="A42" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42" s="9">
+        <v>9</v>
+      </c>
+      <c r="C42" s="9">
+        <v>248.7155</v>
+      </c>
+      <c r="D42" s="9">
+        <v>247</v>
+      </c>
+      <c r="E42" s="9">
+        <v>236.6691</v>
+      </c>
+      <c r="F42" s="9">
+        <v>273.8081</v>
+      </c>
     </row>
     <row r="43" spans="1:6">
-      <c r="A43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
     </row>
     <row r="44" spans="1:6">
-      <c r="A44" t="s">
-[...6 lines deleted...]
-      <c r="F44"/>
+      <c r="A44" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B44" s="11">
+        <v>9</v>
+      </c>
+      <c r="C44" s="11">
+        <v>188.6518</v>
+      </c>
+      <c r="D44" s="11">
+        <v>188.566</v>
+      </c>
+      <c r="E44" s="11">
+        <v>175.1415</v>
+      </c>
+      <c r="F44" s="11">
+        <v>206.7251</v>
+      </c>
     </row>
     <row r="45" spans="1:6">
-      <c r="A45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
     </row>
     <row r="46" spans="1:6">
-      <c r="A46" t="s">
-[...6 lines deleted...]
-      <c r="F46"/>
+      <c r="A46" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B46" s="11">
+        <v>9</v>
+      </c>
+      <c r="C46" s="12">
+        <v>446.1003</v>
+      </c>
+      <c r="D46" s="12">
+        <v>446.7</v>
+      </c>
+      <c r="E46" s="12">
+        <v>427.4925</v>
+      </c>
+      <c r="F46" s="12">
+        <v>452.9564</v>
+      </c>
     </row>
     <row r="47" spans="1:6">
-      <c r="A47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
     </row>
     <row r="48" spans="1:6">
-      <c r="A48" t="s">
-[...6 lines deleted...]
-      <c r="F48"/>
+      <c r="A48" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B48" s="11">
+        <v>9</v>
+      </c>
+      <c r="C48" s="12">
+        <v>42.301</v>
+      </c>
+      <c r="D48" s="12">
+        <v>42.2131</v>
+      </c>
+      <c r="E48" s="12">
+        <v>39.3025</v>
+      </c>
+      <c r="F48" s="12">
+        <v>45.8676</v>
+      </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-      <c r="F49"/>
+        <v>28</v>
+      </c>
+      <c r="B49" s="10">
+        <v>9</v>
+      </c>
+      <c r="C49" s="13">
+        <v>19.9482</v>
+      </c>
+      <c r="D49" s="13">
+        <v>20.3742</v>
+      </c>
+      <c r="E49" s="13">
+        <v>14.9857</v>
+      </c>
+      <c r="F49" s="13">
+        <v>21.2103</v>
+      </c>
     </row>
     <row r="50" spans="1:6">
-      <c r="A50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-      <c r="F51"/>
+        <v>29</v>
+      </c>
+      <c r="B51" s="10">
+        <v>8</v>
+      </c>
+      <c r="C51" s="14">
+        <v>1.3405</v>
+      </c>
+      <c r="D51" s="14">
+        <v>1.343</v>
+      </c>
+      <c r="E51" s="14">
+        <v>1.3146</v>
+      </c>
+      <c r="F51" s="14">
+        <v>1.356</v>
+      </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-      <c r="F52"/>
+        <v>30</v>
+      </c>
+      <c r="B52" s="10">
+        <v>8</v>
+      </c>
+      <c r="C52" s="14">
+        <v>1.1469</v>
+      </c>
+      <c r="D52" s="14">
+        <v>1.14845</v>
+      </c>
+      <c r="E52" s="14">
+        <v>1.1321</v>
+      </c>
+      <c r="F52" s="14">
+        <v>1.1538</v>
+      </c>
     </row>
     <row r="53" spans="1:6">
-      <c r="A53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
-      <c r="A54" t="s">
-[...6 lines deleted...]
-      <c r="F54"/>
+      <c r="A54" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B54" s="8"/>
+      <c r="C54" s="8"/>
+      <c r="D54" s="8"/>
+      <c r="E54" s="8"/>
+      <c r="F54" s="8"/>
     </row>
     <row r="55" spans="1:6">
-      <c r="A55" t="s">
+      <c r="A55" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B55"/>
-[...3 lines deleted...]
-      <c r="F55"/>
+      <c r="B55" s="9">
+        <v>8</v>
+      </c>
+      <c r="C55" s="9">
+        <v>196.9153</v>
+      </c>
+      <c r="D55" s="9">
+        <v>207.7712</v>
+      </c>
+      <c r="E55" s="9">
+        <v>150.9308</v>
+      </c>
+      <c r="F55" s="9">
+        <v>227.5264</v>
+      </c>
     </row>
     <row r="56" spans="1:6">
-      <c r="A56" t="s">
-[...6 lines deleted...]
-      <c r="F56"/>
+      <c r="A56" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B56" s="7"/>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="7"/>
     </row>
     <row r="57" spans="1:6">
-      <c r="A57" t="s">
-[...16 lines deleted...]
-      <c r="F58"/>
+      <c r="A57" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B57" s="9">
+        <v>9</v>
+      </c>
+      <c r="C57" s="9">
+        <v>-830.9195</v>
+      </c>
+      <c r="D57" s="9">
+        <v>-837.819</v>
+      </c>
+      <c r="E57" s="9">
+        <v>-946</v>
+      </c>
+      <c r="F57" s="9">
+        <v>-691.5572</v>
+      </c>
     </row>
     <row r="59" spans="1:6">
-      <c r="A59" t="s">
-[...6 lines deleted...]
-      <c r="F59"/>
+      <c r="A59" s="15" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60"/>
     </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>63</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+      <c r="D61"/>
+      <c r="E61"/>
+      <c r="F61"/>
+    </row>
     <row r="62" spans="1:6">
-      <c r="A62" s="16" t="s">
+      <c r="A62" t="s">
+        <v>38</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
+      <c r="E62"/>
+      <c r="F62"/>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" t="s">
+        <v>39</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+      <c r="D63"/>
+      <c r="E63"/>
+      <c r="F63"/>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>64</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+      <c r="D64"/>
+      <c r="E64"/>
+      <c r="F64"/>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>65</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+      <c r="D65"/>
+      <c r="E65"/>
+      <c r="F65"/>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" t="s">
+        <v>66</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66"/>
+      <c r="D66"/>
+      <c r="E66"/>
+      <c r="F66"/>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
+        <v>67</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+      <c r="D67"/>
+      <c r="E67"/>
+      <c r="F67"/>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
+        <v>44</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
+      <c r="E68"/>
+      <c r="F68"/>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>39</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
+      <c r="E69"/>
+      <c r="F69"/>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>68</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70"/>
+      <c r="F70"/>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>69</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+      <c r="D71"/>
+      <c r="E71"/>
+      <c r="F71"/>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>70</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
+      <c r="E72"/>
+      <c r="F72"/>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>71</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+      <c r="D73"/>
+      <c r="E73"/>
+      <c r="F73"/>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
         <v>49</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74"/>
+      <c r="D74"/>
+      <c r="E74"/>
+      <c r="F74"/>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>39</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75"/>
+      <c r="D75"/>
+      <c r="E75"/>
+      <c r="F75"/>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>72</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76"/>
+      <c r="D76"/>
+      <c r="E76"/>
+      <c r="F76"/>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>73</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77"/>
+      <c r="D77"/>
+      <c r="E77"/>
+      <c r="F77"/>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>74</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78"/>
+      <c r="D78"/>
+      <c r="E78"/>
+      <c r="F78"/>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>75</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79"/>
+      <c r="D79"/>
+      <c r="E79"/>
+      <c r="F79"/>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>76</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80"/>
+      <c r="D80"/>
+      <c r="E80"/>
+      <c r="F80"/>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" s="16" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A40:F40"/>
-[...18 lines deleted...]
-    <mergeCell ref="A59:F59"/>
     <mergeCell ref="A60:F60"/>
+    <mergeCell ref="A61:F61"/>
+    <mergeCell ref="A62:F62"/>
+    <mergeCell ref="A63:F63"/>
+    <mergeCell ref="A64:F64"/>
+    <mergeCell ref="A65:F65"/>
+    <mergeCell ref="A66:F66"/>
+    <mergeCell ref="A67:F67"/>
+    <mergeCell ref="A68:F68"/>
+    <mergeCell ref="A69:F69"/>
+    <mergeCell ref="A70:F70"/>
+    <mergeCell ref="A71:F71"/>
+    <mergeCell ref="A72:F72"/>
+    <mergeCell ref="A73:F73"/>
+    <mergeCell ref="A74:F74"/>
+    <mergeCell ref="A75:F75"/>
+    <mergeCell ref="A76:F76"/>
+    <mergeCell ref="A77:F77"/>
+    <mergeCell ref="A78:F78"/>
+    <mergeCell ref="A79:F79"/>
+    <mergeCell ref="A80:F80"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="39" man="1"/>
-[...839 lines deleted...]
-    <brk id="62" man="1"/>
+    <brk id="59" man="1"/>
+    <brk id="82" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
-      <vt:lpstr>H1 FY26</vt:lpstr>
       <vt:lpstr>FY26</vt:lpstr>
       <vt:lpstr>FY27</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vuma Financial Ltd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Vuma - Excel output</dc:title>
   <dc:description>Vuma - Excel output</dc:description>
   <dc:subject>Vuma - Excel output</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>