--- v0 (2025-10-26)
+++ v1 (2026-02-25)
@@ -1,78 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
     <sheet name="FY25" sheetId="2" r:id="rId5"/>
-    <sheet name="Q3 FY25" sheetId="3" r:id="rId6"/>
-    <sheet name="FY26" sheetId="4" r:id="rId7"/>
+    <sheet name="FY26" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Haleon</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
-    <t>Q3 FY25</t>
-[...1 lines deleted...]
-  <si>
     <t>FY26</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>21/10/25</t>
   </si>
   <si>
     <t>Revenue</t>
   </si>
   <si>
     <t xml:space="preserve">  North America</t>
   </si>
   <si>
     <t xml:space="preserve">  EMEA &amp; LatAm</t>
   </si>
   <si>
     <t xml:space="preserve">  Asia Pacific</t>
   </si>
   <si>
     <t>Organic growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  North America (%)</t>
@@ -110,90 +105,99 @@
   <si>
     <t xml:space="preserve">  Net Interest</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted PBT</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted Tax</t>
   </si>
   <si>
     <t xml:space="preserve">  Tax rate (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted Net Profit</t>
   </si>
   <si>
     <t xml:space="preserve">  EPS</t>
   </si>
   <si>
     <t xml:space="preserve">  DPS</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>The forecasts in this analysis have been gathered for Haleon through Vuma Consensus, an external web-based tool</t>
-[...8 lines deleted...]
-    <t>of the forecasts does not imply that Haleon endorses, confirms or expresses a view on any forecast or on the analysis.</t>
+    <t>The forecasts in this analysis have been gathered for Haleon through Vuma Consensus, an external web-based</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tool independently managed by Vuma Financial Limited, a company separate from Haleon. </t>
+  </si>
+  <si>
+    <t>The analysis is provided purely for convenience of users of our website and for information purposes only.</t>
+  </si>
+  <si>
+    <t>The publication of the forecasts does not imply that Haleon endorses, confirms or expresses a view on any</t>
+  </si>
+  <si>
+    <t>forecast or on the analysis.</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>Consensus is calculated by taking the simple average of the constituent analyst forecasts. The forecasts in this analysis</t>
-[...23 lines deleted...]
-    <t>analysis.</t>
+    <t>Consensus is calculated by taking the simple average of the constituent analyst forecasts. The forecasts in</t>
+  </si>
+  <si>
+    <t>this analysis are from a number of registered investment analysts and these are, as such, information that</t>
+  </si>
+  <si>
+    <t>is available publicly.</t>
+  </si>
+  <si>
+    <t>Vuma Financial Limited has had no access to Haleon’s internal budgets, forecasts or information which is</t>
+  </si>
+  <si>
+    <t>not publicly available. Haleon does not comment on, nor does it verify or endorse, individual forecasts nor</t>
+  </si>
+  <si>
+    <t>does it intend to do so in the future and the analysis is not based on Haleon’s own opinions, estimates or</t>
+  </si>
+  <si>
+    <t>forecasts. Haleon assumes no liability whatsoever in connection with the accuracy, compilation, completeness</t>
+  </si>
+  <si>
+    <t>or publication of consensus estimates.</t>
+  </si>
+  <si>
+    <t>Haleon assumes no obligation to update or revise such information and nothing in this analysis should be</t>
+  </si>
+  <si>
+    <t>taken as a recommendation to buy or sell shares in Haleon, to take or not take any other action or to place</t>
+  </si>
+  <si>
+    <t>any reliance on the analysis.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>AVG</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
     <t>The forecasts in this analysis have been gathered for Haleon through Vuma Consensus, an external web-based tool independently managed by Vuma</t>
   </si>
   <si>
     <t xml:space="preserve">Financial Limited, a company separate from Haleon. </t>
   </si>
@@ -204,63 +208,60 @@
     <t>imply that Haleon endorses, confirms or expresses a view on any forecast or on the analysis.</t>
   </si>
   <si>
     <t>Consensus is calculated by taking the simple average of the constituent analyst forecasts. The forecasts in this analysis are from a number of</t>
   </si>
   <si>
     <t>registered investment analysts and these are, as such, information that is available publicly.</t>
   </si>
   <si>
     <t>Vuma Financial Limited has had no access to Haleon’s internal budgets, forecasts or information which is not publicly available. Haleon does not</t>
   </si>
   <si>
     <t>comment on, nor does it verify or endorse, individual forecasts nor does it intend to do so in the future and the analysis is not based on Haleon’s</t>
   </si>
   <si>
     <t>own opinions, estimates or forecasts. Haleon assumes no liability whatsoever in connection with the accuracy, compilation, completeness or publication</t>
   </si>
   <si>
     <t>of consensus estimates.</t>
   </si>
   <si>
     <t>Haleon assumes no obligation to update or revise such information and nothing in this analysis should be taken as a recommendation to buy or sell</t>
   </si>
   <si>
     <t>shares in Haleon, to take or not take any other action or to place any reliance on the analysis.</t>
-  </si>
-[...1 lines deleted...]
-    <t>n/a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="12">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -308,109 +309,91 @@
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
-[...16 lines deleted...]
-    <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FFAA4020"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <bottom style="medium">
         <color rgb="FFAAAAAA"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="20">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
@@ -435,89 +418,73 @@
     </xf>
     <xf xfId="0" fontId="7" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
-[...15 lines deleted...]
-    <xf xfId="0" fontId="12" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+    <xf xfId="0" fontId="10" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="13" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+    <xf xfId="0" fontId="11" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -773,1475 +740,1405 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:C65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A62" sqref="A62"/>
+      <selection activeCell="A65" sqref="A65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40.561523" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
-    <col min="4" max="4" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
+    <row r="2" spans="1:3">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="2" t="s">
+    </row>
+    <row r="3" spans="1:3">
+      <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B3" s="3" t="s">
+      <c r="C3" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="B4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="3" t="s">
-[...14 lines deleted...]
-    <row r="5" spans="1:4">
+    </row>
+    <row r="5" spans="1:3">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
-      <c r="D5" s="3"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:4">
+    </row>
+    <row r="6" spans="1:3">
       <c r="A6" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
-      <c r="D6" s="5"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:4">
+    </row>
+    <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B7" s="10">
         <v>3828.4001</v>
       </c>
       <c r="C7" s="10">
-        <v>958.1477</v>
-[...1 lines deleted...]
-      <c r="D7" s="10">
         <v>3875.7394</v>
       </c>
     </row>
-    <row r="8" spans="1:4">
+    <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B8" s="10">
         <v>4618.9952</v>
       </c>
       <c r="C8" s="10">
-        <v>1162.3388</v>
-[...1 lines deleted...]
-      <c r="D8" s="10">
         <v>4867.6017</v>
       </c>
     </row>
-    <row r="9" spans="1:4">
+    <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B9" s="10">
         <v>2583.0561</v>
       </c>
       <c r="C9" s="10">
-        <v>660.3553000000001</v>
-[...1 lines deleted...]
-      <c r="D9" s="10">
         <v>2714.8424</v>
       </c>
     </row>
-    <row r="10" spans="1:4">
+    <row r="10" spans="1:3">
       <c r="B10"/>
       <c r="C10"/>
-      <c r="D10"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:4">
+    </row>
+    <row r="11" spans="1:3">
       <c r="A11" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
-      <c r="D11" s="6"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:4">
+    </row>
+    <row r="12" spans="1:3">
       <c r="A12" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
         <v>-0.7749</v>
       </c>
       <c r="C12" s="11">
-        <v>-1.439</v>
-[...1 lines deleted...]
-      <c r="D12" s="11">
         <v>2.423</v>
       </c>
     </row>
-    <row r="13" spans="1:4">
+    <row r="13" spans="1:3">
       <c r="A13" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B13" s="11">
         <v>5.3315</v>
       </c>
       <c r="C13" s="11">
-        <v>5.856</v>
-[...1 lines deleted...]
-      <c r="D13" s="11">
         <v>4.9036</v>
       </c>
     </row>
-    <row r="14" spans="1:4">
+    <row r="14" spans="1:3">
       <c r="A14" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B14" s="11">
         <v>5.5264</v>
       </c>
       <c r="C14" s="11">
-        <v>6.0616</v>
-[...1 lines deleted...]
-      <c r="D14" s="11">
         <v>6.2815</v>
       </c>
     </row>
-    <row r="15" spans="1:4">
+    <row r="15" spans="1:3">
       <c r="B15"/>
       <c r="C15"/>
-      <c r="D15"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:4">
+    </row>
+    <row r="16" spans="1:3">
       <c r="A16" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>11030.3004</v>
       </c>
       <c r="C16" s="12">
-        <v>2781.0826</v>
-[...1 lines deleted...]
-      <c r="D16" s="12">
         <v>11458.1504</v>
       </c>
     </row>
-    <row r="17" spans="1:4">
+    <row r="17" spans="1:3">
       <c r="A17" s="9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B17" s="13">
         <v>3.3768</v>
       </c>
       <c r="C17" s="13">
-        <v>3.274</v>
-[...1 lines deleted...]
-      <c r="D17" s="13">
         <v>4.562</v>
       </c>
     </row>
-    <row r="18" spans="1:4">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18" s="16">
         <v>2.3322</v>
       </c>
       <c r="C18" s="16">
-        <v>2.2129</v>
-[...1 lines deleted...]
-      <c r="D18" s="16">
         <v>2.1285</v>
       </c>
     </row>
-    <row r="19" spans="1:4">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B19" s="16">
         <v>1.0453</v>
       </c>
       <c r="C19" s="16">
-        <v>1.0675</v>
-[...1 lines deleted...]
-      <c r="D19" s="16">
         <v>2.428</v>
       </c>
     </row>
-    <row r="20" spans="1:4">
+    <row r="20" spans="1:3">
       <c r="B20"/>
       <c r="C20"/>
-      <c r="D20"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:4">
+    </row>
+    <row r="21" spans="1:3">
       <c r="A21" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
-      <c r="D21" s="5"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:4">
+    </row>
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B22" s="10">
         <v>942.39</v>
       </c>
-      <c r="C22" s="17"/>
-      <c r="D22" s="10">
+      <c r="C22" s="10">
         <v>971.3256</v>
       </c>
     </row>
-    <row r="23" spans="1:4">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B23" s="10">
         <v>1055.6682</v>
       </c>
-      <c r="C23" s="17"/>
-      <c r="D23" s="10">
+      <c r="C23" s="10">
         <v>1142.8549</v>
       </c>
     </row>
-    <row r="24" spans="1:4">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B24" s="10">
         <v>553.0049</v>
       </c>
-      <c r="C24" s="17"/>
-      <c r="D24" s="10">
+      <c r="C24" s="10">
         <v>595.9539</v>
       </c>
     </row>
-    <row r="25" spans="1:4">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B25" s="10">
         <v>-87.262</v>
       </c>
-      <c r="C25" s="17"/>
-      <c r="D25" s="10">
+      <c r="C25" s="10">
         <v>-92.00839999999999</v>
       </c>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:3">
       <c r="B26"/>
       <c r="C26"/>
-      <c r="D26"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:4">
+    </row>
+    <row r="27" spans="1:3">
       <c r="A27" s="8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B27" s="12">
         <v>2462.0806</v>
       </c>
       <c r="C27" s="12">
-        <v>649.1854</v>
-[...1 lines deleted...]
-      <c r="D27" s="12">
         <v>2618.2767</v>
       </c>
     </row>
-    <row r="28" spans="1:4">
+    <row r="28" spans="1:3">
       <c r="A28" s="9" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B28" s="13">
         <v>22.3212</v>
       </c>
       <c r="C28" s="13">
-        <v>22.9874</v>
-[...1 lines deleted...]
-      <c r="D28" s="13">
         <v>22.8507</v>
       </c>
     </row>
-    <row r="29" spans="1:4">
+    <row r="29" spans="1:3">
       <c r="B29"/>
       <c r="C29"/>
-      <c r="D29"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:4">
+    </row>
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="10">
         <v>-268.9566</v>
       </c>
-      <c r="C30" s="17"/>
-      <c r="D30" s="10">
+      <c r="C30" s="10">
         <v>-252.904</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
+    <row r="31" spans="1:3">
       <c r="B31"/>
       <c r="C31"/>
-      <c r="D31"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:4">
+    </row>
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B32" s="10">
         <v>2193.124</v>
       </c>
       <c r="C32" s="10">
-        <v>649.1854</v>
-[...1 lines deleted...]
-      <c r="D32" s="10">
         <v>2365.3728</v>
       </c>
     </row>
-    <row r="33" spans="1:4">
+    <row r="33" spans="1:3">
       <c r="B33"/>
       <c r="C33"/>
-      <c r="D33"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:4">
+    </row>
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B34" s="10">
         <v>-526.5175</v>
       </c>
-      <c r="C34" s="17"/>
-      <c r="D34" s="10">
+      <c r="C34" s="10">
         <v>-567.9893</v>
       </c>
     </row>
-    <row r="35" spans="1:4">
+    <row r="35" spans="1:3">
       <c r="A35" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B35" s="14">
         <v>-24.0075</v>
       </c>
-      <c r="C35" s="18"/>
-      <c r="D35" s="14">
+      <c r="C35" s="14">
         <v>-24.0124</v>
       </c>
     </row>
-    <row r="36" spans="1:4">
+    <row r="36" spans="1:3">
       <c r="B36"/>
       <c r="C36"/>
-      <c r="D36"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:4">
+    </row>
+    <row r="37" spans="1:3">
       <c r="A37" s="8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B37" s="12">
         <v>1652.3264</v>
       </c>
-      <c r="C37" s="19"/>
-      <c r="D37" s="12">
+      <c r="C37" s="12">
         <v>1785.377</v>
       </c>
     </row>
-    <row r="38" spans="1:4">
+    <row r="38" spans="1:3">
       <c r="B38"/>
       <c r="C38"/>
-      <c r="D38"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:4">
+    </row>
+    <row r="39" spans="1:3">
       <c r="A39" s="8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B39" s="15">
         <v>18.3117</v>
       </c>
-      <c r="C39" s="20"/>
-      <c r="D39" s="15">
+      <c r="C39" s="15">
         <v>20.0656</v>
       </c>
     </row>
-    <row r="40" spans="1:4">
+    <row r="40" spans="1:3">
       <c r="B40"/>
       <c r="C40"/>
-      <c r="D40"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:4">
+    </row>
+    <row r="41" spans="1:3">
       <c r="A41" s="8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B41" s="12">
         <v>6.9725</v>
       </c>
-      <c r="C41" s="19"/>
-      <c r="D41" s="12">
+      <c r="C41" s="12">
         <v>7.8125</v>
       </c>
     </row>
-    <row r="43" spans="1:4">
-      <c r="A43" s="21" t="s">
+    <row r="43" spans="1:3">
+      <c r="A43" s="17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" t="s">
         <v>29</v>
-      </c>
-[...3 lines deleted...]
-        <v>30</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
-      <c r="D44"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:4">
+    </row>
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
-      <c r="D45"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:4">
+    </row>
+    <row r="46" spans="1:3">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
-      <c r="D46"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:4">
+    </row>
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
-      <c r="D47"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:4">
+    </row>
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
-      <c r="D48"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:4">
+    </row>
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
-      <c r="D49"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:4">
+    </row>
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
-      <c r="D50"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:4">
+    </row>
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
-      <c r="D51"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:4">
+    </row>
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
-      <c r="D52"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:4">
+    </row>
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>37</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
-      <c r="D53"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:4">
+    </row>
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
-      <c r="D54"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:4">
+    </row>
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
-      <c r="D55"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:4">
+    </row>
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
-      <c r="D56"/>
-[...2 lines deleted...]
-      <c r="A57"/>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" t="s">
+        <v>40</v>
+      </c>
       <c r="B57"/>
       <c r="C57"/>
-      <c r="D57"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:4">
+    </row>
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>41</v>
       </c>
       <c r="B58"/>
       <c r="C58"/>
-      <c r="D58"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:4">
+    </row>
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>42</v>
       </c>
       <c r="B59"/>
       <c r="C59"/>
-      <c r="D59"/>
-[...4 lines deleted...]
-      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60"/>
       <c r="B60"/>
       <c r="C60"/>
-      <c r="D60"/>
-[...2 lines deleted...]
-      <c r="A62" s="22" t="s">
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" t="s">
+        <v>43</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
         <v>44</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>45</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="18" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A44:D44"/>
-[...15 lines deleted...]
-    <mergeCell ref="A60:D60"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="A46:C46"/>
+    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="A48:C48"/>
+    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A51:C51"/>
+    <mergeCell ref="A52:C52"/>
+    <mergeCell ref="A53:C53"/>
+    <mergeCell ref="A54:C54"/>
+    <mergeCell ref="A55:C55"/>
+    <mergeCell ref="A56:C56"/>
+    <mergeCell ref="A57:C57"/>
+    <mergeCell ref="A58:C58"/>
+    <mergeCell ref="A59:C59"/>
+    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="A61:C61"/>
+    <mergeCell ref="A62:C62"/>
+    <mergeCell ref="A63:C63"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="43" man="1"/>
-    <brk id="62" man="1"/>
+    <brk id="65" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F61"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A61" sqref="A61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40.561523" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B7" s="10">
         <v>12</v>
       </c>
       <c r="C7" s="10">
         <v>3828.4001</v>
       </c>
       <c r="D7" s="10">
         <v>3828.400075</v>
       </c>
       <c r="E7" s="10">
         <v>3770.9603</v>
       </c>
       <c r="F7" s="10">
         <v>3935.1975</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B8" s="10">
         <v>12</v>
       </c>
       <c r="C8" s="10">
         <v>4618.9952</v>
       </c>
       <c r="D8" s="10">
         <v>4618.99525</v>
       </c>
       <c r="E8" s="10">
         <v>4457.5575</v>
       </c>
       <c r="F8" s="10">
         <v>4688.1173</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B9" s="10">
         <v>12</v>
       </c>
       <c r="C9" s="10">
         <v>2583.0561</v>
       </c>
       <c r="D9" s="10">
         <v>2583.05614167</v>
       </c>
       <c r="E9" s="10">
         <v>2557.0078</v>
       </c>
       <c r="F9" s="10">
         <v>2639.26</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B12" s="14">
         <v>12</v>
       </c>
       <c r="C12" s="11">
         <v>-0.7749</v>
       </c>
       <c r="D12" s="11">
         <v>-0.77493333</v>
       </c>
       <c r="E12" s="11">
         <v>-1.5</v>
       </c>
       <c r="F12" s="11">
         <v>-0.2382</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B13" s="14">
         <v>12</v>
       </c>
       <c r="C13" s="11">
         <v>5.3315</v>
       </c>
       <c r="D13" s="11">
         <v>5.33148333</v>
       </c>
       <c r="E13" s="11">
         <v>1.5</v>
       </c>
       <c r="F13" s="11">
         <v>6.4186</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B14" s="14">
         <v>12</v>
       </c>
       <c r="C14" s="11">
         <v>5.5264</v>
       </c>
       <c r="D14" s="11">
         <v>5.526375</v>
       </c>
       <c r="E14" s="11">
         <v>3.2</v>
       </c>
       <c r="F14" s="11">
         <v>6.1777</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>12</v>
       </c>
       <c r="C16" s="12">
         <v>11030.3004</v>
       </c>
       <c r="D16" s="12">
         <v>11030.30035</v>
       </c>
       <c r="E16" s="12">
         <v>10921.4169</v>
       </c>
       <c r="F16" s="12">
         <v>11136.2004</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B17" s="23">
+        <v>14</v>
+      </c>
+      <c r="B17" s="19">
         <v>12</v>
       </c>
       <c r="C17" s="13">
         <v>3.3768</v>
       </c>
       <c r="D17" s="13">
         <v>3.376825</v>
       </c>
       <c r="E17" s="13">
         <v>3.1944</v>
       </c>
       <c r="F17" s="13">
         <v>3.4994</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18" s="10">
         <v>12</v>
       </c>
       <c r="C18" s="16">
         <v>2.3322</v>
       </c>
       <c r="D18" s="16">
         <v>2.33221667</v>
       </c>
       <c r="E18" s="16">
         <v>1.0166</v>
       </c>
       <c r="F18" s="16">
         <v>2.9025</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B19" s="10">
         <v>12</v>
       </c>
       <c r="C19" s="16">
         <v>1.0453</v>
       </c>
       <c r="D19" s="16">
         <v>1.04525833</v>
       </c>
       <c r="E19" s="16">
         <v>0.372</v>
       </c>
       <c r="F19" s="16">
         <v>2.4403</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B22" s="10">
         <v>12</v>
       </c>
       <c r="C22" s="10">
         <v>942.39</v>
       </c>
       <c r="D22" s="10">
         <v>942.39004167</v>
       </c>
       <c r="E22" s="10">
         <v>920.5381</v>
       </c>
       <c r="F22" s="10">
         <v>961.7712</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B23" s="10">
         <v>12</v>
       </c>
       <c r="C23" s="10">
         <v>1055.6682</v>
       </c>
       <c r="D23" s="10">
         <v>1055.66824167</v>
       </c>
       <c r="E23" s="10">
         <v>1019.0305</v>
       </c>
       <c r="F23" s="10">
         <v>1068.7731</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B24" s="10">
         <v>12</v>
       </c>
       <c r="C24" s="10">
         <v>553.0049</v>
       </c>
       <c r="D24" s="10">
         <v>553.00486667</v>
       </c>
       <c r="E24" s="10">
         <v>544</v>
       </c>
       <c r="F24" s="10">
         <v>560.9665</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B25" s="10">
         <v>12</v>
       </c>
       <c r="C25" s="10">
         <v>-87.262</v>
       </c>
       <c r="D25" s="10">
         <v>-87.26198333000001</v>
       </c>
       <c r="E25" s="10">
         <v>-96.9293</v>
       </c>
       <c r="F25" s="10">
         <v>-71.11</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="B26"/>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B27" s="12">
         <v>12</v>
       </c>
       <c r="C27" s="12">
         <v>2462.0806</v>
       </c>
       <c r="D27" s="12">
         <v>2462.080575</v>
       </c>
       <c r="E27" s="12">
         <v>2440.5383</v>
       </c>
       <c r="F27" s="12">
         <v>2482.2206</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="9" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="B28" s="23">
+        <v>20</v>
+      </c>
+      <c r="B28" s="19">
         <v>12</v>
       </c>
       <c r="C28" s="13">
         <v>22.3212</v>
       </c>
       <c r="D28" s="13">
         <v>22.32124167</v>
       </c>
       <c r="E28" s="13">
         <v>22.0744</v>
       </c>
       <c r="F28" s="13">
         <v>22.4845</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="B29"/>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="10">
         <v>12</v>
       </c>
       <c r="C30" s="10">
         <v>-268.9566</v>
       </c>
       <c r="D30" s="10">
         <v>-268.95656667</v>
       </c>
       <c r="E30" s="10">
         <v>-273.1443</v>
       </c>
       <c r="F30" s="10">
         <v>-263.3069</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B32" s="10">
         <v>12</v>
       </c>
       <c r="C32" s="10">
         <v>2193.124</v>
       </c>
       <c r="D32" s="10">
         <v>2193.12400833</v>
       </c>
       <c r="E32" s="10">
         <v>2170.535</v>
       </c>
       <c r="F32" s="10">
         <v>2210.8386</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B34" s="10">
         <v>12</v>
       </c>
       <c r="C34" s="10">
         <v>-526.5175</v>
       </c>
       <c r="D34" s="10">
         <v>-526.5175083300001</v>
       </c>
       <c r="E34" s="10">
         <v>-534.7387</v>
       </c>
       <c r="F34" s="10">
         <v>-520.4149</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B35" s="14">
         <v>12</v>
       </c>
       <c r="C35" s="14">
         <v>-24.0075</v>
       </c>
       <c r="D35" s="14">
         <v>-24.007475</v>
       </c>
       <c r="E35" s="14">
         <v>-24.2101</v>
       </c>
       <c r="F35" s="14">
         <v>-23.9645</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B37" s="12">
         <v>12</v>
       </c>
       <c r="C37" s="12">
         <v>1652.3264</v>
       </c>
       <c r="D37" s="12">
         <v>1652.326425</v>
       </c>
       <c r="E37" s="12">
         <v>1635.1201</v>
       </c>
       <c r="F37" s="12">
         <v>1665.2373</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B39" s="12">
         <v>12</v>
       </c>
       <c r="C39" s="15">
         <v>18.3117</v>
       </c>
       <c r="D39" s="15">
         <v>18.311725</v>
       </c>
       <c r="E39" s="15">
         <v>18.1302</v>
       </c>
       <c r="F39" s="15">
         <v>18.4591</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B41" s="12">
         <v>12</v>
       </c>
       <c r="C41" s="12">
         <v>6.9725</v>
       </c>
       <c r="D41" s="12">
         <v>6.97254167</v>
       </c>
       <c r="E41" s="12">
         <v>6.3456</v>
       </c>
       <c r="F41" s="12">
         <v>7.32</v>
       </c>
     </row>
     <row r="43" spans="1:6">
-      <c r="A43" s="21" t="s">
-        <v>29</v>
+      <c r="A43" s="17" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>34</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>34</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57"/>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B58"/>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="61" spans="1:6">
-      <c r="A61" s="22" t="s">
-        <v>44</v>
+      <c r="A61" s="18" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A44:F44"/>
     <mergeCell ref="A45:F45"/>
     <mergeCell ref="A46:F46"/>
     <mergeCell ref="A47:F47"/>
     <mergeCell ref="A48:F48"/>
     <mergeCell ref="A49:F49"/>
     <mergeCell ref="A50:F50"/>
     <mergeCell ref="A51:F51"/>
     <mergeCell ref="A52:F52"/>
     <mergeCell ref="A53:F53"/>
     <mergeCell ref="A54:F54"/>
     <mergeCell ref="A55:F55"/>
     <mergeCell ref="A56:F56"/>
     <mergeCell ref="A57:F57"/>
     <mergeCell ref="A58:F58"/>
     <mergeCell ref="A59:F59"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
@@ -2282,1648 +2179,807 @@
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B7" s="10">
         <v>12</v>
       </c>
       <c r="C7" s="10">
-        <v>958.1477</v>
+        <v>3875.7394</v>
       </c>
       <c r="D7" s="10">
-        <v>958.14770833</v>
+        <v>3875.73935</v>
       </c>
       <c r="E7" s="10">
-        <v>924.582</v>
+        <v>3780</v>
       </c>
       <c r="F7" s="10">
-        <v>1013.0851</v>
+        <v>4019.4576</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B8" s="10">
         <v>12</v>
       </c>
       <c r="C8" s="10">
-        <v>1162.3388</v>
+        <v>4867.6017</v>
       </c>
       <c r="D8" s="10">
-        <v>1162.33880833</v>
+        <v>4867.60174167</v>
       </c>
       <c r="E8" s="10">
-        <v>1118.4648</v>
+        <v>4612.6584</v>
       </c>
       <c r="F8" s="10">
-        <v>1194.33</v>
+        <v>5016.4966</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B9" s="10">
         <v>12</v>
       </c>
       <c r="C9" s="10">
-        <v>660.3553000000001</v>
+        <v>2714.8424</v>
       </c>
       <c r="D9" s="10">
-        <v>660.35530833</v>
+        <v>2714.84243333</v>
       </c>
       <c r="E9" s="10">
-        <v>641.5575</v>
+        <v>2648.0451</v>
       </c>
       <c r="F9" s="10">
-        <v>685.8200000000001</v>
+        <v>2791.2656</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B12" s="14">
         <v>12</v>
       </c>
       <c r="C12" s="11">
-        <v>-1.439</v>
+        <v>2.423</v>
       </c>
       <c r="D12" s="11">
-        <v>-1.43899167</v>
+        <v>2.42304167</v>
       </c>
       <c r="E12" s="11">
-        <v>-2</v>
+        <v>1.1294</v>
       </c>
       <c r="F12" s="11">
-        <v>-1</v>
+        <v>4.02</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B13" s="14">
         <v>12</v>
       </c>
       <c r="C13" s="11">
-        <v>5.856</v>
+        <v>4.9036</v>
       </c>
       <c r="D13" s="11">
-        <v>5.856025</v>
+        <v>4.90359167</v>
       </c>
       <c r="E13" s="11">
-        <v>5.3</v>
+        <v>2</v>
       </c>
       <c r="F13" s="11">
-        <v>7.2943</v>
+        <v>6.1998</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B14" s="14">
         <v>12</v>
       </c>
       <c r="C14" s="11">
-        <v>6.0616</v>
+        <v>6.2815</v>
       </c>
       <c r="D14" s="11">
-        <v>6.06155833</v>
+        <v>6.28149167</v>
       </c>
       <c r="E14" s="11">
-        <v>5.1462</v>
+        <v>3.3</v>
       </c>
       <c r="F14" s="11">
-        <v>6.8</v>
+        <v>8.610900000000001</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>12</v>
       </c>
       <c r="C16" s="12">
-        <v>2781.0826</v>
+        <v>11458.1504</v>
       </c>
       <c r="D16" s="12">
-        <v>2781.08256667</v>
+        <v>11458.15035833</v>
       </c>
       <c r="E16" s="12">
-        <v>2726.2898</v>
+        <v>11101.1501</v>
       </c>
       <c r="F16" s="12">
-        <v>2824.087</v>
+        <v>11622.5038</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B17" s="23">
+        <v>14</v>
+      </c>
+      <c r="B17" s="19">
         <v>12</v>
       </c>
       <c r="C17" s="13">
-        <v>3.274</v>
+        <v>4.562</v>
       </c>
       <c r="D17" s="13">
-        <v>3.27398333</v>
+        <v>4.562025</v>
       </c>
       <c r="E17" s="13">
-        <v>3.0242</v>
+        <v>3.6</v>
       </c>
       <c r="F17" s="13">
-        <v>3.6688</v>
+        <v>5.3692</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18" s="10">
         <v>12</v>
       </c>
       <c r="C18" s="16">
-        <v>2.2129</v>
+        <v>2.1285</v>
       </c>
       <c r="D18" s="16">
-        <v>2.2129</v>
+        <v>2.12853333</v>
       </c>
       <c r="E18" s="16">
-        <v>1.0211</v>
+        <v>1.5542</v>
       </c>
       <c r="F18" s="16">
-        <v>3.1379</v>
+        <v>2.7729</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B19" s="10">
         <v>12</v>
       </c>
       <c r="C19" s="16">
-        <v>1.0675</v>
+        <v>2.428</v>
       </c>
       <c r="D19" s="16">
-        <v>1.0675</v>
+        <v>2.42795</v>
       </c>
       <c r="E19" s="16">
-        <v>0.0559</v>
+        <v>1.6</v>
       </c>
       <c r="F19" s="16">
-        <v>2.3786</v>
+        <v>3.3379</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="B20"/>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B22" s="10">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="C22" s="10">
+        <v>971.3256</v>
+      </c>
+      <c r="D22" s="10">
+        <v>971.32565</v>
+      </c>
+      <c r="E22" s="10">
+        <v>920.9159</v>
+      </c>
+      <c r="F22" s="10">
+        <v>997.7971</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B23" s="10">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="C23" s="10">
+        <v>1142.8549</v>
+      </c>
+      <c r="D23" s="10">
+        <v>1142.85488333</v>
+      </c>
+      <c r="E23" s="10">
+        <v>1091.3394</v>
+      </c>
+      <c r="F23" s="10">
+        <v>1233.7648</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B24" s="10">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="C24" s="10">
+        <v>595.9539</v>
+      </c>
+      <c r="D24" s="10">
+        <v>595.9539</v>
+      </c>
+      <c r="E24" s="10">
+        <v>567.6142</v>
+      </c>
+      <c r="F24" s="10">
+        <v>621.5006</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B25" s="10">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="C25" s="10">
+        <v>-92.00839999999999</v>
+      </c>
+      <c r="D25" s="10">
+        <v>-92.00843333</v>
+      </c>
+      <c r="E25" s="10">
+        <v>-110</v>
+      </c>
+      <c r="F25" s="10">
+        <v>-72.4239</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="B26"/>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B27" s="12">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="C27" s="12">
-        <v>649.1854</v>
+        <v>2618.2767</v>
       </c>
       <c r="D27" s="12">
-        <v>649.1854</v>
+        <v>2618.27674167</v>
       </c>
       <c r="E27" s="12">
-        <v>649.1854</v>
+        <v>2538.793</v>
       </c>
       <c r="F27" s="12">
-        <v>649.1854</v>
+        <v>2663.9263</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="9" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>20</v>
+      </c>
+      <c r="B28" s="19">
+        <v>12</v>
       </c>
       <c r="C28" s="13">
-        <v>22.9874</v>
+        <v>22.8507</v>
       </c>
       <c r="D28" s="13">
-        <v>22.9874</v>
+        <v>22.85068333</v>
       </c>
       <c r="E28" s="13">
-        <v>22.9874</v>
+        <v>22.5939</v>
       </c>
       <c r="F28" s="13">
-        <v>22.9874</v>
+        <v>23.119</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="B29"/>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29"/>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="10">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="C30" s="10">
+        <v>-252.904</v>
+      </c>
+      <c r="D30" s="10">
+        <v>-252.90399167</v>
+      </c>
+      <c r="E30" s="10">
+        <v>-280</v>
+      </c>
+      <c r="F30" s="10">
+        <v>-219.3307</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B32" s="10">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="C32" s="10">
-        <v>649.1854</v>
+        <v>2365.3728</v>
       </c>
       <c r="D32" s="10">
-        <v>649.1854</v>
+        <v>2365.37275</v>
       </c>
       <c r="E32" s="10">
-        <v>649.1854</v>
+        <v>2293.3486</v>
       </c>
       <c r="F32" s="10">
-        <v>649.1854</v>
+        <v>2410.5274</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B34" s="10">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="C34" s="10">
+        <v>-567.9893</v>
+      </c>
+      <c r="D34" s="10">
+        <v>-567.989325</v>
+      </c>
+      <c r="E34" s="10">
+        <v>-578.5266</v>
+      </c>
+      <c r="F34" s="10">
+        <v>-549.8611</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B35" s="14">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="C35" s="14">
+        <v>-24.0124</v>
+      </c>
+      <c r="D35" s="14">
+        <v>-24.01244167</v>
+      </c>
+      <c r="E35" s="14">
+        <v>-24.2098</v>
+      </c>
+      <c r="F35" s="14">
+        <v>-23.9763</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B37" s="12">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="C37" s="12">
+        <v>1785.377</v>
+      </c>
+      <c r="D37" s="12">
+        <v>1785.37700833</v>
+      </c>
+      <c r="E37" s="12">
+        <v>1732.4875</v>
+      </c>
+      <c r="F37" s="12">
+        <v>1816.5508</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B39" s="12">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>62</v>
+        <v>12</v>
+      </c>
+      <c r="C39" s="15">
+        <v>20.0656</v>
+      </c>
+      <c r="D39" s="15">
+        <v>20.06555833</v>
+      </c>
+      <c r="E39" s="15">
+        <v>19.6016</v>
+      </c>
+      <c r="F39" s="15">
+        <v>20.6616</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B41" s="12">
+        <v>12</v>
+      </c>
+      <c r="C41" s="12">
+        <v>7.8125</v>
+      </c>
+      <c r="D41" s="12">
+        <v>7.812475</v>
+      </c>
+      <c r="E41" s="12">
+        <v>7.0528</v>
+      </c>
+      <c r="F41" s="12">
+        <v>8.890000000000001</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="17" t="s">
         <v>28</v>
-      </c>
-[...18 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
         <v>34</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
         <v>34</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57"/>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B58"/>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="61" spans="1:6">
-      <c r="A61" s="22" t="s">
-[...90 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="A61" s="18" t="s">
         <v>46</v>
-      </c>
-[...748 lines deleted...]
-        <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A44:F44"/>
     <mergeCell ref="A45:F45"/>
     <mergeCell ref="A46:F46"/>
     <mergeCell ref="A47:F47"/>
     <mergeCell ref="A48:F48"/>
     <mergeCell ref="A49:F49"/>
     <mergeCell ref="A50:F50"/>
     <mergeCell ref="A51:F51"/>
     <mergeCell ref="A52:F52"/>
     <mergeCell ref="A53:F53"/>
     <mergeCell ref="A54:F54"/>
     <mergeCell ref="A55:F55"/>
     <mergeCell ref="A56:F56"/>
     <mergeCell ref="A57:F57"/>
     <mergeCell ref="A58:F58"/>
     <mergeCell ref="A59:F59"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
@@ -3931,59 +2987,58 @@
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="43" man="1"/>
     <brk id="61" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
       <vt:lpstr>FY25</vt:lpstr>
-      <vt:lpstr>Q3 FY25</vt:lpstr>
       <vt:lpstr>FY26</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vuma Financial Ltd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Vuma - Excel output</dc:title>
   <dc:description>Vuma - Excel output</dc:description>
   <dc:subject>Vuma - Excel output</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>