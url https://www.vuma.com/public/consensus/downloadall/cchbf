--- v0 (2025-10-15)
+++ v1 (2026-01-20)
@@ -1,87 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
     <sheet name="FY25" sheetId="2" r:id="rId5"/>
     <sheet name="H2 FY25" sheetId="3" r:id="rId6"/>
-    <sheet name="Q3 FY25" sheetId="4" r:id="rId7"/>
-[...3 lines deleted...]
-    <sheet name="FY29" sheetId="8" r:id="rId11"/>
+    <sheet name="FY26" sheetId="4" r:id="rId7"/>
+    <sheet name="FY27" sheetId="5" r:id="rId8"/>
+    <sheet name="FY28" sheetId="6" r:id="rId9"/>
+    <sheet name="FY29" sheetId="7" r:id="rId10"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Coca-Cola HBC AG</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
     <t>H2 FY25</t>
-  </si>
-[...1 lines deleted...]
-    <t>Q3 FY25</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>FY28</t>
   </si>
   <si>
     <t>FY29</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>13/10/25</t>
   </si>
   <si>
     <t>Organic Growth rates (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Volume (%)</t>
   </si>
@@ -193,84 +188,90 @@
   <si>
     <t xml:space="preserve">  Free Cashflow (€m)</t>
   </si>
   <si>
     <t>Ratios (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Comparable Gross Profit Margin (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Comparable Opex/Sales (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Comparable EBIT Margin (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Comparable Effective Tax Rate (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Capital Expenditure/Sales (%)</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>Coca-Cola Hellenic Bottling Company AG (the “Company”) is not authorised or regulated by the UK Financial Conduct Authority and may not provide investment advice. The</t>
+    <t>Coca-Cola Hellenic Bottling Company AG (the “Company”) is not authorised or regulated by the UK Financial Conduct Authority and may not provide investment</t>
   </si>
   <si>
-    <t>consensus data should not be construed as an invitation, inducement or recommendation to buy or sell shares in the Company or to engage in any other form of investment activity.</t>
+    <t>advice. The consensus data should not be construed as an invitation, inducement or recommendation to buy or sell shares in the Company or to engage in any other</t>
   </si>
   <si>
-    <t>In addition, the consensus data is not intended to constitute a financial promotion within the meaning of section 21 of the Financial Services and Markets Act 2000.</t>
+    <t>form of investment activity. In addition, the consensus data is not intended to constitute a financial promotion within the meaning of section 21 of the Financial</t>
   </si>
   <si>
-    <t>The consensus data are based on submissions from registered investment analysts as to the Company’s expected future performance. It is therefore speculative and forward-looking</t>
+    <t>Services and Markets Act 2000.</t>
   </si>
   <si>
-    <t>and subject to a number of uncertainties that may impact the Company’s actual performance. The Company uses Vuma Financial Ltd. to collect and analyse the submissions which</t>
+    <t>The consensus data are based on submissions from registered investment analysts as to the Company’s expected future performance. It is therefore speculative and</t>
   </si>
   <si>
-    <t>form the basis of the consensus data. The figures presented represent the arithmetic average of the submissions that have been provided, with each submission being given equal</t>
+    <t>forward-looking and subject to a number of uncertainties that may impact the Company’s actual performance. The Company uses Vuma Financial Ltd. to collect and</t>
   </si>
   <si>
-    <t>weight. Moreover, the data has not been adjusted to exclude any submission. The Company assumes that the submissions reflect the analysts’ genuine opinions, forecasts,</t>
+    <t>analyse the submissions which form the basis of the consensus data. The figures presented represent the arithmetic average of the submissions that have been</t>
   </si>
   <si>
-    <t>estimates, projections and predictions. The analysts will, if relevant, identify and disclose all conflicts of interest that are known or reasonably expected to be known to</t>
+    <t>provided, with each submission being given equal weight. Moreover, the data has not been adjusted to exclude any submission. The Company assumes that the</t>
   </si>
   <si>
-    <t>relate to them. No analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the Company for their submission.</t>
+    <t>submissions reflect the analysts’ genuine opinions, forecasts, estimates, projections and predictions. The analysts will, if relevant, identify and disclose all</t>
   </si>
   <si>
-    <t>The consensus data is based on the investment analysts' opinions, forecasts, estimates, projections and predictions regarding the Company's performance. It does not represent the</t>
+    <t>conflicts of interest that are known or reasonably expected to be known to relate to them. No analyst has been paid a fee, commission or received a non-monetary</t>
   </si>
   <si>
-    <t>Company’s own views on its performance nor does the Company or its management endorse or make any representation or warranty in relation to the consensus data. The Company</t>
+    <t>benefit from the Company or any person connected to the Company for their submission.</t>
   </si>
   <si>
-    <t>endeavours to ensure that the consensus data is accurate and up-to-date but it is not under an obligation to update the consensus data.</t>
+    <t>The consensus data is based on the investment analysts' opinions, forecasts, estimates, projections and predictions regarding the Company's performance. It does not</t>
+  </si>
+  <si>
+    <t>represent the Company’s own views on its performance nor does the Company or its management endorse or make any representation or warranty in relation to the</t>
+  </si>
+  <si>
+    <t>consensus data. The Company endeavours to ensure that the consensus data is accurate and up-to-date but it is not under an obligation to update the consensus data.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
     <t>Coca-Cola Hellenic Bottling Company AG (the “Company”) is not authorised or regulated by the UK Financial Conduct Authority and may</t>
   </si>
   <si>
     <t>not provide investment advice. The consensus data should not be construed as an invitation, inducement or recommendation to buy or sell</t>
   </si>
   <si>
     <t>shares in the Company or to engage in any other form of investment activity. In addition, the consensus data is not intended to</t>
   </si>
@@ -291,62 +292,59 @@
   </si>
   <si>
     <t>Moreover, the data has not been adjusted to exclude any submission. The Company assumes that the submissions reflect the analysts’</t>
   </si>
   <si>
     <t>genuine opinions, forecasts, estimates, projections and predictions. The analysts will, if relevant, identify and disclose all conflicts</t>
   </si>
   <si>
     <t>of interest that are known or reasonably expected to be known to relate to them. No analyst has been paid a fee, commission or received</t>
   </si>
   <si>
     <t>a non-monetary benefit from the Company or any person connected to the Company for their submission.</t>
   </si>
   <si>
     <t>The consensus data is based on the investment analysts' opinions, forecasts, estimates, projections and predictions regarding the</t>
   </si>
   <si>
     <t>Company's performance. It does not represent the Company’s own views on its performance nor does the Company or its management endorse</t>
   </si>
   <si>
     <t>or make any representation or warranty in relation to the consensus data. The Company endeavours to ensure that the consensus data is</t>
   </si>
   <si>
     <t>accurate and up-to-date but it is not under an obligation to update the consensus data.</t>
   </si>
-  <si>
-[...1 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="13">
+  <fonts count="11">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -389,110 +387,92 @@
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000055"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
-      <sz val="10"/>
-[...16 lines deleted...]
-      <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FFAA4020"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border/>
     <border>
       <bottom style="medium">
         <color rgb="FFAAAAAA"/>
       </bottom>
     </border>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="22">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
@@ -513,109 +493,85 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="164" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
-[...23 lines deleted...]
-    <xf xfId="0" fontId="11" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+    <xf xfId="0" fontId="9" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="12" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+    <xf xfId="0" fontId="10" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -887,3136 +843,3016 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H98"/>
+  <dimension ref="A1:G100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A98" sqref="A98"/>
+      <selection activeCell="A100" sqref="A100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
-    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:8">
+    <row r="2" spans="1:7">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="H2" s="2" t="s">
+    </row>
+    <row r="3" spans="1:7">
+      <c r="B3" s="3" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B3" s="3" t="s">
+      <c r="C3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
+      <c r="B4" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C4" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="D4" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="E4" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="F4" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="G3" s="3" t="s">
+      <c r="G4" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="H3" s="3" t="s">
-[...26 lines deleted...]
-    <row r="5" spans="1:8">
+    </row>
+    <row r="5" spans="1:7">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
-      <c r="H5" s="3"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:8">
+    </row>
+    <row r="6" spans="1:7">
       <c r="A6" s="5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
-      <c r="H6" s="5"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:8">
+    </row>
+    <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
-      <c r="H7"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:8">
+    </row>
+    <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B8" s="10">
         <v>0.2254</v>
       </c>
       <c r="C8" s="10">
         <v>0.3479</v>
       </c>
       <c r="D8" s="10">
-        <v>-0.1417</v>
+        <v>0.6739000000000001</v>
       </c>
       <c r="E8" s="10">
-        <v>0.6739000000000001</v>
+        <v>1.0273</v>
       </c>
       <c r="F8" s="10">
-        <v>1.0273</v>
+        <v>1.0882</v>
       </c>
       <c r="G8" s="10">
-        <v>1.0882</v>
-[...1 lines deleted...]
-      <c r="H8" s="10">
         <v>1.0462</v>
       </c>
     </row>
-    <row r="9" spans="1:8">
+    <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B9" s="10">
         <v>0.5941</v>
       </c>
       <c r="C9" s="10">
         <v>1.1631</v>
       </c>
       <c r="D9" s="10">
-        <v>0.2699</v>
+        <v>1.7211</v>
       </c>
       <c r="E9" s="10">
-        <v>1.7211</v>
+        <v>2.0644</v>
       </c>
       <c r="F9" s="10">
-        <v>2.0644</v>
+        <v>2.3732</v>
       </c>
       <c r="G9" s="10">
-        <v>2.3732</v>
-[...1 lines deleted...]
-      <c r="H9" s="10">
         <v>2.3037</v>
       </c>
     </row>
-    <row r="10" spans="1:8">
+    <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B10" s="10">
         <v>3.8859</v>
       </c>
       <c r="C10" s="10">
         <v>3.6829</v>
       </c>
       <c r="D10" s="10">
-        <v>2.9674</v>
+        <v>3.8563</v>
       </c>
       <c r="E10" s="10">
-        <v>3.8563</v>
+        <v>3.7658</v>
       </c>
       <c r="F10" s="10">
-        <v>3.7658</v>
+        <v>4.0241</v>
       </c>
       <c r="G10" s="10">
-        <v>4.0241</v>
-[...1 lines deleted...]
-      <c r="H10" s="10">
         <v>3.9554</v>
       </c>
     </row>
-    <row r="11" spans="1:8">
+    <row r="11" spans="1:7">
       <c r="A11" s="6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B11" s="11">
         <v>2.5525</v>
       </c>
       <c r="C11" s="11">
         <v>2.5262</v>
       </c>
       <c r="D11" s="11">
-        <v>1.8078</v>
+        <v>2.8308</v>
       </c>
       <c r="E11" s="11">
-        <v>2.8308</v>
+        <v>2.9179</v>
       </c>
       <c r="F11" s="11">
-        <v>2.9179</v>
+        <v>3.1607</v>
       </c>
       <c r="G11" s="11">
-        <v>3.1607</v>
-[...1 lines deleted...]
-      <c r="H11" s="11">
         <v>3.1361</v>
       </c>
     </row>
-    <row r="12" spans="1:8">
+    <row r="12" spans="1:7">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
-      <c r="H12"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:8">
+    </row>
+    <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
-      <c r="H13"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:8">
+    </row>
+    <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B14" s="10">
         <v>2.3084</v>
       </c>
       <c r="C14" s="10">
         <v>2.1812</v>
       </c>
       <c r="D14" s="10">
-        <v>2.321</v>
+        <v>2.3044</v>
       </c>
       <c r="E14" s="10">
-        <v>2.3044</v>
+        <v>1.8404</v>
       </c>
       <c r="F14" s="10">
-        <v>1.8404</v>
+        <v>1.928</v>
       </c>
       <c r="G14" s="10">
-        <v>1.928</v>
-[...1 lines deleted...]
-      <c r="H14" s="10">
         <v>1.9429</v>
       </c>
     </row>
-    <row r="15" spans="1:8">
+    <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B15" s="10">
         <v>5.0434</v>
       </c>
       <c r="C15" s="10">
         <v>3.8132</v>
       </c>
       <c r="D15" s="10">
-        <v>4.1799</v>
+        <v>3.338</v>
       </c>
       <c r="E15" s="10">
-        <v>3.338</v>
+        <v>3.0806</v>
       </c>
       <c r="F15" s="10">
-        <v>3.0806</v>
+        <v>3.0224</v>
       </c>
       <c r="G15" s="10">
-        <v>3.0224</v>
-[...1 lines deleted...]
-      <c r="H15" s="10">
         <v>3.0481</v>
       </c>
     </row>
-    <row r="16" spans="1:8">
+    <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B16" s="10">
         <v>9.5008</v>
       </c>
       <c r="C16" s="10">
         <v>6.5256</v>
       </c>
       <c r="D16" s="10">
-        <v>7.1657</v>
+        <v>5.3043</v>
       </c>
       <c r="E16" s="10">
-        <v>5.3043</v>
+        <v>4.796</v>
       </c>
       <c r="F16" s="10">
-        <v>4.796</v>
+        <v>4.3165</v>
       </c>
       <c r="G16" s="10">
-        <v>4.3165</v>
-[...1 lines deleted...]
-      <c r="H16" s="10">
         <v>4.4318</v>
       </c>
     </row>
-    <row r="17" spans="1:8">
+    <row r="17" spans="1:7">
       <c r="A17" s="6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B17" s="11">
         <v>5.5811</v>
       </c>
       <c r="C17" s="11">
         <v>4.079</v>
       </c>
       <c r="D17" s="11">
-        <v>4.4484</v>
+        <v>3.4749</v>
       </c>
       <c r="E17" s="11">
-        <v>3.4749</v>
+        <v>3.1628</v>
       </c>
       <c r="F17" s="11">
-        <v>3.1628</v>
+        <v>2.9419</v>
       </c>
       <c r="G17" s="11">
-        <v>2.9419</v>
-[...1 lines deleted...]
-      <c r="H17" s="11">
         <v>3.0341</v>
       </c>
     </row>
-    <row r="18" spans="1:8">
+    <row r="18" spans="1:7">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
-      <c r="H18"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:8">
+    </row>
+    <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19"/>
-      <c r="H19"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8">
+    </row>
+    <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B20" s="10">
         <v>2.5283</v>
       </c>
       <c r="C20" s="10">
         <v>2.5516</v>
       </c>
       <c r="D20" s="10">
-        <v>2.1229</v>
+        <v>2.9005</v>
       </c>
       <c r="E20" s="10">
-        <v>2.9005</v>
+        <v>2.8248</v>
       </c>
       <c r="F20" s="10">
-        <v>2.8248</v>
+        <v>3.0325</v>
       </c>
       <c r="G20" s="10">
-        <v>3.0325</v>
-[...1 lines deleted...]
-      <c r="H20" s="10">
         <v>3.0059</v>
       </c>
     </row>
-    <row r="21" spans="1:8">
+    <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B21" s="10">
         <v>5.6833</v>
       </c>
       <c r="C21" s="10">
         <v>5.041</v>
       </c>
       <c r="D21" s="10">
-        <v>4.5185</v>
+        <v>5.0849</v>
       </c>
       <c r="E21" s="10">
-        <v>5.0849</v>
+        <v>5.0856</v>
       </c>
       <c r="F21" s="10">
-        <v>5.0856</v>
+        <v>5.4618</v>
       </c>
       <c r="G21" s="10">
-        <v>5.4618</v>
-[...1 lines deleted...]
-      <c r="H21" s="10">
         <v>5.4234</v>
       </c>
     </row>
-    <row r="22" spans="1:8">
+    <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B22" s="10">
         <v>13.6848</v>
       </c>
       <c r="C22" s="10">
         <v>10.3335</v>
       </c>
       <c r="D22" s="10">
-        <v>10.2113</v>
+        <v>9.442500000000001</v>
       </c>
       <c r="E22" s="10">
-        <v>9.442500000000001</v>
+        <v>8.527100000000001</v>
       </c>
       <c r="F22" s="10">
-        <v>8.527100000000001</v>
+        <v>8.5038</v>
       </c>
       <c r="G22" s="10">
-        <v>8.5038</v>
-[...1 lines deleted...]
-      <c r="H22" s="10">
         <v>8.5565</v>
       </c>
     </row>
-    <row r="23" spans="1:8">
+    <row r="23" spans="1:7">
       <c r="A23" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B23" s="12">
         <v>8.2331</v>
       </c>
       <c r="C23" s="12">
         <v>6.6601</v>
       </c>
       <c r="D23" s="12">
-        <v>6.2668</v>
+        <v>6.4361</v>
       </c>
       <c r="E23" s="12">
-        <v>6.4361</v>
+        <v>6.0312</v>
       </c>
       <c r="F23" s="12">
-        <v>6.0312</v>
+        <v>6.2035</v>
       </c>
       <c r="G23" s="12">
-        <v>6.2035</v>
-[...1 lines deleted...]
-      <c r="H23" s="12">
         <v>6.2484</v>
       </c>
     </row>
-    <row r="24" spans="1:8">
+    <row r="24" spans="1:7">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
-      <c r="H24"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:8">
+    </row>
+    <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
-      <c r="H25"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:8">
+    </row>
+    <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B26" s="10">
         <v>0.9923999999999999</v>
       </c>
       <c r="C26" s="10">
         <v>8.082599999999999</v>
       </c>
-      <c r="D26" s="16"/>
+      <c r="D26" s="10">
+        <v>5.9967</v>
+      </c>
       <c r="E26" s="10">
-        <v>5.9967</v>
+        <v>5.5535</v>
       </c>
       <c r="F26" s="10">
-        <v>5.5535</v>
+        <v>5.1208</v>
       </c>
       <c r="G26" s="10">
-        <v>5.1208</v>
-[...1 lines deleted...]
-      <c r="H26" s="10">
         <v>4.962</v>
       </c>
     </row>
-    <row r="27" spans="1:8">
+    <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B27" s="10">
         <v>5.5116</v>
       </c>
       <c r="C27" s="10">
         <v>11.4129</v>
       </c>
-      <c r="D27" s="16"/>
+      <c r="D27" s="10">
+        <v>9.123799999999999</v>
+      </c>
       <c r="E27" s="10">
-        <v>9.123799999999999</v>
+        <v>8.9109</v>
       </c>
       <c r="F27" s="10">
-        <v>8.9109</v>
+        <v>8.7829</v>
       </c>
       <c r="G27" s="10">
-        <v>8.7829</v>
-[...1 lines deleted...]
-      <c r="H27" s="10">
         <v>8.335900000000001</v>
       </c>
     </row>
-    <row r="28" spans="1:8">
+    <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B28" s="10">
         <v>20.8543</v>
       </c>
       <c r="C28" s="10">
         <v>12.4692</v>
       </c>
-      <c r="D28" s="16"/>
+      <c r="D28" s="10">
+        <v>11.6518</v>
+      </c>
       <c r="E28" s="10">
-        <v>11.6518</v>
+        <v>10.6749</v>
       </c>
       <c r="F28" s="10">
-        <v>10.6749</v>
+        <v>10.5291</v>
       </c>
       <c r="G28" s="10">
-        <v>10.5291</v>
-[...1 lines deleted...]
-      <c r="H28" s="10">
         <v>10.6904</v>
       </c>
     </row>
-    <row r="29" spans="1:8">
+    <row r="29" spans="1:7">
       <c r="A29" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B29" s="12">
         <v>11.2456</v>
       </c>
       <c r="C29" s="12">
         <v>10.5748</v>
       </c>
-      <c r="D29" s="17"/>
+      <c r="D29" s="12">
+        <v>9.5108</v>
+      </c>
       <c r="E29" s="12">
-        <v>9.5108</v>
+        <v>8.8848</v>
       </c>
       <c r="F29" s="12">
-        <v>8.8848</v>
+        <v>8.722799999999999</v>
       </c>
       <c r="G29" s="12">
-        <v>8.722799999999999</v>
-[...1 lines deleted...]
-      <c r="H29" s="12">
         <v>8.723800000000001</v>
       </c>
     </row>
-    <row r="30" spans="1:8">
+    <row r="30" spans="1:7">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
-      <c r="H30"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:8">
+    </row>
+    <row r="31" spans="1:7">
       <c r="A31" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
-      <c r="H31" s="5"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:8">
+    </row>
+    <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
-      <c r="H32"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:8">
+    </row>
+    <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B33" s="10">
         <v>632.7453</v>
       </c>
       <c r="C33" s="10">
         <v>326.1525</v>
       </c>
       <c r="D33" s="10">
-        <v>184.4998</v>
+        <v>637.0771</v>
       </c>
       <c r="E33" s="10">
-        <v>637.0771</v>
+        <v>643.1336</v>
       </c>
       <c r="F33" s="10">
-        <v>643.1336</v>
+        <v>651.9571999999999</v>
       </c>
       <c r="G33" s="10">
-        <v>651.9571999999999</v>
-[...1 lines deleted...]
-      <c r="H33" s="10">
         <v>660.412</v>
       </c>
     </row>
-    <row r="34" spans="1:8">
+    <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B34" s="10">
         <v>485.4925</v>
       </c>
       <c r="C34" s="10">
         <v>251.1939</v>
       </c>
       <c r="D34" s="10">
-        <v>133.156</v>
+        <v>493.863</v>
       </c>
       <c r="E34" s="10">
-        <v>493.863</v>
+        <v>503.9858</v>
       </c>
       <c r="F34" s="10">
-        <v>503.9858</v>
+        <v>517.4139</v>
       </c>
       <c r="G34" s="10">
-        <v>517.4139</v>
-[...1 lines deleted...]
-      <c r="H34" s="10">
         <v>529.6468</v>
       </c>
     </row>
-    <row r="35" spans="1:8">
+    <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B35" s="10">
         <v>1870.6577</v>
       </c>
       <c r="C35" s="10">
         <v>948.1616</v>
       </c>
       <c r="D35" s="10">
-        <v>514.4063</v>
+        <v>1944.1772</v>
       </c>
       <c r="E35" s="10">
-        <v>1944.1772</v>
+        <v>2021.8161</v>
       </c>
       <c r="F35" s="10">
-        <v>2021.8161</v>
+        <v>2113.9214</v>
       </c>
       <c r="G35" s="10">
-        <v>2113.9214</v>
-[...1 lines deleted...]
-      <c r="H35" s="10">
         <v>2197.5047</v>
       </c>
     </row>
-    <row r="36" spans="1:8">
+    <row r="36" spans="1:7">
       <c r="A36" s="6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B36" s="11">
         <v>2988.8955</v>
       </c>
       <c r="C36" s="11">
         <v>1525.508</v>
       </c>
       <c r="D36" s="11">
-        <v>832.0621</v>
+        <v>3075.1173</v>
       </c>
       <c r="E36" s="11">
-        <v>3075.1173</v>
+        <v>3168.9355</v>
       </c>
       <c r="F36" s="11">
-        <v>3168.9355</v>
+        <v>3283.2925</v>
       </c>
       <c r="G36" s="11">
-        <v>3283.2925</v>
-[...1 lines deleted...]
-      <c r="H36" s="11">
         <v>3387.5636</v>
       </c>
     </row>
-    <row r="37" spans="1:8">
+    <row r="37" spans="1:7">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
-      <c r="H37"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:8">
+    </row>
+    <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
-      <c r="H38"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:8">
+    </row>
+    <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B39" s="10">
         <v>3604.313</v>
       </c>
       <c r="C39" s="10">
         <v>1834.6145</v>
       </c>
       <c r="D39" s="10">
-        <v>1022.8631</v>
+        <v>3708.755</v>
       </c>
       <c r="E39" s="10">
-        <v>3708.755</v>
+        <v>3808.9625</v>
       </c>
       <c r="F39" s="10">
-        <v>3808.9625</v>
+        <v>3956.0285</v>
       </c>
       <c r="G39" s="10">
-        <v>3956.0285</v>
-[...1 lines deleted...]
-      <c r="H39" s="10">
         <v>4091.3789</v>
       </c>
     </row>
-    <row r="40" spans="1:8">
+    <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B40" s="10">
         <v>2541.7798</v>
       </c>
       <c r="C40" s="10">
         <v>1343.1099</v>
       </c>
       <c r="D40" s="10">
-        <v>712.7987000000001</v>
+        <v>2676.9901</v>
       </c>
       <c r="E40" s="10">
-        <v>2676.9901</v>
+        <v>2811.7287</v>
       </c>
       <c r="F40" s="10">
-        <v>2811.7287</v>
+        <v>2968.5969</v>
       </c>
       <c r="G40" s="10">
-        <v>2968.5969</v>
-[...1 lines deleted...]
-      <c r="H40" s="10">
         <v>3130.1712</v>
       </c>
     </row>
-    <row r="41" spans="1:8">
+    <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B41" s="10">
         <v>5422.5721</v>
       </c>
       <c r="C41" s="10">
         <v>2770.6725</v>
       </c>
       <c r="D41" s="10">
-        <v>1490.9801</v>
+        <v>5855.7499</v>
       </c>
       <c r="E41" s="10">
-        <v>5855.7499</v>
+        <v>6295.3724</v>
       </c>
       <c r="F41" s="10">
-        <v>6295.3724</v>
+        <v>6715.4879</v>
       </c>
       <c r="G41" s="10">
-        <v>6715.4879</v>
-[...1 lines deleted...]
-      <c r="H41" s="10">
         <v>7200.0318</v>
       </c>
     </row>
-    <row r="42" spans="1:8">
+    <row r="42" spans="1:7">
       <c r="A42" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B42" s="11">
         <v>11568.6649</v>
       </c>
       <c r="C42" s="11">
         <v>5948.3969</v>
       </c>
       <c r="D42" s="11">
-        <v>3226.6419</v>
+        <v>12241.495</v>
       </c>
       <c r="E42" s="11">
-        <v>12241.495</v>
+        <v>12916.0636</v>
       </c>
       <c r="F42" s="11">
-        <v>12916.0636</v>
+        <v>13640.1133</v>
       </c>
       <c r="G42" s="11">
-        <v>13640.1133</v>
-[...1 lines deleted...]
-      <c r="H42" s="11">
         <v>14421.5819</v>
       </c>
     </row>
-    <row r="43" spans="1:8">
+    <row r="43" spans="1:7">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
-      <c r="H43"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:8">
+    </row>
+    <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B44" s="10">
         <v>4227.9107</v>
       </c>
       <c r="C44" s="10">
         <v>2150.9205</v>
       </c>
-      <c r="D44" s="16"/>
+      <c r="D44" s="10">
+        <v>4525.6815</v>
+      </c>
       <c r="E44" s="10">
-        <v>4525.6815</v>
+        <v>4809.6469</v>
       </c>
       <c r="F44" s="10">
-        <v>4809.6469</v>
+        <v>5141.8644</v>
       </c>
       <c r="G44" s="10">
-        <v>5141.8644</v>
-[...1 lines deleted...]
-      <c r="H44" s="10">
         <v>5508.2098</v>
       </c>
     </row>
-    <row r="45" spans="1:8">
+    <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B45" s="10">
         <v>-2909.3299</v>
       </c>
       <c r="C45" s="10">
         <v>-1502.1596</v>
       </c>
-      <c r="D45" s="16"/>
+      <c r="D45" s="10">
+        <v>-3095.5329</v>
+      </c>
       <c r="E45" s="10">
-        <v>-3095.5329</v>
+        <v>-3266.7626</v>
       </c>
       <c r="F45" s="10">
-        <v>-3266.7626</v>
+        <v>-3425.1831</v>
       </c>
       <c r="G45" s="10">
-        <v>-3425.1831</v>
-[...1 lines deleted...]
-      <c r="H45" s="10">
         <v>-3679.9453</v>
       </c>
     </row>
-    <row r="46" spans="1:8">
+    <row r="46" spans="1:7">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
-      <c r="H46"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:8">
+    </row>
+    <row r="47" spans="1:7">
       <c r="A47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B47" s="12">
         <v>1321.397</v>
       </c>
       <c r="C47" s="12">
         <v>674.3253</v>
       </c>
-      <c r="D47" s="17"/>
+      <c r="D47" s="12">
+        <v>1438.0672</v>
+      </c>
       <c r="E47" s="12">
-        <v>1438.0672</v>
+        <v>1554.7737</v>
       </c>
       <c r="F47" s="12">
-        <v>1554.7737</v>
+        <v>1701.5697</v>
       </c>
       <c r="G47" s="12">
-        <v>1701.5697</v>
-[...1 lines deleted...]
-      <c r="H47" s="12">
         <v>1845.2002</v>
       </c>
     </row>
-    <row r="48" spans="1:8">
+    <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
-      <c r="H48"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:8">
+    </row>
+    <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B49" s="10">
         <v>390.4668</v>
       </c>
       <c r="C49" s="10">
         <v>208.9771</v>
       </c>
-      <c r="D49" s="16"/>
+      <c r="D49" s="10">
+        <v>412.1577</v>
+      </c>
       <c r="E49" s="10">
-        <v>412.1577</v>
+        <v>431.6951</v>
       </c>
       <c r="F49" s="10">
-        <v>431.6951</v>
+        <v>458.3451</v>
       </c>
       <c r="G49" s="10">
-        <v>458.3451</v>
-[...1 lines deleted...]
-      <c r="H49" s="10">
         <v>485.0755</v>
       </c>
     </row>
-    <row r="50" spans="1:8">
+    <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B50" s="10">
         <v>240.1201</v>
       </c>
       <c r="C50" s="10">
         <v>122.1208</v>
       </c>
-      <c r="D50" s="16"/>
+      <c r="D50" s="10">
+        <v>261.9289</v>
+      </c>
       <c r="E50" s="10">
-        <v>261.9289</v>
+        <v>283.9519</v>
       </c>
       <c r="F50" s="10">
-        <v>283.9519</v>
+        <v>312.4206</v>
       </c>
       <c r="G50" s="10">
-        <v>312.4206</v>
-[...1 lines deleted...]
-      <c r="H50" s="10">
         <v>343.6981</v>
       </c>
     </row>
-    <row r="51" spans="1:8">
+    <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B51" s="10">
         <v>694.6789</v>
       </c>
       <c r="C51" s="10">
         <v>344.3836</v>
       </c>
-      <c r="D51" s="16"/>
+      <c r="D51" s="10">
+        <v>765.8962</v>
+      </c>
       <c r="E51" s="10">
-        <v>765.8962</v>
+        <v>841.3685</v>
       </c>
       <c r="F51" s="10">
-        <v>841.3685</v>
+        <v>932.5875</v>
       </c>
       <c r="G51" s="10">
-        <v>932.5875</v>
-[...1 lines deleted...]
-      <c r="H51" s="10">
         <v>1018.4789</v>
       </c>
     </row>
-    <row r="52" spans="1:8">
+    <row r="52" spans="1:7">
       <c r="A52" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B52" s="11">
         <v>1325.2658</v>
       </c>
       <c r="C52" s="11">
         <v>675.4815</v>
       </c>
-      <c r="D52" s="18"/>
+      <c r="D52" s="11">
+        <v>1439.9828</v>
+      </c>
       <c r="E52" s="11">
-        <v>1439.9828</v>
+        <v>1557.0155</v>
       </c>
       <c r="F52" s="11">
-        <v>1557.0155</v>
+        <v>1703.3531</v>
       </c>
       <c r="G52" s="11">
-        <v>1703.3531</v>
-[...1 lines deleted...]
-      <c r="H52" s="11">
         <v>1847.2525</v>
       </c>
     </row>
-    <row r="53" spans="1:8">
+    <row r="53" spans="1:7">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
-      <c r="H53"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:8">
+    </row>
+    <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B54" s="10">
         <v>1301.4506</v>
       </c>
       <c r="C54" s="10">
         <v>657.6038</v>
       </c>
-      <c r="D54" s="16"/>
+      <c r="D54" s="10">
+        <v>1402.404</v>
+      </c>
       <c r="E54" s="10">
-        <v>1402.404</v>
+        <v>1523.5336</v>
       </c>
       <c r="F54" s="10">
-        <v>1523.5336</v>
+        <v>1670.3683</v>
       </c>
       <c r="G54" s="10">
-        <v>1670.3683</v>
-[...1 lines deleted...]
-      <c r="H54" s="10">
         <v>1814.4822</v>
       </c>
     </row>
-    <row r="55" spans="1:8">
+    <row r="55" spans="1:7">
       <c r="A55" s="7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B55" s="12">
         <v>1307.6514</v>
       </c>
       <c r="C55" s="12">
         <v>657.9438</v>
       </c>
-      <c r="D55" s="17"/>
+      <c r="D55" s="12">
+        <v>1399.248</v>
+      </c>
       <c r="E55" s="12">
-        <v>1399.248</v>
+        <v>1513.2967</v>
       </c>
       <c r="F55" s="12">
-        <v>1513.2967</v>
+        <v>1641.3308</v>
       </c>
       <c r="G55" s="12">
-        <v>1641.3308</v>
-[...1 lines deleted...]
-      <c r="H55" s="12">
         <v>1767.2376</v>
       </c>
     </row>
-    <row r="56" spans="1:8">
+    <row r="56" spans="1:7">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
-      <c r="H56"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:8">
+    </row>
+    <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B57" s="10">
         <v>-352.4175</v>
       </c>
       <c r="C57" s="10">
         <v>-178.3196</v>
       </c>
-      <c r="D57" s="16"/>
+      <c r="D57" s="10">
+        <v>-377.2397</v>
+      </c>
       <c r="E57" s="10">
-        <v>-377.2397</v>
+        <v>-409.4709</v>
       </c>
       <c r="F57" s="10">
-        <v>-409.4709</v>
+        <v>-449.397</v>
       </c>
       <c r="G57" s="10">
-        <v>-449.397</v>
-[...1 lines deleted...]
-      <c r="H57" s="10">
         <v>-487.988</v>
       </c>
     </row>
-    <row r="58" spans="1:8">
+    <row r="58" spans="1:7">
       <c r="A58" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B58" s="12">
         <v>-353.4697</v>
       </c>
       <c r="C58" s="12">
         <v>-178.2748</v>
       </c>
-      <c r="D58" s="17"/>
+      <c r="D58" s="12">
+        <v>-378.0875</v>
+      </c>
       <c r="E58" s="12">
-        <v>-378.0875</v>
+        <v>-410.5531</v>
       </c>
       <c r="F58" s="12">
-        <v>-410.5531</v>
+        <v>-450.6266</v>
       </c>
       <c r="G58" s="12">
-        <v>-450.6266</v>
-[...1 lines deleted...]
-      <c r="H58" s="12">
         <v>-489.3734</v>
       </c>
     </row>
-    <row r="59" spans="1:8">
+    <row r="59" spans="1:7">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
-      <c r="H59"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:8">
+    </row>
+    <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B60" s="10">
         <v>949.0964</v>
       </c>
       <c r="C60" s="10">
         <v>479.1975</v>
       </c>
-      <c r="D60" s="16"/>
+      <c r="D60" s="10">
+        <v>1025.1681</v>
+      </c>
       <c r="E60" s="10">
-        <v>1025.1681</v>
+        <v>1114.0619</v>
       </c>
       <c r="F60" s="10">
-        <v>1114.0619</v>
+        <v>1220.9324</v>
       </c>
       <c r="G60" s="10">
-        <v>1220.9324</v>
-[...1 lines deleted...]
-      <c r="H60" s="10">
         <v>1326.3298</v>
       </c>
     </row>
-    <row r="61" spans="1:8">
+    <row r="61" spans="1:7">
       <c r="A61" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B61" s="12">
         <v>954.4446</v>
       </c>
       <c r="C61" s="12">
         <v>479.7225</v>
       </c>
-      <c r="D61" s="17"/>
+      <c r="D61" s="12">
+        <v>1027.5153</v>
+      </c>
       <c r="E61" s="12">
-        <v>1027.5153</v>
+        <v>1117.5482</v>
       </c>
       <c r="F61" s="12">
-        <v>1117.5482</v>
+        <v>1224.4862</v>
       </c>
       <c r="G61" s="12">
-        <v>1224.4862</v>
-[...1 lines deleted...]
-      <c r="H61" s="12">
         <v>1330.3189</v>
       </c>
     </row>
-    <row r="62" spans="1:8">
+    <row r="62" spans="1:7">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
       <c r="G62"/>
-      <c r="H62"/>
-[...1 lines deleted...]
-    <row r="63" spans="1:8">
+    </row>
+    <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
-      <c r="H63"/>
-[...1 lines deleted...]
-    <row r="64" spans="1:8">
+    </row>
+    <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B64" s="10">
         <v>-5.1583</v>
       </c>
       <c r="C64" s="10">
         <v>-1.5417</v>
       </c>
-      <c r="D64" s="16"/>
+      <c r="D64" s="10">
+        <v>-2.5542</v>
+      </c>
       <c r="E64" s="10">
-        <v>-2.5542</v>
+        <v>-2.8023</v>
       </c>
       <c r="F64" s="10">
-        <v>-2.8023</v>
+        <v>-1.9815</v>
       </c>
       <c r="G64" s="10">
-        <v>-1.9815</v>
-[...1 lines deleted...]
-      <c r="H64" s="10">
         <v>-2.3088</v>
       </c>
     </row>
-    <row r="65" spans="1:8">
+    <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B65" s="10">
         <v>-20.5859</v>
       </c>
       <c r="C65" s="10">
         <v>-19.2836</v>
       </c>
-      <c r="D65" s="16"/>
+      <c r="D65" s="10">
+        <v>-37.6803</v>
+      </c>
       <c r="E65" s="10">
-        <v>-37.6803</v>
+        <v>-32.3731</v>
       </c>
       <c r="F65" s="10">
-        <v>-32.3731</v>
+        <v>-31.4837</v>
       </c>
       <c r="G65" s="10">
-        <v>-31.4837</v>
-[...1 lines deleted...]
-      <c r="H65" s="10">
         <v>-30.7868</v>
       </c>
     </row>
-    <row r="66" spans="1:8">
+    <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B66" s="10">
         <v>728.6369999999999</v>
       </c>
       <c r="C66" s="10">
         <v>477.9534</v>
       </c>
-      <c r="D66" s="16"/>
+      <c r="D66" s="10">
+        <v>785.6923</v>
+      </c>
       <c r="E66" s="10">
-        <v>785.6923</v>
+        <v>829.5377999999999</v>
       </c>
       <c r="F66" s="10">
-        <v>829.5377999999999</v>
+        <v>879.2279</v>
       </c>
       <c r="G66" s="10">
-        <v>879.2279</v>
-[...1 lines deleted...]
-      <c r="H66" s="10">
         <v>922.4648</v>
       </c>
     </row>
-    <row r="67" spans="1:8">
+    <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B67" s="10">
         <v>451.2195</v>
       </c>
       <c r="C67" s="10">
         <v>234.0246</v>
       </c>
-      <c r="D67" s="16"/>
+      <c r="D67" s="10">
+        <v>481.2926</v>
+      </c>
       <c r="E67" s="10">
-        <v>481.2926</v>
+        <v>494.6211</v>
       </c>
       <c r="F67" s="10">
-        <v>494.6211</v>
+        <v>499.4794</v>
       </c>
       <c r="G67" s="10">
-        <v>499.4794</v>
-[...1 lines deleted...]
-      <c r="H67" s="10">
         <v>539.5131</v>
       </c>
     </row>
-    <row r="68" spans="1:8">
+    <row r="68" spans="1:7">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
-      <c r="H68"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:8">
+    </row>
+    <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B69" s="13">
         <v>2.6286</v>
       </c>
       <c r="C69" s="13">
         <v>1.3322</v>
       </c>
-      <c r="D69" s="19"/>
+      <c r="D69" s="13">
+        <v>2.8626</v>
+      </c>
       <c r="E69" s="13">
-        <v>2.8626</v>
+        <v>3.138</v>
       </c>
       <c r="F69" s="13">
-        <v>3.138</v>
+        <v>3.477</v>
       </c>
       <c r="G69" s="13">
-        <v>3.477</v>
-[...1 lines deleted...]
-      <c r="H69" s="13">
         <v>3.8231</v>
       </c>
     </row>
-    <row r="70" spans="1:8">
+    <row r="70" spans="1:7">
       <c r="A70" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B70" s="14">
         <v>2.6411</v>
       </c>
       <c r="C70" s="14">
         <v>1.333</v>
       </c>
-      <c r="D70" s="20"/>
+      <c r="D70" s="14">
+        <v>2.8666</v>
+      </c>
       <c r="E70" s="14">
-        <v>2.8666</v>
+        <v>3.1466</v>
       </c>
       <c r="F70" s="14">
-        <v>3.1466</v>
+        <v>3.485</v>
       </c>
       <c r="G70" s="14">
-        <v>3.485</v>
-[...1 lines deleted...]
-      <c r="H70" s="14">
         <v>3.8319</v>
       </c>
     </row>
-    <row r="71" spans="1:8">
+    <row r="71" spans="1:7">
       <c r="A71" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B71" s="14">
         <v>1.1747</v>
       </c>
       <c r="C71" s="14">
         <v>1.0013</v>
       </c>
-      <c r="D71" s="20"/>
+      <c r="D71" s="14">
+        <v>1.2812</v>
+      </c>
       <c r="E71" s="14">
-        <v>1.2812</v>
+        <v>1.4193</v>
       </c>
       <c r="F71" s="14">
-        <v>1.4193</v>
+        <v>1.5734</v>
       </c>
       <c r="G71" s="14">
-        <v>1.5734</v>
-[...1 lines deleted...]
-      <c r="H71" s="14">
         <v>1.7367</v>
       </c>
     </row>
-    <row r="72" spans="1:8">
+    <row r="72" spans="1:7">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
-      <c r="H72"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:8">
+    </row>
+    <row r="73" spans="1:7">
       <c r="A73" s="7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B73" s="14">
         <v>678.9536000000001</v>
       </c>
       <c r="C73" s="14">
         <v>471.4931</v>
       </c>
-      <c r="D73" s="20"/>
+      <c r="D73" s="14">
+        <v>702.3463</v>
+      </c>
       <c r="E73" s="14">
-        <v>702.3463</v>
+        <v>752.6809</v>
       </c>
       <c r="F73" s="14">
-        <v>752.6809</v>
+        <v>845.9453999999999</v>
       </c>
       <c r="G73" s="14">
-        <v>845.9453999999999</v>
-[...1 lines deleted...]
-      <c r="H73" s="14">
         <v>945.1922</v>
       </c>
     </row>
-    <row r="74" spans="1:8">
+    <row r="74" spans="1:7">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
-      <c r="H74"/>
-[...1 lines deleted...]
-    <row r="75" spans="1:8">
+    </row>
+    <row r="75" spans="1:7">
       <c r="A75" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
       <c r="F75" s="8"/>
       <c r="G75" s="8"/>
-      <c r="H75" s="8"/>
-[...1 lines deleted...]
-    <row r="76" spans="1:8">
+    </row>
+    <row r="76" spans="1:7">
       <c r="A76" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B76" s="15">
         <v>36.5489</v>
       </c>
       <c r="C76" s="15">
         <v>36.1623</v>
       </c>
-      <c r="D76" s="21"/>
+      <c r="D76" s="15">
+        <v>36.9687</v>
+      </c>
       <c r="E76" s="15">
-        <v>36.9687</v>
+        <v>37.2476</v>
       </c>
       <c r="F76" s="15">
-        <v>37.2476</v>
+        <v>37.736</v>
       </c>
       <c r="G76" s="15">
-        <v>37.736</v>
-[...1 lines deleted...]
-      <c r="H76" s="15">
         <v>38.2479</v>
       </c>
     </row>
-    <row r="77" spans="1:8">
+    <row r="77" spans="1:7">
       <c r="A77" s="9" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B77" s="15">
         <v>25.1496</v>
       </c>
       <c r="C77" s="15">
         <v>25.2539</v>
       </c>
-      <c r="D77" s="21"/>
+      <c r="D77" s="15">
+        <v>25.2852</v>
+      </c>
       <c r="E77" s="15">
-        <v>25.2852</v>
+        <v>25.2985</v>
       </c>
       <c r="F77" s="15">
-        <v>25.2985</v>
+        <v>25.3551</v>
       </c>
       <c r="G77" s="15">
-        <v>25.3551</v>
-[...1 lines deleted...]
-      <c r="H77" s="15">
         <v>25.5535</v>
       </c>
     </row>
-    <row r="78" spans="1:8">
+    <row r="78" spans="1:7">
       <c r="A78" s="9" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B78" s="15">
         <v>11.4558</v>
       </c>
       <c r="C78" s="15">
         <v>11.3563</v>
       </c>
-      <c r="D78" s="21"/>
+      <c r="D78" s="15">
+        <v>11.7634</v>
+      </c>
       <c r="E78" s="15">
-        <v>11.7634</v>
+        <v>12.0544</v>
       </c>
       <c r="F78" s="15">
-        <v>12.0544</v>
+        <v>12.4864</v>
       </c>
       <c r="G78" s="15">
-        <v>12.4864</v>
-[...1 lines deleted...]
-      <c r="H78" s="15">
         <v>12.8049</v>
       </c>
     </row>
-    <row r="79" spans="1:8">
+    <row r="79" spans="1:7">
       <c r="A79" s="9" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B79" s="15">
         <v>27.031</v>
       </c>
       <c r="C79" s="15">
         <v>27.0962</v>
       </c>
-      <c r="D79" s="21"/>
+      <c r="D79" s="15">
+        <v>27.0271</v>
+      </c>
       <c r="E79" s="15">
-        <v>27.0271</v>
+        <v>27.1567</v>
       </c>
       <c r="F79" s="15">
-        <v>27.1567</v>
+        <v>27.5631</v>
       </c>
       <c r="G79" s="15">
-        <v>27.5631</v>
-[...1 lines deleted...]
-      <c r="H79" s="15">
         <v>27.9211</v>
       </c>
     </row>
-    <row r="80" spans="1:8">
+    <row r="80" spans="1:7">
       <c r="A80" s="9" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B80" s="15">
         <v>6.3049</v>
       </c>
       <c r="C80" s="15">
         <v>8.0204</v>
       </c>
-      <c r="D80" s="21"/>
+      <c r="D80" s="15">
+        <v>6.4175</v>
+      </c>
       <c r="E80" s="15">
-        <v>6.4175</v>
+        <v>6.4161</v>
       </c>
       <c r="F80" s="15">
-        <v>6.4161</v>
+        <v>6.4343</v>
       </c>
       <c r="G80" s="15">
-        <v>6.4343</v>
-[...1 lines deleted...]
-      <c r="H80" s="15">
         <v>6.4248</v>
       </c>
     </row>
-    <row r="82" spans="1:8">
-      <c r="A82" s="22" t="s">
+    <row r="82" spans="1:7">
+      <c r="A82" s="16" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7">
+      <c r="A83" t="s">
         <v>54</v>
-      </c>
-[...3 lines deleted...]
-        <v>55</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
-      <c r="H83"/>
-[...1 lines deleted...]
-    <row r="84" spans="1:8">
+    </row>
+    <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
-      <c r="H84"/>
-[...1 lines deleted...]
-    <row r="85" spans="1:8">
+    </row>
+    <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
-      <c r="H85"/>
-[...2 lines deleted...]
-      <c r="A86"/>
+    </row>
+    <row r="86" spans="1:7">
+      <c r="A86" t="s">
+        <v>57</v>
+      </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
-      <c r="H86"/>
-[...4 lines deleted...]
-      </c>
+    </row>
+    <row r="87" spans="1:7">
+      <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
-      <c r="H87"/>
-[...1 lines deleted...]
-    <row r="88" spans="1:8">
+    </row>
+    <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
-      <c r="H88"/>
-[...1 lines deleted...]
-    <row r="89" spans="1:8">
+    </row>
+    <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
       <c r="G89"/>
-      <c r="H89"/>
-[...1 lines deleted...]
-    <row r="90" spans="1:8">
+    </row>
+    <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
-      <c r="H90"/>
-[...1 lines deleted...]
-    <row r="91" spans="1:8">
+    </row>
+    <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
       <c r="G91"/>
-      <c r="H91"/>
-[...1 lines deleted...]
-    <row r="92" spans="1:8">
+    </row>
+    <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
-      <c r="H92"/>
-[...2 lines deleted...]
-      <c r="A93"/>
+    </row>
+    <row r="93" spans="1:7">
+      <c r="A93" t="s">
+        <v>63</v>
+      </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
-      <c r="H93"/>
-[...1 lines deleted...]
-    <row r="94" spans="1:8">
+    </row>
+    <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>64</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94"/>
       <c r="G94"/>
-      <c r="H94"/>
-[...4 lines deleted...]
-      </c>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95"/>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
-      <c r="H95"/>
-[...1 lines deleted...]
-    <row r="96" spans="1:8">
+    </row>
+    <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
-      <c r="H96"/>
-[...2 lines deleted...]
-      <c r="A98" s="23" t="s">
+    </row>
+    <row r="97" spans="1:7">
+      <c r="A97" t="s">
+        <v>66</v>
+      </c>
+      <c r="B97"/>
+      <c r="C97"/>
+      <c r="D97"/>
+      <c r="E97"/>
+      <c r="F97"/>
+      <c r="G97"/>
+    </row>
+    <row r="98" spans="1:7">
+      <c r="A98" t="s">
         <v>67</v>
+      </c>
+      <c r="B98"/>
+      <c r="C98"/>
+      <c r="D98"/>
+      <c r="E98"/>
+      <c r="F98"/>
+      <c r="G98"/>
+    </row>
+    <row r="100" spans="1:7">
+      <c r="A100" s="17" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A83:H83"/>
-[...12 lines deleted...]
-    <mergeCell ref="A96:H96"/>
+    <mergeCell ref="A83:G83"/>
+    <mergeCell ref="A84:G84"/>
+    <mergeCell ref="A85:G85"/>
+    <mergeCell ref="A86:G86"/>
+    <mergeCell ref="A87:G87"/>
+    <mergeCell ref="A88:G88"/>
+    <mergeCell ref="A89:G89"/>
+    <mergeCell ref="A90:G90"/>
+    <mergeCell ref="A91:G91"/>
+    <mergeCell ref="A92:G92"/>
+    <mergeCell ref="A93:G93"/>
+    <mergeCell ref="A94:G94"/>
+    <mergeCell ref="A95:G95"/>
+    <mergeCell ref="A96:G96"/>
+    <mergeCell ref="A97:G97"/>
+    <mergeCell ref="A98:G98"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="82" man="1"/>
-    <brk id="98" man="1"/>
+    <brk id="100" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E102"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A102" sqref="A102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B8" s="24">
+        <v>11</v>
+      </c>
+      <c r="B8" s="18">
         <v>16</v>
       </c>
       <c r="C8" s="10">
         <v>0.2254</v>
       </c>
       <c r="D8" s="10">
         <v>-0.4</v>
       </c>
       <c r="E8" s="10">
         <v>0.8472</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B9" s="24">
+        <v>12</v>
+      </c>
+      <c r="B9" s="18">
         <v>16</v>
       </c>
       <c r="C9" s="10">
         <v>0.5941</v>
       </c>
       <c r="D9" s="10">
         <v>-0.6</v>
       </c>
       <c r="E9" s="10">
         <v>1.6399</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B10" s="24">
+        <v>13</v>
+      </c>
+      <c r="B10" s="18">
         <v>16</v>
       </c>
       <c r="C10" s="10">
         <v>3.8859</v>
       </c>
       <c r="D10" s="10">
         <v>3</v>
       </c>
       <c r="E10" s="10">
         <v>4.3</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B11" s="25">
+        <v>14</v>
+      </c>
+      <c r="B11" s="19">
         <v>16</v>
       </c>
       <c r="C11" s="11">
         <v>2.5525</v>
       </c>
       <c r="D11" s="11">
         <v>2</v>
       </c>
       <c r="E11" s="11">
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B14" s="24">
+        <v>11</v>
+      </c>
+      <c r="B14" s="18">
         <v>15</v>
       </c>
       <c r="C14" s="10">
         <v>2.3084</v>
       </c>
       <c r="D14" s="10">
         <v>1.7</v>
       </c>
       <c r="E14" s="10">
         <v>3.1</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B15" s="24">
+        <v>12</v>
+      </c>
+      <c r="B15" s="18">
         <v>15</v>
       </c>
       <c r="C15" s="10">
         <v>5.0434</v>
       </c>
       <c r="D15" s="10">
         <v>4</v>
       </c>
       <c r="E15" s="10">
         <v>5.8576</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B16" s="24">
+        <v>13</v>
+      </c>
+      <c r="B16" s="18">
         <v>15</v>
       </c>
       <c r="C16" s="10">
         <v>9.5008</v>
       </c>
       <c r="D16" s="10">
         <v>7.7528</v>
       </c>
       <c r="E16" s="10">
         <v>10.4</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B17" s="25">
+        <v>16</v>
+      </c>
+      <c r="B17" s="19">
         <v>15</v>
       </c>
       <c r="C17" s="11">
         <v>5.5811</v>
       </c>
       <c r="D17" s="11">
         <v>4.7131</v>
       </c>
       <c r="E17" s="11">
         <v>6.2</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B20" s="24">
+        <v>11</v>
+      </c>
+      <c r="B20" s="18">
         <v>16</v>
       </c>
       <c r="C20" s="10">
         <v>2.5283</v>
       </c>
       <c r="D20" s="10">
         <v>1.8</v>
       </c>
       <c r="E20" s="10">
         <v>3.3</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B21" s="24">
+        <v>12</v>
+      </c>
+      <c r="B21" s="18">
         <v>16</v>
       </c>
       <c r="C21" s="10">
         <v>5.6833</v>
       </c>
       <c r="D21" s="10">
         <v>4.3</v>
       </c>
       <c r="E21" s="10">
         <v>6.5</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="B22" s="24">
+        <v>18</v>
+      </c>
+      <c r="B22" s="18">
         <v>16</v>
       </c>
       <c r="C22" s="10">
         <v>13.6848</v>
       </c>
       <c r="D22" s="10">
         <v>12.2912</v>
       </c>
       <c r="E22" s="10">
         <v>14.9</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="B23" s="26">
+        <v>19</v>
+      </c>
+      <c r="B23" s="20">
         <v>16</v>
       </c>
       <c r="C23" s="12">
         <v>8.2331</v>
       </c>
       <c r="D23" s="12">
         <v>7.6981</v>
       </c>
       <c r="E23" s="12">
         <v>9.1</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B26" s="24">
+        <v>11</v>
+      </c>
+      <c r="B26" s="18">
         <v>16</v>
       </c>
       <c r="C26" s="10">
         <v>0.9923999999999999</v>
       </c>
       <c r="D26" s="10">
         <v>-2.7202</v>
       </c>
       <c r="E26" s="10">
         <v>10.9</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B27" s="24">
+        <v>12</v>
+      </c>
+      <c r="B27" s="18">
         <v>16</v>
       </c>
       <c r="C27" s="10">
         <v>5.5116</v>
       </c>
       <c r="D27" s="10">
         <v>-0.8</v>
       </c>
       <c r="E27" s="10">
         <v>10.4</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B28" s="24">
+        <v>13</v>
+      </c>
+      <c r="B28" s="18">
         <v>16</v>
       </c>
       <c r="C28" s="10">
         <v>20.8543</v>
       </c>
       <c r="D28" s="10">
         <v>12.6</v>
       </c>
       <c r="E28" s="10">
         <v>24.5</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B29" s="26">
+        <v>21</v>
+      </c>
+      <c r="B29" s="20">
         <v>16</v>
       </c>
       <c r="C29" s="12">
         <v>11.2456</v>
       </c>
       <c r="D29" s="12">
         <v>9.300000000000001</v>
       </c>
       <c r="E29" s="12">
         <v>12.9</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B33" s="24">
+        <v>11</v>
+      </c>
+      <c r="B33" s="18">
         <v>16</v>
       </c>
       <c r="C33" s="10">
         <v>632.7453</v>
       </c>
       <c r="D33" s="10">
         <v>629.1</v>
       </c>
       <c r="E33" s="10">
         <v>636.6481</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B34" s="24">
+        <v>12</v>
+      </c>
+      <c r="B34" s="18">
         <v>16</v>
       </c>
       <c r="C34" s="10">
         <v>485.4925</v>
       </c>
       <c r="D34" s="10">
         <v>479.8</v>
       </c>
       <c r="E34" s="10">
         <v>490.514</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B35" s="24">
+        <v>13</v>
+      </c>
+      <c r="B35" s="18">
         <v>16</v>
       </c>
       <c r="C35" s="10">
         <v>1870.6577</v>
       </c>
       <c r="D35" s="10">
         <v>1854.6</v>
       </c>
       <c r="E35" s="10">
         <v>1878.7</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="B36" s="25">
+        <v>24</v>
+      </c>
+      <c r="B36" s="19">
         <v>16</v>
       </c>
       <c r="C36" s="11">
         <v>2988.8955</v>
       </c>
       <c r="D36" s="11">
         <v>2972.2</v>
       </c>
       <c r="E36" s="11">
         <v>3002.3</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B39" s="24">
+        <v>11</v>
+      </c>
+      <c r="B39" s="18">
         <v>16</v>
       </c>
       <c r="C39" s="10">
         <v>3604.313</v>
       </c>
       <c r="D39" s="10">
         <v>3581.4</v>
       </c>
       <c r="E39" s="10">
         <v>3626.1785</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B40" s="24">
+        <v>12</v>
+      </c>
+      <c r="B40" s="18">
         <v>16</v>
       </c>
       <c r="C40" s="10">
         <v>2541.7798</v>
       </c>
       <c r="D40" s="10">
         <v>2505.7</v>
       </c>
       <c r="E40" s="10">
         <v>2595.4</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B41" s="24">
+        <v>13</v>
+      </c>
+      <c r="B41" s="18">
         <v>16</v>
       </c>
       <c r="C41" s="10">
         <v>5422.5721</v>
       </c>
       <c r="D41" s="10">
         <v>5250.429</v>
       </c>
       <c r="E41" s="10">
         <v>5512.7</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="B42" s="25">
+        <v>26</v>
+      </c>
+      <c r="B42" s="19">
         <v>16</v>
       </c>
       <c r="C42" s="11">
         <v>11568.6649</v>
       </c>
       <c r="D42" s="11">
         <v>11388.1869</v>
       </c>
       <c r="E42" s="11">
         <v>11693.9</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B44" s="24">
+        <v>27</v>
+      </c>
+      <c r="B44" s="18">
         <v>13</v>
       </c>
       <c r="C44" s="10">
         <v>4227.9107</v>
       </c>
       <c r="D44" s="10">
         <v>4078.086</v>
       </c>
       <c r="E44" s="10">
         <v>4319.6175</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="B45" s="24">
+        <v>28</v>
+      </c>
+      <c r="B45" s="18">
         <v>13</v>
       </c>
       <c r="C45" s="10">
         <v>-2909.3299</v>
       </c>
       <c r="D45" s="10">
         <v>-2988.7681</v>
       </c>
       <c r="E45" s="10">
         <v>-2757.9147</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="B47" s="26">
+        <v>29</v>
+      </c>
+      <c r="B47" s="20">
         <v>16</v>
       </c>
       <c r="C47" s="12">
         <v>1321.397</v>
       </c>
       <c r="D47" s="12">
         <v>1286.2</v>
       </c>
       <c r="E47" s="12">
         <v>1342</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B49" s="24">
+        <v>11</v>
+      </c>
+      <c r="B49" s="18">
         <v>16</v>
       </c>
       <c r="C49" s="10">
         <v>390.4668</v>
       </c>
       <c r="D49" s="10">
         <v>376.947</v>
       </c>
       <c r="E49" s="10">
         <v>401.4937</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B50" s="24">
+        <v>12</v>
+      </c>
+      <c r="B50" s="18">
         <v>16</v>
       </c>
       <c r="C50" s="10">
         <v>240.1201</v>
       </c>
       <c r="D50" s="10">
         <v>229.9</v>
       </c>
       <c r="E50" s="10">
         <v>253</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B51" s="24">
+        <v>13</v>
+      </c>
+      <c r="B51" s="18">
         <v>16</v>
       </c>
       <c r="C51" s="10">
         <v>694.6789</v>
       </c>
       <c r="D51" s="10">
         <v>657.4</v>
       </c>
       <c r="E51" s="10">
         <v>715.9681</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="B52" s="25">
+        <v>31</v>
+      </c>
+      <c r="B52" s="19">
         <v>16</v>
       </c>
       <c r="C52" s="11">
         <v>1325.2658</v>
       </c>
       <c r="D52" s="11">
         <v>1296.2</v>
       </c>
       <c r="E52" s="11">
         <v>1348.3343</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="B54" s="24">
+        <v>32</v>
+      </c>
+      <c r="B54" s="18">
         <v>15</v>
       </c>
       <c r="C54" s="10">
         <v>1301.4506</v>
       </c>
       <c r="D54" s="10">
         <v>1268.4</v>
       </c>
       <c r="E54" s="10">
         <v>1325.9909</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B55" s="26">
+        <v>33</v>
+      </c>
+      <c r="B55" s="20">
         <v>16</v>
       </c>
       <c r="C55" s="12">
         <v>1307.6514</v>
       </c>
       <c r="D55" s="12">
         <v>1278.4</v>
       </c>
       <c r="E55" s="12">
         <v>1334.5</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="B57" s="24">
+        <v>34</v>
+      </c>
+      <c r="B57" s="18">
         <v>15</v>
       </c>
       <c r="C57" s="10">
         <v>-352.4175</v>
       </c>
       <c r="D57" s="10">
         <v>-362.6</v>
       </c>
       <c r="E57" s="10">
         <v>-342.5</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="B58" s="26">
+        <v>35</v>
+      </c>
+      <c r="B58" s="20">
         <v>16</v>
       </c>
       <c r="C58" s="12">
         <v>-353.4697</v>
       </c>
       <c r="D58" s="12">
         <v>-360.3</v>
       </c>
       <c r="E58" s="12">
         <v>-345.2</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="B60" s="24">
+        <v>36</v>
+      </c>
+      <c r="B60" s="18">
         <v>15</v>
       </c>
       <c r="C60" s="10">
         <v>949.0964</v>
       </c>
       <c r="D60" s="10">
         <v>925.9</v>
       </c>
       <c r="E60" s="10">
         <v>968.1284000000001</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="B61" s="26">
+        <v>37</v>
+      </c>
+      <c r="B61" s="20">
         <v>16</v>
       </c>
       <c r="C61" s="12">
         <v>954.4446</v>
       </c>
       <c r="D61" s="12">
         <v>933.2</v>
       </c>
       <c r="E61" s="12">
         <v>974.4</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="B64" s="24">
+        <v>39</v>
+      </c>
+      <c r="B64" s="18">
         <v>12</v>
       </c>
       <c r="C64" s="10">
         <v>-5.1583</v>
       </c>
       <c r="D64" s="10">
         <v>-13.7</v>
       </c>
       <c r="E64" s="10">
         <v>12.7</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="B65" s="24">
+        <v>40</v>
+      </c>
+      <c r="B65" s="18">
         <v>16</v>
       </c>
       <c r="C65" s="10">
         <v>-20.5859</v>
       </c>
       <c r="D65" s="10">
         <v>-31.747</v>
       </c>
       <c r="E65" s="10">
         <v>-13.5</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="B66" s="24">
+        <v>41</v>
+      </c>
+      <c r="B66" s="18">
         <v>15</v>
       </c>
       <c r="C66" s="10">
         <v>728.6369999999999</v>
       </c>
       <c r="D66" s="10">
         <v>632.2</v>
       </c>
       <c r="E66" s="10">
         <v>856.6051</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="B67" s="24">
+        <v>42</v>
+      </c>
+      <c r="B67" s="18">
         <v>14</v>
       </c>
       <c r="C67" s="10">
         <v>451.2195</v>
       </c>
       <c r="D67" s="10">
         <v>404.7</v>
       </c>
       <c r="E67" s="10">
         <v>577.5</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="B69" s="24">
+        <v>43</v>
+      </c>
+      <c r="B69" s="18">
         <v>15</v>
       </c>
       <c r="C69" s="13">
         <v>2.6286</v>
       </c>
       <c r="D69" s="13">
         <v>2.57</v>
       </c>
       <c r="E69" s="13">
         <v>2.6775</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="B70" s="26">
+        <v>44</v>
+      </c>
+      <c r="B70" s="20">
         <v>16</v>
       </c>
       <c r="C70" s="14">
         <v>2.6411</v>
       </c>
       <c r="D70" s="14">
         <v>2.59</v>
       </c>
       <c r="E70" s="14">
         <v>2.7</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B71" s="26">
+        <v>45</v>
+      </c>
+      <c r="B71" s="20">
         <v>15</v>
       </c>
       <c r="C71" s="14">
         <v>1.1747</v>
       </c>
       <c r="D71" s="14">
         <v>1.0318</v>
       </c>
       <c r="E71" s="14">
         <v>1.22</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="B73" s="26">
+        <v>46</v>
+      </c>
+      <c r="B73" s="20">
         <v>16</v>
       </c>
       <c r="C73" s="14">
         <v>678.9536000000001</v>
       </c>
       <c r="D73" s="14">
         <v>484.72</v>
       </c>
       <c r="E73" s="14">
         <v>947.6143</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="B76" s="27">
+        <v>48</v>
+      </c>
+      <c r="B76" s="21">
         <v>13</v>
       </c>
       <c r="C76" s="15">
         <v>36.5489</v>
       </c>
       <c r="D76" s="15">
         <v>35.8098</v>
       </c>
       <c r="E76" s="15">
         <v>37.4041</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="B77" s="27">
+        <v>49</v>
+      </c>
+      <c r="B77" s="21">
         <v>13</v>
       </c>
       <c r="C77" s="15">
         <v>25.1496</v>
       </c>
       <c r="D77" s="15">
         <v>24.2173</v>
       </c>
       <c r="E77" s="15">
         <v>25.9781</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="B78" s="27">
+        <v>50</v>
+      </c>
+      <c r="B78" s="21">
         <v>16</v>
       </c>
       <c r="C78" s="15">
         <v>11.4558</v>
       </c>
       <c r="D78" s="15">
         <v>11.2277</v>
       </c>
       <c r="E78" s="15">
         <v>11.6579</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="B79" s="27">
+        <v>51</v>
+      </c>
+      <c r="B79" s="21">
         <v>16</v>
       </c>
       <c r="C79" s="15">
         <v>27.031</v>
       </c>
       <c r="D79" s="15">
         <v>26.9327</v>
       </c>
       <c r="E79" s="15">
         <v>27.3322</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="B80" s="27">
+        <v>52</v>
+      </c>
+      <c r="B80" s="21">
         <v>15</v>
       </c>
       <c r="C80" s="15">
         <v>6.3049</v>
       </c>
       <c r="D80" s="15">
         <v>5.4498</v>
       </c>
       <c r="E80" s="15">
         <v>7.5219</v>
       </c>
     </row>
     <row r="82" spans="1:5">
-      <c r="A82" s="22" t="s">
-        <v>54</v>
+      <c r="A82" s="16" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
-      <c r="A102" s="23" t="s">
-        <v>67</v>
+      <c r="A102" s="17" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -4055,1277 +3891,1277 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B8" s="24">
+        <v>11</v>
+      </c>
+      <c r="B8" s="18">
         <v>16</v>
       </c>
       <c r="C8" s="10">
         <v>0.3479</v>
       </c>
       <c r="D8" s="10">
         <v>-0.8</v>
       </c>
       <c r="E8" s="10">
         <v>1.5533</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B9" s="24">
+        <v>12</v>
+      </c>
+      <c r="B9" s="18">
         <v>16</v>
       </c>
       <c r="C9" s="10">
         <v>1.1631</v>
       </c>
       <c r="D9" s="10">
         <v>-1.1</v>
       </c>
       <c r="E9" s="10">
         <v>3.1873</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B10" s="24">
+        <v>13</v>
+      </c>
+      <c r="B10" s="18">
         <v>16</v>
       </c>
       <c r="C10" s="10">
         <v>3.6829</v>
       </c>
       <c r="D10" s="10">
         <v>1.9</v>
       </c>
       <c r="E10" s="10">
         <v>4.6</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B11" s="25">
+        <v>14</v>
+      </c>
+      <c r="B11" s="19">
         <v>16</v>
       </c>
       <c r="C11" s="11">
         <v>2.5262</v>
       </c>
       <c r="D11" s="11">
         <v>1.4</v>
       </c>
       <c r="E11" s="11">
         <v>3.4</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B14" s="24">
+        <v>11</v>
+      </c>
+      <c r="B14" s="18">
         <v>15</v>
       </c>
       <c r="C14" s="10">
         <v>2.1812</v>
       </c>
       <c r="D14" s="10">
         <v>1</v>
       </c>
       <c r="E14" s="10">
         <v>3.6</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B15" s="24">
+        <v>12</v>
+      </c>
+      <c r="B15" s="18">
         <v>15</v>
       </c>
       <c r="C15" s="10">
         <v>3.8132</v>
       </c>
       <c r="D15" s="10">
         <v>1.8412</v>
       </c>
       <c r="E15" s="10">
         <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B16" s="24">
+        <v>13</v>
+      </c>
+      <c r="B16" s="18">
         <v>15</v>
       </c>
       <c r="C16" s="10">
         <v>6.5256</v>
       </c>
       <c r="D16" s="10">
         <v>3.2337</v>
       </c>
       <c r="E16" s="10">
         <v>8.4</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B17" s="25">
+        <v>16</v>
+      </c>
+      <c r="B17" s="19">
         <v>15</v>
       </c>
       <c r="C17" s="11">
         <v>4.079</v>
       </c>
       <c r="D17" s="11">
         <v>2.435</v>
       </c>
       <c r="E17" s="11">
         <v>5.1</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B20" s="24">
+        <v>11</v>
+      </c>
+      <c r="B20" s="18">
         <v>16</v>
       </c>
       <c r="C20" s="10">
         <v>2.5516</v>
       </c>
       <c r="D20" s="10">
         <v>1.2</v>
       </c>
       <c r="E20" s="10">
         <v>4.1</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B21" s="24">
+        <v>12</v>
+      </c>
+      <c r="B21" s="18">
         <v>16</v>
       </c>
       <c r="C21" s="10">
         <v>5.041</v>
       </c>
       <c r="D21" s="10">
         <v>2.5</v>
       </c>
       <c r="E21" s="10">
         <v>6.7</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="B22" s="24">
+        <v>18</v>
+      </c>
+      <c r="B22" s="18">
         <v>16</v>
       </c>
       <c r="C22" s="10">
         <v>10.3335</v>
       </c>
       <c r="D22" s="10">
         <v>7.6859</v>
       </c>
       <c r="E22" s="10">
         <v>12.7</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="B23" s="26">
+        <v>19</v>
+      </c>
+      <c r="B23" s="20">
         <v>16</v>
       </c>
       <c r="C23" s="12">
         <v>6.6601</v>
       </c>
       <c r="D23" s="12">
         <v>5.6322</v>
       </c>
       <c r="E23" s="12">
         <v>8.4</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B26" s="24">
+        <v>11</v>
+      </c>
+      <c r="B26" s="18">
         <v>16</v>
       </c>
       <c r="C26" s="10">
         <v>8.082599999999999</v>
       </c>
       <c r="D26" s="10">
         <v>1.7626</v>
       </c>
       <c r="E26" s="10">
         <v>13.2377</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B27" s="24">
+        <v>12</v>
+      </c>
+      <c r="B27" s="18">
         <v>16</v>
       </c>
       <c r="C27" s="10">
         <v>11.4129</v>
       </c>
       <c r="D27" s="10">
         <v>-0.9</v>
       </c>
       <c r="E27" s="10">
         <v>22.5</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B28" s="24">
+        <v>13</v>
+      </c>
+      <c r="B28" s="18">
         <v>16</v>
       </c>
       <c r="C28" s="10">
         <v>12.4692</v>
       </c>
       <c r="D28" s="10">
         <v>2.2</v>
       </c>
       <c r="E28" s="10">
         <v>19.2</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B29" s="26">
+        <v>21</v>
+      </c>
+      <c r="B29" s="20">
         <v>16</v>
       </c>
       <c r="C29" s="12">
         <v>10.5748</v>
       </c>
       <c r="D29" s="12">
         <v>6.8</v>
       </c>
       <c r="E29" s="12">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B33" s="24">
+        <v>11</v>
+      </c>
+      <c r="B33" s="18">
         <v>16</v>
       </c>
       <c r="C33" s="10">
         <v>326.1525</v>
       </c>
       <c r="D33" s="10">
         <v>322.5</v>
       </c>
       <c r="E33" s="10">
         <v>330.0481</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B34" s="24">
+        <v>12</v>
+      </c>
+      <c r="B34" s="18">
         <v>16</v>
       </c>
       <c r="C34" s="10">
         <v>251.1939</v>
       </c>
       <c r="D34" s="10">
         <v>245.5</v>
       </c>
       <c r="E34" s="10">
         <v>256.214</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B35" s="24">
+        <v>13</v>
+      </c>
+      <c r="B35" s="18">
         <v>16</v>
       </c>
       <c r="C35" s="10">
         <v>948.1616</v>
       </c>
       <c r="D35" s="10">
         <v>932.1</v>
       </c>
       <c r="E35" s="10">
         <v>956.2</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="B36" s="25">
+        <v>24</v>
+      </c>
+      <c r="B36" s="19">
         <v>16</v>
       </c>
       <c r="C36" s="11">
         <v>1525.508</v>
       </c>
       <c r="D36" s="11">
         <v>1508.8</v>
       </c>
       <c r="E36" s="11">
         <v>1538.9</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B39" s="24">
+        <v>11</v>
+      </c>
+      <c r="B39" s="18">
         <v>16</v>
       </c>
       <c r="C39" s="10">
         <v>1834.6145</v>
       </c>
       <c r="D39" s="10">
         <v>1811.7</v>
       </c>
       <c r="E39" s="10">
         <v>1856.4785</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B40" s="24">
+        <v>12</v>
+      </c>
+      <c r="B40" s="18">
         <v>16</v>
       </c>
       <c r="C40" s="10">
         <v>1343.1099</v>
       </c>
       <c r="D40" s="10">
         <v>1307</v>
       </c>
       <c r="E40" s="10">
         <v>1396.7</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B41" s="24">
+        <v>13</v>
+      </c>
+      <c r="B41" s="18">
         <v>16</v>
       </c>
       <c r="C41" s="10">
         <v>2770.6725</v>
       </c>
       <c r="D41" s="10">
         <v>2598.5</v>
       </c>
       <c r="E41" s="10">
         <v>2860.8</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="B42" s="25">
+        <v>26</v>
+      </c>
+      <c r="B42" s="19">
         <v>16</v>
       </c>
       <c r="C42" s="11">
         <v>5948.3969</v>
       </c>
       <c r="D42" s="11">
         <v>5767.9</v>
       </c>
       <c r="E42" s="11">
         <v>6073.6</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B44" s="24">
+        <v>27</v>
+      </c>
+      <c r="B44" s="18">
         <v>13</v>
       </c>
       <c r="C44" s="10">
         <v>2150.9205</v>
       </c>
       <c r="D44" s="10">
         <v>1932.2</v>
       </c>
       <c r="E44" s="10">
         <v>2258.0175</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="B45" s="24">
+        <v>28</v>
+      </c>
+      <c r="B45" s="18">
         <v>13</v>
       </c>
       <c r="C45" s="10">
         <v>-1502.1596</v>
       </c>
       <c r="D45" s="10">
         <v>-1576.9681</v>
       </c>
       <c r="E45" s="10">
         <v>-1346.1</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="B47" s="26">
+        <v>29</v>
+      </c>
+      <c r="B47" s="20">
         <v>16</v>
       </c>
       <c r="C47" s="12">
         <v>674.3253</v>
       </c>
       <c r="D47" s="12">
         <v>641.6</v>
       </c>
       <c r="E47" s="12">
         <v>695.7343</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B49" s="24">
+        <v>11</v>
+      </c>
+      <c r="B49" s="18">
         <v>16</v>
       </c>
       <c r="C49" s="10">
         <v>208.9771</v>
       </c>
       <c r="D49" s="10">
         <v>195.947</v>
       </c>
       <c r="E49" s="10">
         <v>219.9937</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B50" s="24">
+        <v>12</v>
+      </c>
+      <c r="B50" s="18">
         <v>16</v>
       </c>
       <c r="C50" s="10">
         <v>122.1208</v>
       </c>
       <c r="D50" s="10">
         <v>111.9</v>
       </c>
       <c r="E50" s="10">
         <v>135</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B51" s="24">
+        <v>13</v>
+      </c>
+      <c r="B51" s="18">
         <v>16</v>
       </c>
       <c r="C51" s="10">
         <v>344.3836</v>
       </c>
       <c r="D51" s="10">
         <v>307.1</v>
       </c>
       <c r="E51" s="10">
         <v>365.7</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="B52" s="25">
+        <v>31</v>
+      </c>
+      <c r="B52" s="19">
         <v>16</v>
       </c>
       <c r="C52" s="11">
         <v>675.4815</v>
       </c>
       <c r="D52" s="11">
         <v>646.4</v>
       </c>
       <c r="E52" s="11">
         <v>698.5343</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="B54" s="24">
+        <v>32</v>
+      </c>
+      <c r="B54" s="18">
         <v>15</v>
       </c>
       <c r="C54" s="10">
         <v>657.6038</v>
       </c>
       <c r="D54" s="10">
         <v>623.8</v>
       </c>
       <c r="E54" s="10">
         <v>681.3909</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B55" s="26">
+        <v>33</v>
+      </c>
+      <c r="B55" s="20">
         <v>16</v>
       </c>
       <c r="C55" s="12">
         <v>657.9438</v>
       </c>
       <c r="D55" s="12">
         <v>628.6</v>
       </c>
       <c r="E55" s="12">
         <v>684.7</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="B57" s="24">
+        <v>34</v>
+      </c>
+      <c r="B57" s="18">
         <v>15</v>
       </c>
       <c r="C57" s="10">
         <v>-178.3196</v>
       </c>
       <c r="D57" s="10">
         <v>-188.5</v>
       </c>
       <c r="E57" s="10">
         <v>-168.4</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="B58" s="26">
+        <v>35</v>
+      </c>
+      <c r="B58" s="20">
         <v>16</v>
       </c>
       <c r="C58" s="12">
         <v>-178.2748</v>
       </c>
       <c r="D58" s="12">
         <v>-185.1</v>
       </c>
       <c r="E58" s="12">
         <v>-170</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="B60" s="24">
+        <v>36</v>
+      </c>
+      <c r="B60" s="18">
         <v>15</v>
       </c>
       <c r="C60" s="10">
         <v>479.1975</v>
       </c>
       <c r="D60" s="10">
         <v>455.4</v>
       </c>
       <c r="E60" s="10">
         <v>497.5284</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="B61" s="26">
+        <v>37</v>
+      </c>
+      <c r="B61" s="20">
         <v>16</v>
       </c>
       <c r="C61" s="12">
         <v>479.7225</v>
       </c>
       <c r="D61" s="12">
         <v>458.6</v>
       </c>
       <c r="E61" s="12">
         <v>499.7</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="B64" s="24">
+        <v>39</v>
+      </c>
+      <c r="B64" s="18">
         <v>12</v>
       </c>
       <c r="C64" s="10">
         <v>-1.5417</v>
       </c>
       <c r="D64" s="10">
         <v>-8.5</v>
       </c>
       <c r="E64" s="10">
         <v>7.5</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="B65" s="24">
+        <v>40</v>
+      </c>
+      <c r="B65" s="18">
         <v>16</v>
       </c>
       <c r="C65" s="10">
         <v>-19.2836</v>
       </c>
       <c r="D65" s="10">
         <v>-30.4</v>
       </c>
       <c r="E65" s="10">
         <v>-12.2</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="B66" s="24">
+        <v>41</v>
+      </c>
+      <c r="B66" s="18">
         <v>8</v>
       </c>
       <c r="C66" s="10">
         <v>477.9534</v>
       </c>
       <c r="D66" s="10">
         <v>416.7</v>
       </c>
       <c r="E66" s="10">
         <v>546.9329</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="B67" s="24">
+        <v>42</v>
+      </c>
+      <c r="B67" s="18">
         <v>9</v>
       </c>
       <c r="C67" s="10">
         <v>234.0246</v>
       </c>
       <c r="D67" s="10">
         <v>201</v>
       </c>
       <c r="E67" s="10">
         <v>269.1523</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="B69" s="24">
+        <v>43</v>
+      </c>
+      <c r="B69" s="18">
         <v>15</v>
       </c>
       <c r="C69" s="13">
         <v>1.3322</v>
       </c>
       <c r="D69" s="13">
         <v>1.28</v>
       </c>
       <c r="E69" s="13">
         <v>1.3727</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="B70" s="26">
+        <v>44</v>
+      </c>
+      <c r="B70" s="20">
         <v>16</v>
       </c>
       <c r="C70" s="14">
         <v>1.333</v>
       </c>
       <c r="D70" s="14">
         <v>1.29</v>
       </c>
       <c r="E70" s="14">
         <v>1.39</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B71" s="26">
+        <v>45</v>
+      </c>
+      <c r="B71" s="20">
         <v>3</v>
       </c>
       <c r="C71" s="14">
         <v>1.0013</v>
       </c>
       <c r="D71" s="14">
         <v>0.624</v>
       </c>
       <c r="E71" s="14">
         <v>1.2</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="B73" s="26">
+        <v>46</v>
+      </c>
+      <c r="B73" s="20">
         <v>7</v>
       </c>
       <c r="C73" s="14">
         <v>471.4931</v>
       </c>
       <c r="D73" s="14">
         <v>281.24</v>
       </c>
       <c r="E73" s="14">
         <v>668.3099999999999</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="B76" s="27">
+        <v>48</v>
+      </c>
+      <c r="B76" s="21">
         <v>13</v>
       </c>
       <c r="C76" s="15">
         <v>36.1623</v>
       </c>
       <c r="D76" s="15">
         <v>32.5802</v>
       </c>
       <c r="E76" s="15">
         <v>38.0956</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="B77" s="27">
+        <v>49</v>
+      </c>
+      <c r="B77" s="21">
         <v>13</v>
       </c>
       <c r="C77" s="15">
         <v>25.2539</v>
       </c>
       <c r="D77" s="15">
         <v>23.3378</v>
       </c>
       <c r="E77" s="15">
         <v>26.7995</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="B78" s="27">
+        <v>50</v>
+      </c>
+      <c r="B78" s="21">
         <v>16</v>
       </c>
       <c r="C78" s="15">
         <v>11.3563</v>
       </c>
       <c r="D78" s="15">
         <v>10.9108</v>
       </c>
       <c r="E78" s="15">
         <v>11.7479</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="B79" s="27">
+        <v>51</v>
+      </c>
+      <c r="B79" s="21">
         <v>16</v>
       </c>
       <c r="C79" s="15">
         <v>27.0962</v>
       </c>
       <c r="D79" s="15">
         <v>26.9039</v>
       </c>
       <c r="E79" s="15">
         <v>27.6942</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="B80" s="27">
+        <v>52</v>
+      </c>
+      <c r="B80" s="21">
         <v>8</v>
       </c>
       <c r="C80" s="15">
         <v>8.0204</v>
       </c>
       <c r="D80" s="15">
         <v>6.9998</v>
       </c>
       <c r="E80" s="15">
         <v>9.3108</v>
       </c>
     </row>
     <row r="82" spans="1:5">
-      <c r="A82" s="22" t="s">
-        <v>54</v>
+      <c r="A82" s="16" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
-      <c r="A102" s="23" t="s">
-        <v>67</v>
+      <c r="A102" s="17" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -5364,1277 +5200,1277 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>11</v>
+      </c>
+      <c r="B8" s="18">
+        <v>16</v>
       </c>
       <c r="C8" s="10">
-        <v>-0.1417</v>
+        <v>0.6739000000000001</v>
       </c>
       <c r="D8" s="10">
-        <v>-1.684</v>
+        <v>-0.9515</v>
       </c>
       <c r="E8" s="10">
-        <v>1.0594</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>12</v>
+      </c>
+      <c r="B9" s="18">
+        <v>16</v>
       </c>
       <c r="C9" s="10">
-        <v>0.2699</v>
+        <v>1.7211</v>
       </c>
       <c r="D9" s="10">
-        <v>-2</v>
+        <v>0.5755</v>
       </c>
       <c r="E9" s="10">
-        <v>1.5113</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="B10" s="18">
+        <v>16</v>
       </c>
       <c r="C10" s="10">
-        <v>2.9674</v>
+        <v>3.8563</v>
       </c>
       <c r="D10" s="10">
-        <v>1.335</v>
+        <v>2</v>
       </c>
       <c r="E10" s="10">
-        <v>5</v>
+        <v>6.2736</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>14</v>
+      </c>
+      <c r="B11" s="19">
+        <v>16</v>
       </c>
       <c r="C11" s="11">
-        <v>1.8078</v>
+        <v>2.8308</v>
       </c>
       <c r="D11" s="11">
-        <v>0.7728</v>
+        <v>1.5</v>
       </c>
       <c r="E11" s="11">
-        <v>2.7928</v>
+        <v>4.4701</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>11</v>
+      </c>
+      <c r="B14" s="18">
+        <v>15</v>
       </c>
       <c r="C14" s="10">
-        <v>2.321</v>
+        <v>2.3044</v>
       </c>
       <c r="D14" s="10">
-        <v>1.7</v>
+        <v>1</v>
       </c>
       <c r="E14" s="10">
-        <v>3.5</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="18">
+        <v>15</v>
       </c>
       <c r="C15" s="10">
-        <v>4.1799</v>
+        <v>3.338</v>
       </c>
       <c r="D15" s="10">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="E15" s="10">
-        <v>5.2</v>
+        <v>4.4485</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>13</v>
+      </c>
+      <c r="B16" s="18">
+        <v>15</v>
       </c>
       <c r="C16" s="10">
-        <v>7.1657</v>
+        <v>5.3043</v>
       </c>
       <c r="D16" s="10">
-        <v>5</v>
+        <v>3.25</v>
       </c>
       <c r="E16" s="10">
-        <v>9.465999999999999</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>16</v>
+      </c>
+      <c r="B17" s="19">
+        <v>15</v>
       </c>
       <c r="C17" s="11">
-        <v>4.4484</v>
+        <v>3.4749</v>
       </c>
       <c r="D17" s="11">
-        <v>3.4018</v>
+        <v>2.0274</v>
       </c>
       <c r="E17" s="11">
-        <v>5.8982</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>11</v>
+      </c>
+      <c r="B20" s="18">
+        <v>16</v>
       </c>
       <c r="C20" s="10">
-        <v>2.1229</v>
+        <v>2.9005</v>
       </c>
       <c r="D20" s="10">
-        <v>0.7739</v>
+        <v>1.5711</v>
       </c>
       <c r="E20" s="10">
-        <v>3.828</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>12</v>
+      </c>
+      <c r="B21" s="18">
+        <v>16</v>
       </c>
       <c r="C21" s="10">
-        <v>4.5185</v>
+        <v>5.0849</v>
       </c>
       <c r="D21" s="10">
-        <v>1.5</v>
+        <v>3.1942</v>
       </c>
       <c r="E21" s="10">
-        <v>6.778</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>18</v>
+      </c>
+      <c r="B22" s="18">
+        <v>16</v>
       </c>
       <c r="C22" s="10">
-        <v>10.2113</v>
+        <v>9.442500000000001</v>
       </c>
       <c r="D22" s="10">
-        <v>7</v>
+        <v>7.4956</v>
       </c>
       <c r="E22" s="10">
-        <v>12.75</v>
+        <v>11.2</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>19</v>
+      </c>
+      <c r="B23" s="20">
+        <v>16</v>
       </c>
       <c r="C23" s="12">
-        <v>6.2668</v>
+        <v>6.4361</v>
       </c>
       <c r="D23" s="12">
-        <v>5.0283</v>
+        <v>5.7</v>
       </c>
       <c r="E23" s="12">
-        <v>7.9289</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>12</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>11</v>
+      </c>
+      <c r="B26" s="18">
+        <v>16</v>
+      </c>
+      <c r="C26" s="10">
+        <v>5.9967</v>
+      </c>
+      <c r="D26" s="10">
+        <v>1.8328</v>
+      </c>
+      <c r="E26" s="10">
+        <v>17.6874</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>12</v>
+      </c>
+      <c r="B27" s="18">
+        <v>16</v>
+      </c>
+      <c r="C27" s="10">
+        <v>9.123799999999999</v>
+      </c>
+      <c r="D27" s="10">
+        <v>3.6</v>
+      </c>
+      <c r="E27" s="10">
+        <v>15.1106</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>13</v>
+      </c>
+      <c r="B28" s="18">
+        <v>16</v>
+      </c>
+      <c r="C28" s="10">
+        <v>11.6518</v>
+      </c>
+      <c r="D28" s="10">
+        <v>7.6442</v>
+      </c>
+      <c r="E28" s="10">
+        <v>15.7</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>22</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>21</v>
+      </c>
+      <c r="B29" s="20">
+        <v>16</v>
+      </c>
+      <c r="C29" s="12">
+        <v>9.5108</v>
+      </c>
+      <c r="D29" s="12">
+        <v>6.8</v>
+      </c>
+      <c r="E29" s="12">
+        <v>12.5</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>11</v>
+      </c>
+      <c r="B33" s="18">
+        <v>16</v>
       </c>
       <c r="C33" s="10">
-        <v>184.4998</v>
+        <v>637.0771</v>
       </c>
       <c r="D33" s="10">
-        <v>181.7864</v>
+        <v>625.253</v>
       </c>
       <c r="E33" s="10">
-        <v>186.8588</v>
+        <v>646.7995</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>12</v>
+      </c>
+      <c r="B34" s="18">
+        <v>16</v>
       </c>
       <c r="C34" s="10">
-        <v>133.156</v>
+        <v>493.863</v>
       </c>
       <c r="D34" s="10">
-        <v>130.1</v>
+        <v>486.0261</v>
       </c>
       <c r="E34" s="10">
-        <v>134.807</v>
+        <v>503.4</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="B35" s="18">
+        <v>16</v>
       </c>
       <c r="C35" s="10">
-        <v>514.4063</v>
+        <v>1944.1772</v>
       </c>
       <c r="D35" s="10">
-        <v>506.2697</v>
+        <v>1891.7</v>
       </c>
       <c r="E35" s="10">
-        <v>524.6</v>
+        <v>1994.1603</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>24</v>
+      </c>
+      <c r="B36" s="19">
+        <v>16</v>
       </c>
       <c r="C36" s="11">
-        <v>832.0621</v>
+        <v>3075.1173</v>
       </c>
       <c r="D36" s="11">
-        <v>823.616</v>
+        <v>3015.4</v>
       </c>
       <c r="E36" s="11">
-        <v>840.1258</v>
+        <v>3131.6793</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>11</v>
+      </c>
+      <c r="B39" s="18">
+        <v>16</v>
       </c>
       <c r="C39" s="10">
-        <v>1022.8631</v>
+        <v>3708.755</v>
       </c>
       <c r="D39" s="10">
-        <v>1012.3</v>
+        <v>3645.5</v>
       </c>
       <c r="E39" s="10">
-        <v>1037.1379</v>
+        <v>3785.2985</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>12</v>
+      </c>
+      <c r="B40" s="18">
+        <v>16</v>
       </c>
       <c r="C40" s="10">
-        <v>712.7987000000001</v>
+        <v>2676.9901</v>
       </c>
       <c r="D40" s="10">
-        <v>689.9</v>
+        <v>2630.9543</v>
       </c>
       <c r="E40" s="10">
-        <v>739.4</v>
+        <v>2735.9</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>13</v>
+      </c>
+      <c r="B41" s="18">
+        <v>16</v>
       </c>
       <c r="C41" s="10">
-        <v>1490.9801</v>
+        <v>5855.7499</v>
       </c>
       <c r="D41" s="10">
-        <v>1372.2731</v>
+        <v>5668.4549</v>
       </c>
       <c r="E41" s="10">
-        <v>1533.7</v>
+        <v>6105.3</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>26</v>
+      </c>
+      <c r="B42" s="19">
+        <v>16</v>
       </c>
       <c r="C42" s="11">
-        <v>3226.6419</v>
+        <v>12241.495</v>
       </c>
       <c r="D42" s="11">
-        <v>3088.3547</v>
+        <v>12018.256</v>
       </c>
       <c r="E42" s="11">
-        <v>3289.5658</v>
+        <v>12568.4</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>28</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>27</v>
+      </c>
+      <c r="B44" s="18">
+        <v>13</v>
+      </c>
+      <c r="C44" s="10">
+        <v>4525.6815</v>
+      </c>
+      <c r="D44" s="10">
+        <v>4375.3</v>
+      </c>
+      <c r="E44" s="10">
+        <v>4710.4</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>29</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>28</v>
+      </c>
+      <c r="B45" s="18">
+        <v>13</v>
+      </c>
+      <c r="C45" s="10">
+        <v>-3095.5329</v>
+      </c>
+      <c r="D45" s="10">
+        <v>-3244.9</v>
+      </c>
+      <c r="E45" s="10">
+        <v>-2946.7475</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>30</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>29</v>
+      </c>
+      <c r="B47" s="20">
+        <v>16</v>
+      </c>
+      <c r="C47" s="12">
+        <v>1438.0672</v>
+      </c>
+      <c r="D47" s="12">
+        <v>1377.9</v>
+      </c>
+      <c r="E47" s="12">
+        <v>1506.6</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>12</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>11</v>
+      </c>
+      <c r="B49" s="18">
+        <v>16</v>
+      </c>
+      <c r="C49" s="10">
+        <v>412.1577</v>
+      </c>
+      <c r="D49" s="10">
+        <v>393.5524</v>
+      </c>
+      <c r="E49" s="10">
+        <v>443.899</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>12</v>
+      </c>
+      <c r="B50" s="18">
+        <v>16</v>
+      </c>
+      <c r="C50" s="10">
+        <v>261.9289</v>
+      </c>
+      <c r="D50" s="10">
+        <v>242.7</v>
+      </c>
+      <c r="E50" s="10">
+        <v>280.593</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>13</v>
+      </c>
+      <c r="B51" s="18">
+        <v>16</v>
+      </c>
+      <c r="C51" s="10">
+        <v>765.8962</v>
+      </c>
+      <c r="D51" s="10">
+        <v>700</v>
+      </c>
+      <c r="E51" s="10">
+        <v>807.4</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>32</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>31</v>
+      </c>
+      <c r="B52" s="19">
+        <v>16</v>
+      </c>
+      <c r="C52" s="11">
+        <v>1439.9828</v>
+      </c>
+      <c r="D52" s="11">
+        <v>1387.9</v>
+      </c>
+      <c r="E52" s="11">
+        <v>1491.6</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>33</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>32</v>
+      </c>
+      <c r="B54" s="18">
+        <v>15</v>
+      </c>
+      <c r="C54" s="10">
+        <v>1402.404</v>
+      </c>
+      <c r="D54" s="10">
+        <v>1340.2</v>
+      </c>
+      <c r="E54" s="10">
+        <v>1439.9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>34</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>33</v>
+      </c>
+      <c r="B55" s="20">
+        <v>16</v>
+      </c>
+      <c r="C55" s="12">
+        <v>1399.248</v>
+      </c>
+      <c r="D55" s="12">
+        <v>1324.5</v>
+      </c>
+      <c r="E55" s="12">
+        <v>1454.9</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>35</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>34</v>
+      </c>
+      <c r="B57" s="18">
+        <v>15</v>
+      </c>
+      <c r="C57" s="10">
+        <v>-377.2397</v>
+      </c>
+      <c r="D57" s="10">
+        <v>-387.3</v>
+      </c>
+      <c r="E57" s="10">
+        <v>-361.9</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>36</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>35</v>
+      </c>
+      <c r="B58" s="20">
+        <v>16</v>
+      </c>
+      <c r="C58" s="12">
+        <v>-378.0875</v>
+      </c>
+      <c r="D58" s="12">
+        <v>-391.4</v>
+      </c>
+      <c r="E58" s="12">
+        <v>-364.6</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>36</v>
+      </c>
+      <c r="B60" s="18">
+        <v>15</v>
+      </c>
+      <c r="C60" s="10">
+        <v>1025.1681</v>
+      </c>
+      <c r="D60" s="10">
+        <v>978.3</v>
+      </c>
+      <c r="E60" s="10">
+        <v>1053.6006</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>37</v>
+      </c>
+      <c r="B61" s="20">
+        <v>16</v>
+      </c>
+      <c r="C61" s="12">
+        <v>1027.5153</v>
+      </c>
+      <c r="D61" s="12">
+        <v>985.6</v>
+      </c>
+      <c r="E61" s="12">
+        <v>1062.9</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>40</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>39</v>
+      </c>
+      <c r="B64" s="18">
+        <v>12</v>
+      </c>
+      <c r="C64" s="10">
+        <v>-2.5542</v>
+      </c>
+      <c r="D64" s="10">
+        <v>-11.55</v>
+      </c>
+      <c r="E64" s="10">
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>41</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>40</v>
+      </c>
+      <c r="B65" s="18">
+        <v>16</v>
+      </c>
+      <c r="C65" s="10">
+        <v>-37.6803</v>
+      </c>
+      <c r="D65" s="10">
+        <v>-60.3202</v>
+      </c>
+      <c r="E65" s="10">
+        <v>-18.8024</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>42</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>41</v>
+      </c>
+      <c r="B66" s="18">
+        <v>16</v>
+      </c>
+      <c r="C66" s="10">
+        <v>785.6923</v>
+      </c>
+      <c r="D66" s="10">
+        <v>652.9</v>
+      </c>
+      <c r="E66" s="10">
+        <v>907.0392000000001</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>43</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>42</v>
+      </c>
+      <c r="B67" s="18">
+        <v>15</v>
+      </c>
+      <c r="C67" s="10">
+        <v>481.2926</v>
+      </c>
+      <c r="D67" s="10">
+        <v>412.8</v>
+      </c>
+      <c r="E67" s="10">
+        <v>615.1625</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>44</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>43</v>
+      </c>
+      <c r="B69" s="18">
+        <v>15</v>
+      </c>
+      <c r="C69" s="13">
+        <v>2.8626</v>
+      </c>
+      <c r="D69" s="13">
+        <v>2.72</v>
+      </c>
+      <c r="E69" s="13">
+        <v>3.0755</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>45</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>44</v>
+      </c>
+      <c r="B70" s="20">
+        <v>16</v>
+      </c>
+      <c r="C70" s="14">
+        <v>2.8666</v>
+      </c>
+      <c r="D70" s="14">
+        <v>2.74</v>
+      </c>
+      <c r="E70" s="14">
+        <v>3.0817</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>46</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>45</v>
+      </c>
+      <c r="B71" s="20">
+        <v>16</v>
+      </c>
+      <c r="C71" s="14">
+        <v>1.2812</v>
+      </c>
+      <c r="D71" s="14">
+        <v>1.1142</v>
+      </c>
+      <c r="E71" s="14">
+        <v>1.3868</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>47</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>46</v>
+      </c>
+      <c r="B73" s="20">
+        <v>15</v>
+      </c>
+      <c r="C73" s="14">
+        <v>702.3463</v>
+      </c>
+      <c r="D73" s="14">
+        <v>561.2509</v>
+      </c>
+      <c r="E73" s="14">
+        <v>819.9321</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>49</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>48</v>
+      </c>
+      <c r="B76" s="21">
+        <v>13</v>
+      </c>
+      <c r="C76" s="15">
+        <v>36.9687</v>
+      </c>
+      <c r="D76" s="15">
+        <v>35.9238</v>
+      </c>
+      <c r="E76" s="15">
+        <v>38.0495</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>50</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>49</v>
+      </c>
+      <c r="B77" s="21">
+        <v>13</v>
+      </c>
+      <c r="C77" s="15">
+        <v>25.2852</v>
+      </c>
+      <c r="D77" s="15">
+        <v>24.416</v>
+      </c>
+      <c r="E77" s="15">
+        <v>26.3744</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>51</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>50</v>
+      </c>
+      <c r="B78" s="21">
+        <v>16</v>
+      </c>
+      <c r="C78" s="15">
+        <v>11.7634</v>
+      </c>
+      <c r="D78" s="15">
+        <v>11.4542</v>
+      </c>
+      <c r="E78" s="15">
+        <v>12.0631</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>52</v>
-[...11 lines deleted...]
-        <v>88</v>
+        <v>51</v>
+      </c>
+      <c r="B79" s="21">
+        <v>16</v>
+      </c>
+      <c r="C79" s="15">
+        <v>27.0271</v>
+      </c>
+      <c r="D79" s="15">
+        <v>26</v>
+      </c>
+      <c r="E79" s="15">
+        <v>28.4636</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B80" s="21">
+        <v>16</v>
+      </c>
+      <c r="C80" s="15">
+        <v>6.4175</v>
+      </c>
+      <c r="D80" s="15">
+        <v>5.3883</v>
+      </c>
+      <c r="E80" s="15">
+        <v>7.5472</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" s="16" t="s">
         <v>53</v>
-      </c>
-[...15 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
-      <c r="A102" s="23" t="s">
-        <v>67</v>
+      <c r="A102" s="17" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -6673,1277 +6509,1277 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>11</v>
+      </c>
+      <c r="B8" s="18">
+        <v>15</v>
       </c>
       <c r="C8" s="10">
-        <v>0.6739000000000001</v>
+        <v>1.0273</v>
       </c>
       <c r="D8" s="10">
-        <v>-0.9515</v>
+        <v>0.2</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>12</v>
+      </c>
+      <c r="B9" s="18">
+        <v>15</v>
       </c>
       <c r="C9" s="10">
-        <v>1.7211</v>
+        <v>2.0644</v>
       </c>
       <c r="D9" s="10">
-        <v>0.5755</v>
+        <v>1</v>
       </c>
       <c r="E9" s="10">
         <v>3.2</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>13</v>
+      </c>
+      <c r="B10" s="18">
+        <v>15</v>
       </c>
       <c r="C10" s="10">
-        <v>3.8563</v>
+        <v>3.7658</v>
       </c>
       <c r="D10" s="10">
         <v>2</v>
       </c>
       <c r="E10" s="10">
-        <v>6.2736</v>
+        <v>6.0248</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="19">
         <v>15</v>
       </c>
-      <c r="B11" s="25">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="11">
-        <v>2.8308</v>
+        <v>2.9179</v>
       </c>
       <c r="D11" s="11">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="E11" s="11">
-        <v>4.4701</v>
+        <v>4.3654</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="B14" s="18">
+        <v>14</v>
       </c>
       <c r="C14" s="10">
-        <v>2.3044</v>
+        <v>1.8404</v>
       </c>
       <c r="D14" s="10">
         <v>1</v>
       </c>
       <c r="E14" s="10">
-        <v>4.6</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="18">
+        <v>14</v>
       </c>
       <c r="C15" s="10">
-        <v>3.338</v>
+        <v>3.0806</v>
       </c>
       <c r="D15" s="10">
-        <v>2.5</v>
+        <v>2.1947</v>
       </c>
       <c r="E15" s="10">
-        <v>4.4485</v>
+        <v>4.0001</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="18">
         <v>14</v>
       </c>
-      <c r="B16" s="24">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="10">
-        <v>5.3043</v>
+        <v>4.796</v>
       </c>
       <c r="D16" s="10">
         <v>3.25</v>
       </c>
       <c r="E16" s="10">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="B17" s="19">
+        <v>14</v>
       </c>
       <c r="C17" s="11">
-        <v>3.4749</v>
+        <v>3.1628</v>
       </c>
       <c r="D17" s="11">
-        <v>2.0274</v>
+        <v>2.0954</v>
       </c>
       <c r="E17" s="11">
-        <v>4.9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>11</v>
+      </c>
+      <c r="B20" s="18">
+        <v>15</v>
       </c>
       <c r="C20" s="10">
-        <v>2.9005</v>
+        <v>2.8248</v>
       </c>
       <c r="D20" s="10">
-        <v>1.5711</v>
+        <v>1.5</v>
       </c>
       <c r="E20" s="10">
-        <v>5</v>
+        <v>4.3299</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>12</v>
+      </c>
+      <c r="B21" s="18">
+        <v>15</v>
       </c>
       <c r="C21" s="10">
-        <v>5.0849</v>
+        <v>5.0856</v>
       </c>
       <c r="D21" s="10">
-        <v>3.1942</v>
+        <v>3</v>
       </c>
       <c r="E21" s="10">
         <v>6.6</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>18</v>
+      </c>
+      <c r="B22" s="18">
+        <v>15</v>
       </c>
       <c r="C22" s="10">
-        <v>9.442500000000001</v>
+        <v>8.527100000000001</v>
       </c>
       <c r="D22" s="10">
-        <v>7.4956</v>
+        <v>5</v>
       </c>
       <c r="E22" s="10">
-        <v>11.2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>19</v>
+      </c>
+      <c r="B23" s="20">
+        <v>15</v>
       </c>
       <c r="C23" s="12">
-        <v>6.4361</v>
+        <v>6.0312</v>
       </c>
       <c r="D23" s="12">
-        <v>5.7</v>
+        <v>3.5</v>
       </c>
       <c r="E23" s="12">
-        <v>7.6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>11</v>
+      </c>
+      <c r="B26" s="18">
+        <v>15</v>
       </c>
       <c r="C26" s="10">
-        <v>5.9967</v>
+        <v>5.5535</v>
       </c>
       <c r="D26" s="10">
-        <v>1.8328</v>
+        <v>3.1679</v>
       </c>
       <c r="E26" s="10">
-        <v>17.6874</v>
+        <v>11.4</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>12</v>
+      </c>
+      <c r="B27" s="18">
+        <v>15</v>
       </c>
       <c r="C27" s="10">
-        <v>9.123799999999999</v>
+        <v>8.9109</v>
       </c>
       <c r="D27" s="10">
-        <v>3.6</v>
+        <v>5.0788</v>
       </c>
       <c r="E27" s="10">
-        <v>15.1106</v>
+        <v>12.3726</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>13</v>
+      </c>
+      <c r="B28" s="18">
+        <v>15</v>
       </c>
       <c r="C28" s="10">
-        <v>11.6518</v>
+        <v>10.6749</v>
       </c>
       <c r="D28" s="10">
-        <v>7.6442</v>
+        <v>4.5</v>
       </c>
       <c r="E28" s="10">
-        <v>15.7</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>21</v>
+      </c>
+      <c r="B29" s="20">
+        <v>15</v>
       </c>
       <c r="C29" s="12">
-        <v>9.5108</v>
+        <v>8.8848</v>
       </c>
       <c r="D29" s="12">
-        <v>6.8</v>
+        <v>5</v>
       </c>
       <c r="E29" s="12">
-        <v>12.5</v>
+        <v>11.7</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>11</v>
+      </c>
+      <c r="B33" s="18">
+        <v>15</v>
       </c>
       <c r="C33" s="10">
-        <v>637.0771</v>
+        <v>643.1336</v>
       </c>
       <c r="D33" s="10">
-        <v>625.253</v>
+        <v>630.4181</v>
       </c>
       <c r="E33" s="10">
-        <v>646.7995</v>
+        <v>659.7355</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>12</v>
+      </c>
+      <c r="B34" s="18">
+        <v>15</v>
       </c>
       <c r="C34" s="10">
-        <v>493.863</v>
+        <v>503.9858</v>
       </c>
       <c r="D34" s="10">
-        <v>486.0261</v>
+        <v>494.8</v>
       </c>
       <c r="E34" s="10">
-        <v>503.4</v>
+        <v>519.7</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>13</v>
+      </c>
+      <c r="B35" s="18">
+        <v>15</v>
       </c>
       <c r="C35" s="10">
-        <v>1944.1772</v>
+        <v>2021.8161</v>
       </c>
       <c r="D35" s="10">
-        <v>1891.7</v>
+        <v>1929.5</v>
       </c>
       <c r="E35" s="10">
-        <v>1994.1603</v>
+        <v>2114.3043</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>24</v>
+      </c>
+      <c r="B36" s="19">
+        <v>15</v>
       </c>
       <c r="C36" s="11">
-        <v>3075.1173</v>
+        <v>3168.9355</v>
       </c>
       <c r="D36" s="11">
-        <v>3015.4</v>
+        <v>3059.4</v>
       </c>
       <c r="E36" s="11">
-        <v>3131.6793</v>
+        <v>3268.3884</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>11</v>
+      </c>
+      <c r="B39" s="18">
+        <v>15</v>
       </c>
       <c r="C39" s="10">
-        <v>3708.755</v>
+        <v>3808.9625</v>
       </c>
       <c r="D39" s="10">
-        <v>3645.5</v>
+        <v>3712.7</v>
       </c>
       <c r="E39" s="10">
-        <v>3785.2985</v>
+        <v>3915.237</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>12</v>
+      </c>
+      <c r="B40" s="18">
+        <v>15</v>
       </c>
       <c r="C40" s="10">
-        <v>2676.9901</v>
+        <v>2811.7287</v>
       </c>
       <c r="D40" s="10">
-        <v>2630.9543</v>
+        <v>2736.2981</v>
       </c>
       <c r="E40" s="10">
-        <v>2735.9</v>
+        <v>2915.9</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>13</v>
+      </c>
+      <c r="B41" s="18">
+        <v>15</v>
       </c>
       <c r="C41" s="10">
-        <v>5855.7499</v>
+        <v>6295.3724</v>
       </c>
       <c r="D41" s="10">
-        <v>5668.4549</v>
+        <v>5962.8312</v>
       </c>
       <c r="E41" s="10">
-        <v>6105.3</v>
+        <v>6673.3</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>26</v>
+      </c>
+      <c r="B42" s="19">
+        <v>15</v>
       </c>
       <c r="C42" s="11">
-        <v>12241.495</v>
+        <v>12916.0636</v>
       </c>
       <c r="D42" s="11">
-        <v>12018.256</v>
+        <v>12610.0449</v>
       </c>
       <c r="E42" s="11">
-        <v>12568.4</v>
+        <v>13398.5</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>27</v>
+      </c>
+      <c r="B44" s="18">
+        <v>12</v>
       </c>
       <c r="C44" s="10">
-        <v>4525.6815</v>
+        <v>4809.6469</v>
       </c>
       <c r="D44" s="10">
-        <v>4375.3</v>
+        <v>4568.8</v>
       </c>
       <c r="E44" s="10">
-        <v>4710.4</v>
+        <v>5069.3</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>28</v>
+      </c>
+      <c r="B45" s="18">
+        <v>12</v>
       </c>
       <c r="C45" s="10">
-        <v>-3095.5329</v>
+        <v>-3266.7626</v>
       </c>
       <c r="D45" s="10">
-        <v>-3244.9</v>
+        <v>-3451.7</v>
       </c>
       <c r="E45" s="10">
-        <v>-2946.7475</v>
+        <v>-3080.9</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>29</v>
+      </c>
+      <c r="B47" s="20">
+        <v>15</v>
       </c>
       <c r="C47" s="12">
-        <v>1438.0672</v>
+        <v>1554.7737</v>
       </c>
       <c r="D47" s="12">
-        <v>1377.9</v>
+        <v>1468.3</v>
       </c>
       <c r="E47" s="12">
-        <v>1506.6</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>11</v>
+      </c>
+      <c r="B49" s="18">
+        <v>15</v>
       </c>
       <c r="C49" s="10">
-        <v>412.1577</v>
+        <v>431.6951</v>
       </c>
       <c r="D49" s="10">
-        <v>393.5524</v>
+        <v>407.3679</v>
       </c>
       <c r="E49" s="10">
-        <v>443.899</v>
+        <v>474.4079</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>12</v>
+      </c>
+      <c r="B50" s="18">
+        <v>15</v>
       </c>
       <c r="C50" s="10">
-        <v>261.9289</v>
+        <v>283.9519</v>
       </c>
       <c r="D50" s="10">
-        <v>242.7</v>
+        <v>263.8</v>
       </c>
       <c r="E50" s="10">
-        <v>280.593</v>
+        <v>313.6321</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>13</v>
+      </c>
+      <c r="B51" s="18">
+        <v>15</v>
       </c>
       <c r="C51" s="10">
-        <v>765.8962</v>
+        <v>841.3685</v>
       </c>
       <c r="D51" s="10">
-        <v>700</v>
+        <v>741.5</v>
       </c>
       <c r="E51" s="10">
-        <v>807.4</v>
+        <v>919.1</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>31</v>
+      </c>
+      <c r="B52" s="19">
+        <v>15</v>
       </c>
       <c r="C52" s="11">
-        <v>1439.9828</v>
+        <v>1557.0155</v>
       </c>
       <c r="D52" s="11">
-        <v>1387.9</v>
+        <v>1478.3</v>
       </c>
       <c r="E52" s="11">
-        <v>1491.6</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="B54" s="24">
+        <v>32</v>
+      </c>
+      <c r="B54" s="18">
         <v>15</v>
       </c>
       <c r="C54" s="10">
-        <v>1402.404</v>
+        <v>1523.5336</v>
       </c>
       <c r="D54" s="10">
-        <v>1340.2</v>
+        <v>1440.8</v>
       </c>
       <c r="E54" s="10">
-        <v>1439.9</v>
+        <v>1607.8</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>33</v>
+      </c>
+      <c r="B55" s="20">
+        <v>15</v>
       </c>
       <c r="C55" s="12">
-        <v>1399.248</v>
+        <v>1513.2967</v>
       </c>
       <c r="D55" s="12">
-        <v>1324.5</v>
+        <v>1324.5092</v>
       </c>
       <c r="E55" s="12">
-        <v>1454.9</v>
+        <v>1622.8</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="B57" s="24">
+        <v>34</v>
+      </c>
+      <c r="B57" s="18">
         <v>15</v>
       </c>
       <c r="C57" s="10">
-        <v>-377.2397</v>
+        <v>-409.4709</v>
       </c>
       <c r="D57" s="10">
-        <v>-387.3</v>
+        <v>-434.1</v>
       </c>
       <c r="E57" s="10">
-        <v>-361.9</v>
+        <v>-389</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>35</v>
+      </c>
+      <c r="B58" s="20">
+        <v>15</v>
       </c>
       <c r="C58" s="12">
-        <v>-378.0875</v>
+        <v>-410.5531</v>
       </c>
       <c r="D58" s="12">
-        <v>-391.4</v>
+        <v>-438.1</v>
       </c>
       <c r="E58" s="12">
-        <v>-364.6</v>
+        <v>-389.7989</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="B60" s="24">
+        <v>36</v>
+      </c>
+      <c r="B60" s="18">
         <v>15</v>
       </c>
       <c r="C60" s="10">
-        <v>1025.1681</v>
+        <v>1114.0619</v>
       </c>
       <c r="D60" s="10">
-        <v>978.3</v>
+        <v>1051.8</v>
       </c>
       <c r="E60" s="10">
-        <v>1053.6006</v>
+        <v>1173.1</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>37</v>
+      </c>
+      <c r="B61" s="20">
+        <v>15</v>
       </c>
       <c r="C61" s="12">
-        <v>1027.5153</v>
+        <v>1117.5482</v>
       </c>
       <c r="D61" s="12">
-        <v>985.6</v>
+        <v>1059.1</v>
       </c>
       <c r="E61" s="12">
-        <v>1062.9</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="B64" s="24">
+        <v>39</v>
+      </c>
+      <c r="B64" s="18">
         <v>12</v>
       </c>
       <c r="C64" s="10">
-        <v>-2.5542</v>
+        <v>-2.8023</v>
       </c>
       <c r="D64" s="10">
-        <v>-11.55</v>
+        <v>-12.1275</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>40</v>
+      </c>
+      <c r="B65" s="18">
+        <v>15</v>
       </c>
       <c r="C65" s="10">
-        <v>-37.6803</v>
+        <v>-32.3731</v>
       </c>
       <c r="D65" s="10">
-        <v>-60.3202</v>
+        <v>-51.9</v>
       </c>
       <c r="E65" s="10">
-        <v>-18.8024</v>
+        <v>-14.5481</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>41</v>
+      </c>
+      <c r="B66" s="18">
+        <v>15</v>
       </c>
       <c r="C66" s="10">
-        <v>785.6923</v>
+        <v>829.5377999999999</v>
       </c>
       <c r="D66" s="10">
-        <v>652.9</v>
+        <v>672.5</v>
       </c>
       <c r="E66" s="10">
-        <v>907.0392000000001</v>
+        <v>963.9844000000001</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="B67" s="24">
+        <v>42</v>
+      </c>
+      <c r="B67" s="18">
         <v>15</v>
       </c>
       <c r="C67" s="10">
-        <v>481.2926</v>
+        <v>494.6211</v>
       </c>
       <c r="D67" s="10">
-        <v>412.8</v>
+        <v>239.7</v>
       </c>
       <c r="E67" s="10">
-        <v>615.1625</v>
+        <v>636.8072</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="B69" s="24">
+        <v>43</v>
+      </c>
+      <c r="B69" s="18">
         <v>15</v>
       </c>
       <c r="C69" s="13">
-        <v>2.8626</v>
+        <v>3.138</v>
       </c>
       <c r="D69" s="13">
-        <v>2.72</v>
+        <v>2.92</v>
       </c>
       <c r="E69" s="13">
-        <v>3.0755</v>
+        <v>3.5075</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>44</v>
+      </c>
+      <c r="B70" s="20">
+        <v>15</v>
       </c>
       <c r="C70" s="14">
-        <v>2.8666</v>
+        <v>3.1466</v>
       </c>
       <c r="D70" s="14">
-        <v>2.74</v>
+        <v>2.94</v>
       </c>
       <c r="E70" s="14">
-        <v>3.0817</v>
+        <v>3.514</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>45</v>
+      </c>
+      <c r="B71" s="20">
+        <v>15</v>
       </c>
       <c r="C71" s="14">
-        <v>1.2812</v>
+        <v>1.4193</v>
       </c>
       <c r="D71" s="14">
-        <v>1.1142</v>
+        <v>1.32</v>
       </c>
       <c r="E71" s="14">
-        <v>1.3868</v>
+        <v>1.5813</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>46</v>
+      </c>
+      <c r="B73" s="20">
+        <v>14</v>
       </c>
       <c r="C73" s="14">
-        <v>702.3463</v>
+        <v>752.6809</v>
       </c>
       <c r="D73" s="14">
-        <v>561.2509</v>
+        <v>558.71</v>
       </c>
       <c r="E73" s="14">
-        <v>819.9321</v>
+        <v>900.6317</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>48</v>
+      </c>
+      <c r="B76" s="21">
+        <v>12</v>
       </c>
       <c r="C76" s="15">
-        <v>36.9687</v>
+        <v>37.2476</v>
       </c>
       <c r="D76" s="15">
-        <v>35.9238</v>
+        <v>35.5856</v>
       </c>
       <c r="E76" s="15">
-        <v>38.0495</v>
+        <v>38.6041</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>49</v>
+      </c>
+      <c r="B77" s="21">
+        <v>12</v>
       </c>
       <c r="C77" s="15">
-        <v>25.2852</v>
+        <v>25.2985</v>
       </c>
       <c r="D77" s="15">
-        <v>24.416</v>
+        <v>23.9966</v>
       </c>
       <c r="E77" s="15">
-        <v>26.3744</v>
+        <v>26.4301</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>50</v>
+      </c>
+      <c r="B78" s="21">
+        <v>15</v>
       </c>
       <c r="C78" s="15">
-        <v>11.7634</v>
+        <v>12.0544</v>
       </c>
       <c r="D78" s="15">
-        <v>11.4542</v>
+        <v>11.6165</v>
       </c>
       <c r="E78" s="15">
-        <v>12.0631</v>
+        <v>12.3737</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>51</v>
+      </c>
+      <c r="B79" s="21">
+        <v>15</v>
       </c>
       <c r="C79" s="15">
-        <v>27.0271</v>
+        <v>27.1567</v>
       </c>
       <c r="D79" s="15">
         <v>26</v>
       </c>
       <c r="E79" s="15">
-        <v>28.4636</v>
+        <v>30.289</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B80" s="21">
+        <v>15</v>
+      </c>
+      <c r="C80" s="15">
+        <v>6.4161</v>
+      </c>
+      <c r="D80" s="15">
+        <v>5.2845</v>
+      </c>
+      <c r="E80" s="15">
+        <v>7.5346</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" s="16" t="s">
         <v>53</v>
-      </c>
-[...15 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
-      <c r="A102" s="23" t="s">
-        <v>67</v>
+      <c r="A102" s="17" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -7982,1277 +7818,1277 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="B8" s="18">
+        <v>10</v>
       </c>
       <c r="C8" s="10">
-        <v>1.0273</v>
+        <v>1.0882</v>
       </c>
       <c r="D8" s="10">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>12</v>
+      </c>
+      <c r="B9" s="18">
+        <v>10</v>
       </c>
       <c r="C9" s="10">
-        <v>2.0644</v>
+        <v>2.3732</v>
       </c>
       <c r="D9" s="10">
-        <v>1</v>
+        <v>1.5688</v>
       </c>
       <c r="E9" s="10">
         <v>3.2</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="B10" s="18">
+        <v>10</v>
       </c>
       <c r="C10" s="10">
-        <v>3.7658</v>
+        <v>4.0241</v>
       </c>
       <c r="D10" s="10">
-        <v>2</v>
+        <v>2.3022</v>
       </c>
       <c r="E10" s="10">
-        <v>6.0248</v>
+        <v>6.0597</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>14</v>
+      </c>
+      <c r="B11" s="19">
+        <v>10</v>
       </c>
       <c r="C11" s="11">
-        <v>2.9179</v>
+        <v>3.1607</v>
       </c>
       <c r="D11" s="11">
-        <v>1.4</v>
+        <v>1.9653</v>
       </c>
       <c r="E11" s="11">
-        <v>4.3654</v>
+        <v>4.4358</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>11</v>
+      </c>
+      <c r="B14" s="18">
+        <v>10</v>
       </c>
       <c r="C14" s="10">
-        <v>1.8404</v>
+        <v>1.928</v>
       </c>
       <c r="D14" s="10">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="E14" s="10">
         <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="18">
+        <v>10</v>
       </c>
       <c r="C15" s="10">
-        <v>3.0806</v>
+        <v>3.0224</v>
       </c>
       <c r="D15" s="10">
-        <v>2.1947</v>
+        <v>2.0256</v>
       </c>
       <c r="E15" s="10">
-        <v>4.0001</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>13</v>
+      </c>
+      <c r="B16" s="18">
+        <v>10</v>
       </c>
       <c r="C16" s="10">
-        <v>4.796</v>
+        <v>4.3165</v>
       </c>
       <c r="D16" s="10">
         <v>3.25</v>
       </c>
       <c r="E16" s="10">
-        <v>8</v>
+        <v>5.3798</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="B17" s="19">
+        <v>10</v>
       </c>
       <c r="C17" s="11">
-        <v>3.1628</v>
+        <v>2.9419</v>
       </c>
       <c r="D17" s="11">
-        <v>2.0954</v>
+        <v>2.119</v>
       </c>
       <c r="E17" s="11">
-        <v>5</v>
+        <v>3.8371</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="B20" s="18">
+        <v>10</v>
       </c>
       <c r="C20" s="10">
-        <v>2.8248</v>
+        <v>3.0325</v>
       </c>
       <c r="D20" s="10">
-        <v>1.5</v>
+        <v>2.23</v>
       </c>
       <c r="E20" s="10">
-        <v>4.3299</v>
+        <v>4.0552</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>12</v>
+      </c>
+      <c r="B21" s="18">
+        <v>10</v>
       </c>
       <c r="C21" s="10">
-        <v>5.0856</v>
+        <v>5.4618</v>
       </c>
       <c r="D21" s="10">
-        <v>3</v>
+        <v>4.0065</v>
       </c>
       <c r="E21" s="10">
-        <v>6.6</v>
+        <v>7.12</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>18</v>
+      </c>
+      <c r="B22" s="18">
+        <v>10</v>
       </c>
       <c r="C22" s="10">
-        <v>8.527100000000001</v>
+        <v>8.5038</v>
       </c>
       <c r="D22" s="10">
-        <v>5</v>
+        <v>7.77</v>
       </c>
       <c r="E22" s="10">
-        <v>10</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>19</v>
+      </c>
+      <c r="B23" s="20">
+        <v>10</v>
       </c>
       <c r="C23" s="12">
-        <v>6.0312</v>
+        <v>6.2035</v>
       </c>
       <c r="D23" s="12">
-        <v>3.5</v>
+        <v>5.5027</v>
       </c>
       <c r="E23" s="12">
-        <v>7</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="B26" s="18">
+        <v>10</v>
       </c>
       <c r="C26" s="10">
-        <v>5.5535</v>
+        <v>5.1208</v>
       </c>
       <c r="D26" s="10">
-        <v>3.1679</v>
+        <v>2.7011</v>
       </c>
       <c r="E26" s="10">
-        <v>11.4</v>
+        <v>6.9295</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>12</v>
+      </c>
+      <c r="B27" s="18">
+        <v>10</v>
       </c>
       <c r="C27" s="10">
-        <v>8.9109</v>
+        <v>8.7829</v>
       </c>
       <c r="D27" s="10">
-        <v>5.0788</v>
+        <v>5.0703</v>
       </c>
       <c r="E27" s="10">
-        <v>12.3726</v>
+        <v>11.5882</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="B28" s="18">
+        <v>10</v>
       </c>
       <c r="C28" s="10">
-        <v>10.6749</v>
+        <v>10.5291</v>
       </c>
       <c r="D28" s="10">
-        <v>4.5</v>
+        <v>7.9964</v>
       </c>
       <c r="E28" s="10">
-        <v>13.8</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>21</v>
+      </c>
+      <c r="B29" s="20">
+        <v>10</v>
       </c>
       <c r="C29" s="12">
-        <v>8.8848</v>
+        <v>8.722799999999999</v>
       </c>
       <c r="D29" s="12">
-        <v>5</v>
+        <v>7.061</v>
       </c>
       <c r="E29" s="12">
-        <v>11.7</v>
+        <v>10.3</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="B33" s="18">
+        <v>10</v>
       </c>
       <c r="C33" s="10">
-        <v>643.1336</v>
+        <v>651.9571999999999</v>
       </c>
       <c r="D33" s="10">
-        <v>630.4181</v>
+        <v>634.7003</v>
       </c>
       <c r="E33" s="10">
-        <v>659.7355</v>
+        <v>672.9302</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>12</v>
+      </c>
+      <c r="B34" s="18">
+        <v>10</v>
       </c>
       <c r="C34" s="10">
-        <v>503.9858</v>
+        <v>517.4139</v>
       </c>
       <c r="D34" s="10">
-        <v>494.8</v>
+        <v>505.0023</v>
       </c>
       <c r="E34" s="10">
-        <v>519.7</v>
+        <v>536.6</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="B35" s="18">
+        <v>10</v>
       </c>
       <c r="C35" s="10">
-        <v>2021.8161</v>
+        <v>2113.9214</v>
       </c>
       <c r="D35" s="10">
-        <v>1929.5</v>
+        <v>2010.6908</v>
       </c>
       <c r="E35" s="10">
-        <v>2114.3043</v>
+        <v>2242.4257</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>24</v>
+      </c>
+      <c r="B36" s="19">
+        <v>10</v>
       </c>
       <c r="C36" s="11">
-        <v>3168.9355</v>
+        <v>3283.2925</v>
       </c>
       <c r="D36" s="11">
-        <v>3059.4</v>
+        <v>3172.3705</v>
       </c>
       <c r="E36" s="11">
-        <v>3268.3884</v>
+        <v>3413.3679</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="B39" s="18">
+        <v>10</v>
       </c>
       <c r="C39" s="10">
-        <v>3808.9625</v>
+        <v>3956.0285</v>
       </c>
       <c r="D39" s="10">
-        <v>3712.7</v>
+        <v>3838.6031</v>
       </c>
       <c r="E39" s="10">
-        <v>3915.237</v>
+        <v>4073.4126</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>12</v>
+      </c>
+      <c r="B40" s="18">
+        <v>10</v>
       </c>
       <c r="C40" s="10">
-        <v>2811.7287</v>
+        <v>2968.5969</v>
       </c>
       <c r="D40" s="10">
-        <v>2736.2981</v>
+        <v>2845.9277</v>
       </c>
       <c r="E40" s="10">
-        <v>2915.9</v>
+        <v>3108.5</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="B41" s="18">
+        <v>10</v>
       </c>
       <c r="C41" s="10">
-        <v>6295.3724</v>
+        <v>6715.4879</v>
       </c>
       <c r="D41" s="10">
-        <v>5962.8312</v>
+        <v>6183.283</v>
       </c>
       <c r="E41" s="10">
-        <v>6673.3</v>
+        <v>7260.4</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>26</v>
+      </c>
+      <c r="B42" s="19">
+        <v>10</v>
       </c>
       <c r="C42" s="11">
-        <v>12916.0636</v>
+        <v>13640.1133</v>
       </c>
       <c r="D42" s="11">
-        <v>12610.0449</v>
+        <v>13069.635</v>
       </c>
       <c r="E42" s="11">
-        <v>13398.5</v>
+        <v>14260.8</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>27</v>
+      </c>
+      <c r="B44" s="18">
+        <v>7</v>
       </c>
       <c r="C44" s="10">
-        <v>4809.6469</v>
+        <v>5141.8644</v>
       </c>
       <c r="D44" s="10">
-        <v>4568.8</v>
+        <v>4855.7884</v>
       </c>
       <c r="E44" s="10">
-        <v>5069.3</v>
+        <v>5451.1897</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>28</v>
+      </c>
+      <c r="B45" s="18">
+        <v>8</v>
       </c>
       <c r="C45" s="10">
-        <v>-3266.7626</v>
+        <v>-3425.1831</v>
       </c>
       <c r="D45" s="10">
-        <v>-3451.7</v>
+        <v>-3704.6589</v>
       </c>
       <c r="E45" s="10">
-        <v>-3080.9</v>
+        <v>-3217.8</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>29</v>
+      </c>
+      <c r="B47" s="20">
+        <v>10</v>
       </c>
       <c r="C47" s="12">
-        <v>1554.7737</v>
+        <v>1701.5697</v>
       </c>
       <c r="D47" s="12">
-        <v>1468.3</v>
+        <v>1582.9132</v>
       </c>
       <c r="E47" s="12">
-        <v>1666</v>
+        <v>1820.3</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>11</v>
+      </c>
+      <c r="B49" s="18">
+        <v>10</v>
       </c>
       <c r="C49" s="10">
-        <v>431.6951</v>
+        <v>458.3451</v>
       </c>
       <c r="D49" s="10">
-        <v>407.3679</v>
+        <v>418.3715</v>
       </c>
       <c r="E49" s="10">
-        <v>474.4079</v>
+        <v>507.3886</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>12</v>
+      </c>
+      <c r="B50" s="18">
+        <v>10</v>
       </c>
       <c r="C50" s="10">
-        <v>283.9519</v>
+        <v>312.4206</v>
       </c>
       <c r="D50" s="10">
-        <v>263.8</v>
+        <v>281.0785</v>
       </c>
       <c r="E50" s="10">
-        <v>313.6321</v>
+        <v>349.9764</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="B51" s="18">
+        <v>10</v>
       </c>
       <c r="C51" s="10">
-        <v>841.3685</v>
+        <v>932.5875</v>
       </c>
       <c r="D51" s="10">
-        <v>741.5</v>
+        <v>839.7704</v>
       </c>
       <c r="E51" s="10">
-        <v>919.1</v>
+        <v>1021.9</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>31</v>
+      </c>
+      <c r="B52" s="19">
+        <v>10</v>
       </c>
       <c r="C52" s="11">
-        <v>1557.0155</v>
+        <v>1703.3531</v>
       </c>
       <c r="D52" s="11">
-        <v>1478.3</v>
+        <v>1582.9132</v>
       </c>
       <c r="E52" s="11">
-        <v>1651</v>
+        <v>1805.3</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>32</v>
+      </c>
+      <c r="B54" s="18">
+        <v>10</v>
       </c>
       <c r="C54" s="10">
-        <v>1523.5336</v>
+        <v>1670.3683</v>
       </c>
       <c r="D54" s="10">
-        <v>1440.8</v>
+        <v>1546.2255</v>
       </c>
       <c r="E54" s="10">
-        <v>1607.8</v>
+        <v>1771.4</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>33</v>
+      </c>
+      <c r="B55" s="20">
+        <v>10</v>
       </c>
       <c r="C55" s="12">
-        <v>1513.2967</v>
+        <v>1641.3308</v>
       </c>
       <c r="D55" s="12">
         <v>1324.5092</v>
       </c>
       <c r="E55" s="12">
-        <v>1622.8</v>
+        <v>1786.4</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>34</v>
+      </c>
+      <c r="B57" s="18">
+        <v>10</v>
       </c>
       <c r="C57" s="10">
-        <v>-409.4709</v>
+        <v>-449.397</v>
       </c>
       <c r="D57" s="10">
-        <v>-434.1</v>
+        <v>-478.3</v>
       </c>
       <c r="E57" s="10">
-        <v>-389</v>
+        <v>-418.1919</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>35</v>
+      </c>
+      <c r="B58" s="20">
+        <v>10</v>
       </c>
       <c r="C58" s="12">
-        <v>-410.5531</v>
+        <v>-450.6266</v>
       </c>
       <c r="D58" s="12">
-        <v>-438.1</v>
+        <v>-482.3</v>
       </c>
       <c r="E58" s="12">
-        <v>-389.7989</v>
+        <v>-418.1919</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>36</v>
+      </c>
+      <c r="B60" s="18">
+        <v>10</v>
       </c>
       <c r="C60" s="10">
-        <v>1114.0619</v>
+        <v>1220.9324</v>
       </c>
       <c r="D60" s="10">
-        <v>1051.8</v>
+        <v>1127.3651</v>
       </c>
       <c r="E60" s="10">
-        <v>1173.1</v>
+        <v>1292.5</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>37</v>
+      </c>
+      <c r="B61" s="20">
+        <v>10</v>
       </c>
       <c r="C61" s="12">
-        <v>1117.5482</v>
+        <v>1224.4862</v>
       </c>
       <c r="D61" s="12">
-        <v>1059.1</v>
+        <v>1127.3651</v>
       </c>
       <c r="E61" s="12">
-        <v>1184</v>
+        <v>1303.5</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>39</v>
+      </c>
+      <c r="B64" s="18">
+        <v>9</v>
       </c>
       <c r="C64" s="10">
-        <v>-2.8023</v>
+        <v>-1.9815</v>
       </c>
       <c r="D64" s="10">
-        <v>-12.1275</v>
+        <v>-12.7339</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>40</v>
+      </c>
+      <c r="B65" s="18">
+        <v>10</v>
       </c>
       <c r="C65" s="10">
-        <v>-32.3731</v>
+        <v>-31.4837</v>
       </c>
       <c r="D65" s="10">
-        <v>-51.9</v>
+        <v>-59.4837</v>
       </c>
       <c r="E65" s="10">
-        <v>-14.5481</v>
+        <v>-14.3429</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>41</v>
+      </c>
+      <c r="B66" s="18">
+        <v>10</v>
       </c>
       <c r="C66" s="10">
-        <v>829.5377999999999</v>
+        <v>879.2279</v>
       </c>
       <c r="D66" s="10">
-        <v>672.5</v>
+        <v>686.1558</v>
       </c>
       <c r="E66" s="10">
-        <v>963.9844000000001</v>
+        <v>1025.2971</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>42</v>
+      </c>
+      <c r="B67" s="18">
+        <v>10</v>
       </c>
       <c r="C67" s="10">
-        <v>494.6211</v>
+        <v>499.4794</v>
       </c>
       <c r="D67" s="10">
-        <v>239.7</v>
+        <v>281</v>
       </c>
       <c r="E67" s="10">
-        <v>636.8072</v>
+        <v>599.9536000000001</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>43</v>
+      </c>
+      <c r="B69" s="18">
+        <v>10</v>
       </c>
       <c r="C69" s="13">
-        <v>3.138</v>
+        <v>3.477</v>
       </c>
       <c r="D69" s="13">
-        <v>2.92</v>
+        <v>3.1434</v>
       </c>
       <c r="E69" s="13">
-        <v>3.5075</v>
+        <v>3.9961</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>44</v>
+      </c>
+      <c r="B70" s="20">
+        <v>10</v>
       </c>
       <c r="C70" s="14">
-        <v>3.1466</v>
+        <v>3.485</v>
       </c>
       <c r="D70" s="14">
-        <v>2.94</v>
+        <v>3.1434</v>
       </c>
       <c r="E70" s="14">
-        <v>3.514</v>
+        <v>4.0029</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>45</v>
+      </c>
+      <c r="B71" s="20">
+        <v>10</v>
       </c>
       <c r="C71" s="14">
-        <v>1.4193</v>
+        <v>1.5734</v>
       </c>
       <c r="D71" s="14">
-        <v>1.32</v>
+        <v>1.4586</v>
       </c>
       <c r="E71" s="14">
-        <v>1.5813</v>
+        <v>1.8013</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>46</v>
+      </c>
+      <c r="B73" s="20">
+        <v>9</v>
       </c>
       <c r="C73" s="14">
-        <v>752.6809</v>
+        <v>845.9453999999999</v>
       </c>
       <c r="D73" s="14">
-        <v>558.71</v>
+        <v>662.21</v>
       </c>
       <c r="E73" s="14">
-        <v>900.6317</v>
+        <v>991.4897999999999</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>48</v>
+      </c>
+      <c r="B76" s="21">
+        <v>7</v>
       </c>
       <c r="C76" s="15">
-        <v>37.2476</v>
+        <v>37.736</v>
       </c>
       <c r="D76" s="15">
-        <v>35.5856</v>
+        <v>36.7152</v>
       </c>
       <c r="E76" s="15">
-        <v>38.6041</v>
+        <v>39.2041</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>49</v>
+      </c>
+      <c r="B77" s="21">
+        <v>7</v>
       </c>
       <c r="C77" s="15">
-        <v>25.2985</v>
+        <v>25.3551</v>
       </c>
       <c r="D77" s="15">
-        <v>23.9966</v>
+        <v>24.1876</v>
       </c>
       <c r="E77" s="15">
-        <v>26.4301</v>
+        <v>26.6433</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>50</v>
+      </c>
+      <c r="B78" s="21">
+        <v>10</v>
       </c>
       <c r="C78" s="15">
-        <v>12.0544</v>
+        <v>12.4864</v>
       </c>
       <c r="D78" s="15">
-        <v>11.6165</v>
+        <v>12.0411</v>
       </c>
       <c r="E78" s="15">
-        <v>12.3737</v>
+        <v>12.7772</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>51</v>
+      </c>
+      <c r="B79" s="21">
+        <v>10</v>
       </c>
       <c r="C79" s="15">
-        <v>27.1567</v>
+        <v>27.5631</v>
       </c>
       <c r="D79" s="15">
-        <v>26</v>
+        <v>26.9591</v>
       </c>
       <c r="E79" s="15">
-        <v>30.289</v>
+        <v>32.5651</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B80" s="21">
+        <v>10</v>
+      </c>
+      <c r="C80" s="15">
+        <v>6.4343</v>
+      </c>
+      <c r="D80" s="15">
+        <v>5.25</v>
+      </c>
+      <c r="E80" s="15">
+        <v>7.5218</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" s="16" t="s">
         <v>53</v>
-      </c>
-[...15 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
-      <c r="A102" s="23" t="s">
-        <v>67</v>
+      <c r="A102" s="17" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -9291,2586 +9127,1277 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>11</v>
+      </c>
+      <c r="B8" s="18">
+        <v>9</v>
       </c>
       <c r="C8" s="10">
-        <v>1.0882</v>
+        <v>1.0462</v>
       </c>
       <c r="D8" s="10">
         <v>0.6</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B9" s="18">
+        <v>9</v>
       </c>
       <c r="C9" s="10">
-        <v>2.3732</v>
+        <v>2.3037</v>
       </c>
       <c r="D9" s="10">
-        <v>1.5688</v>
+        <v>1.5</v>
       </c>
       <c r="E9" s="10">
         <v>3.2</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="B10" s="18">
+        <v>9</v>
       </c>
       <c r="C10" s="10">
-        <v>4.0241</v>
+        <v>3.9554</v>
       </c>
       <c r="D10" s="10">
-        <v>2.3022</v>
+        <v>2.3088</v>
       </c>
       <c r="E10" s="10">
-        <v>6.0597</v>
+        <v>6.0944</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="B11" s="19">
+        <v>9</v>
       </c>
       <c r="C11" s="11">
-        <v>3.1607</v>
+        <v>3.1361</v>
       </c>
       <c r="D11" s="11">
-        <v>1.9653</v>
+        <v>1.9725</v>
       </c>
       <c r="E11" s="11">
-        <v>4.4358</v>
+        <v>4.5064</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>11</v>
+      </c>
+      <c r="B14" s="18">
+        <v>9</v>
       </c>
       <c r="C14" s="10">
-        <v>1.928</v>
+        <v>1.9429</v>
       </c>
       <c r="D14" s="10">
         <v>1.3</v>
       </c>
       <c r="E14" s="10">
         <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="18">
+        <v>9</v>
       </c>
       <c r="C15" s="10">
-        <v>3.0224</v>
+        <v>3.0481</v>
       </c>
       <c r="D15" s="10">
-        <v>2.0256</v>
+        <v>2.0319</v>
       </c>
       <c r="E15" s="10">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="B16" s="18">
+        <v>9</v>
       </c>
       <c r="C16" s="10">
-        <v>4.3165</v>
+        <v>4.4318</v>
       </c>
       <c r="D16" s="10">
         <v>3.25</v>
       </c>
       <c r="E16" s="10">
-        <v>5.3798</v>
+        <v>5.3611</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>16</v>
+      </c>
+      <c r="B17" s="19">
+        <v>9</v>
       </c>
       <c r="C17" s="11">
-        <v>2.9419</v>
+        <v>3.0341</v>
       </c>
       <c r="D17" s="11">
-        <v>2.119</v>
+        <v>2.1433</v>
       </c>
       <c r="E17" s="11">
-        <v>3.8371</v>
+        <v>3.8562</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>11</v>
+      </c>
+      <c r="B20" s="18">
+        <v>9</v>
       </c>
       <c r="C20" s="10">
-        <v>3.0325</v>
+        <v>3.0059</v>
       </c>
       <c r="D20" s="10">
-        <v>2.23</v>
+        <v>2.2429</v>
       </c>
       <c r="E20" s="10">
-        <v>4.0552</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B21" s="18">
+        <v>9</v>
       </c>
       <c r="C21" s="10">
-        <v>5.4618</v>
+        <v>5.4234</v>
       </c>
       <c r="D21" s="10">
-        <v>4.0065</v>
+        <v>4.009</v>
       </c>
       <c r="E21" s="10">
         <v>7.12</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="B22" s="18">
+        <v>9</v>
       </c>
       <c r="C22" s="10">
-        <v>8.5038</v>
+        <v>8.5565</v>
       </c>
       <c r="D22" s="10">
-        <v>7.77</v>
+        <v>7.7937</v>
       </c>
       <c r="E22" s="10">
         <v>9.6</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>19</v>
+      </c>
+      <c r="B23" s="20">
+        <v>9</v>
       </c>
       <c r="C23" s="12">
-        <v>6.2035</v>
+        <v>6.2484</v>
       </c>
       <c r="D23" s="12">
-        <v>5.5027</v>
+        <v>5.5022</v>
       </c>
       <c r="E23" s="12">
         <v>7.1</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>11</v>
+      </c>
+      <c r="B26" s="18">
+        <v>9</v>
       </c>
       <c r="C26" s="10">
-        <v>5.1208</v>
+        <v>4.962</v>
       </c>
       <c r="D26" s="10">
-        <v>2.7011</v>
+        <v>2.7119</v>
       </c>
       <c r="E26" s="10">
-        <v>6.9295</v>
+        <v>6.8185</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B27" s="18">
+        <v>9</v>
       </c>
       <c r="C27" s="10">
-        <v>8.7829</v>
+        <v>8.335900000000001</v>
       </c>
       <c r="D27" s="10">
-        <v>5.0703</v>
+        <v>5.0621</v>
       </c>
       <c r="E27" s="10">
-        <v>11.5882</v>
+        <v>10.6</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="B28" s="18">
+        <v>9</v>
       </c>
       <c r="C28" s="10">
-        <v>10.5291</v>
+        <v>10.6904</v>
       </c>
       <c r="D28" s="10">
-        <v>7.9964</v>
+        <v>7.981</v>
       </c>
       <c r="E28" s="10">
-        <v>12.9</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>21</v>
+      </c>
+      <c r="B29" s="20">
+        <v>9</v>
       </c>
       <c r="C29" s="12">
-        <v>8.722799999999999</v>
+        <v>8.723800000000001</v>
       </c>
       <c r="D29" s="12">
-        <v>7.061</v>
+        <v>7.0995</v>
       </c>
       <c r="E29" s="12">
         <v>10.3</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>11</v>
+      </c>
+      <c r="B33" s="18">
+        <v>9</v>
       </c>
       <c r="C33" s="10">
-        <v>651.9571999999999</v>
+        <v>660.412</v>
       </c>
       <c r="D33" s="10">
-        <v>634.7003</v>
+        <v>639.0232</v>
       </c>
       <c r="E33" s="10">
-        <v>672.9302</v>
+        <v>686.3887999999999</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B34" s="18">
+        <v>9</v>
       </c>
       <c r="C34" s="10">
-        <v>517.4139</v>
+        <v>529.6468</v>
       </c>
       <c r="D34" s="10">
-        <v>505.0023</v>
+        <v>512.9371</v>
       </c>
       <c r="E34" s="10">
-        <v>536.6</v>
+        <v>555.1</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="B35" s="18">
+        <v>9</v>
       </c>
       <c r="C35" s="10">
-        <v>2113.9214</v>
+        <v>2197.5047</v>
       </c>
       <c r="D35" s="10">
-        <v>2010.6908</v>
+        <v>2064.3829</v>
       </c>
       <c r="E35" s="10">
-        <v>2242.4257</v>
+        <v>2379.0877</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>24</v>
+      </c>
+      <c r="B36" s="19">
+        <v>9</v>
       </c>
       <c r="C36" s="11">
-        <v>3283.2925</v>
+        <v>3387.5636</v>
       </c>
       <c r="D36" s="11">
-        <v>3172.3705</v>
+        <v>3234.9464</v>
       </c>
       <c r="E36" s="11">
-        <v>3413.3679</v>
+        <v>3567.1865</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>11</v>
+      </c>
+      <c r="B39" s="18">
+        <v>9</v>
       </c>
       <c r="C39" s="10">
-        <v>3956.0285</v>
+        <v>4091.3789</v>
       </c>
       <c r="D39" s="10">
-        <v>3838.6031</v>
+        <v>3924.699</v>
       </c>
       <c r="E39" s="10">
-        <v>4073.4126</v>
+        <v>4237.9785</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B40" s="18">
+        <v>9</v>
       </c>
       <c r="C40" s="10">
-        <v>2968.5969</v>
+        <v>3130.1712</v>
       </c>
       <c r="D40" s="10">
-        <v>2845.9277</v>
+        <v>2960.0199</v>
       </c>
       <c r="E40" s="10">
-        <v>3108.5</v>
+        <v>3313.8</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="B41" s="18">
+        <v>9</v>
       </c>
       <c r="C41" s="10">
-        <v>6715.4879</v>
+        <v>7200.0318</v>
       </c>
       <c r="D41" s="10">
-        <v>6183.283</v>
+        <v>6413.1895</v>
       </c>
       <c r="E41" s="10">
-        <v>7260.4</v>
+        <v>8005.9</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>26</v>
+      </c>
+      <c r="B42" s="19">
+        <v>9</v>
       </c>
       <c r="C42" s="11">
-        <v>13640.1133</v>
+        <v>14421.5819</v>
       </c>
       <c r="D42" s="11">
-        <v>13069.635</v>
+        <v>13547.7251</v>
       </c>
       <c r="E42" s="11">
-        <v>14260.8</v>
+        <v>15359.8</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>27</v>
+      </c>
+      <c r="B44" s="18">
+        <v>6</v>
       </c>
       <c r="C44" s="10">
-        <v>5141.8644</v>
+        <v>5508.2098</v>
       </c>
       <c r="D44" s="10">
-        <v>4855.7884</v>
+        <v>5104.0793</v>
       </c>
       <c r="E44" s="10">
-        <v>5451.1897</v>
+        <v>5907.9966</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>28</v>
+      </c>
+      <c r="B45" s="18">
+        <v>6</v>
       </c>
       <c r="C45" s="10">
-        <v>-3425.1831</v>
+        <v>-3679.9453</v>
       </c>
       <c r="D45" s="10">
-        <v>-3704.6589</v>
+        <v>-3985.8727</v>
       </c>
       <c r="E45" s="10">
-        <v>-3217.8</v>
+        <v>-3371.5889</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>29</v>
+      </c>
+      <c r="B47" s="20">
+        <v>9</v>
       </c>
       <c r="C47" s="12">
-        <v>1701.5697</v>
+        <v>1845.2002</v>
       </c>
       <c r="D47" s="12">
-        <v>1582.9132</v>
+        <v>1669.6292</v>
       </c>
       <c r="E47" s="12">
-        <v>1820.3</v>
+        <v>2001.3</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>11</v>
+      </c>
+      <c r="B49" s="18">
+        <v>9</v>
       </c>
       <c r="C49" s="10">
-        <v>458.3451</v>
+        <v>485.0755</v>
       </c>
       <c r="D49" s="10">
-        <v>418.3715</v>
+        <v>429.7174</v>
       </c>
       <c r="E49" s="10">
-        <v>507.3886</v>
+        <v>542.0916999999999</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B50" s="18">
+        <v>9</v>
       </c>
       <c r="C50" s="10">
-        <v>312.4206</v>
+        <v>343.6981</v>
       </c>
       <c r="D50" s="10">
-        <v>281.0785</v>
+        <v>295.3068</v>
       </c>
       <c r="E50" s="10">
-        <v>349.9764</v>
+        <v>383.3</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="B51" s="18">
+        <v>9</v>
       </c>
       <c r="C51" s="10">
-        <v>932.5875</v>
+        <v>1018.4789</v>
       </c>
       <c r="D51" s="10">
-        <v>839.7704</v>
+        <v>886.5189</v>
       </c>
       <c r="E51" s="10">
-        <v>1021.9</v>
+        <v>1106.6</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>31</v>
+      </c>
+      <c r="B52" s="19">
+        <v>9</v>
       </c>
       <c r="C52" s="11">
-        <v>1703.3531</v>
+        <v>1847.2525</v>
       </c>
       <c r="D52" s="11">
-        <v>1582.9132</v>
+        <v>1669.6292</v>
       </c>
       <c r="E52" s="11">
-        <v>1805.3</v>
+        <v>1986.3</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>32</v>
+      </c>
+      <c r="B54" s="18">
+        <v>9</v>
       </c>
       <c r="C54" s="10">
-        <v>1670.3683</v>
+        <v>1814.4822</v>
       </c>
       <c r="D54" s="10">
-        <v>1546.2255</v>
+        <v>1634.3824</v>
       </c>
       <c r="E54" s="10">
-        <v>1771.4</v>
+        <v>1961.1</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>33</v>
+      </c>
+      <c r="B55" s="20">
+        <v>9</v>
       </c>
       <c r="C55" s="12">
-        <v>1641.3308</v>
+        <v>1767.2376</v>
       </c>
       <c r="D55" s="12">
         <v>1324.5092</v>
       </c>
       <c r="E55" s="12">
-        <v>1786.4</v>
+        <v>1976.1</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>34</v>
+      </c>
+      <c r="B57" s="18">
+        <v>9</v>
       </c>
       <c r="C57" s="10">
-        <v>-449.397</v>
+        <v>-487.988</v>
       </c>
       <c r="D57" s="10">
-        <v>-478.3</v>
+        <v>-529.5</v>
       </c>
       <c r="E57" s="10">
-        <v>-418.1919</v>
+        <v>-442.042</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>35</v>
+      </c>
+      <c r="B58" s="20">
+        <v>9</v>
       </c>
       <c r="C58" s="12">
-        <v>-450.6266</v>
+        <v>-489.3734</v>
       </c>
       <c r="D58" s="12">
-        <v>-482.3</v>
+        <v>-533.5</v>
       </c>
       <c r="E58" s="12">
-        <v>-418.1919</v>
+        <v>-442.042</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>36</v>
+      </c>
+      <c r="B60" s="18">
+        <v>9</v>
       </c>
       <c r="C60" s="10">
-        <v>1220.9324</v>
+        <v>1326.3298</v>
       </c>
       <c r="D60" s="10">
-        <v>1127.3651</v>
+        <v>1191.5677</v>
       </c>
       <c r="E60" s="10">
-        <v>1292.5</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>37</v>
+      </c>
+      <c r="B61" s="20">
+        <v>9</v>
       </c>
       <c r="C61" s="12">
-        <v>1224.4862</v>
+        <v>1330.3189</v>
       </c>
       <c r="D61" s="12">
-        <v>1127.3651</v>
+        <v>1191.5677</v>
       </c>
       <c r="E61" s="12">
-        <v>1303.5</v>
+        <v>1441.9</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>39</v>
+      </c>
+      <c r="B64" s="18">
+        <v>8</v>
       </c>
       <c r="C64" s="10">
-        <v>-1.9815</v>
+        <v>-2.3088</v>
       </c>
       <c r="D64" s="10">
-        <v>-12.7339</v>
+        <v>-13.3706</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>40</v>
+      </c>
+      <c r="B65" s="18">
+        <v>9</v>
       </c>
       <c r="C65" s="10">
-        <v>-31.4837</v>
+        <v>-30.7868</v>
       </c>
       <c r="D65" s="10">
-        <v>-59.4837</v>
+        <v>-72.0296</v>
       </c>
       <c r="E65" s="10">
-        <v>-14.3429</v>
+        <v>15.8155</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>41</v>
+      </c>
+      <c r="B66" s="18">
+        <v>8</v>
       </c>
       <c r="C66" s="10">
-        <v>879.2279</v>
+        <v>922.4648</v>
       </c>
       <c r="D66" s="10">
-        <v>686.1558</v>
+        <v>690.934</v>
       </c>
       <c r="E66" s="10">
-        <v>1025.2971</v>
+        <v>1091.3382</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>42</v>
+      </c>
+      <c r="B67" s="18">
+        <v>8</v>
       </c>
       <c r="C67" s="10">
-        <v>499.4794</v>
+        <v>539.5131</v>
       </c>
       <c r="D67" s="10">
-        <v>281</v>
+        <v>323.8</v>
       </c>
       <c r="E67" s="10">
-        <v>599.9536000000001</v>
+        <v>642.1598</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>43</v>
+      </c>
+      <c r="B69" s="18">
+        <v>9</v>
       </c>
       <c r="C69" s="13">
-        <v>3.477</v>
+        <v>3.8231</v>
       </c>
       <c r="D69" s="13">
-        <v>3.1434</v>
+        <v>3.3224</v>
       </c>
       <c r="E69" s="13">
-        <v>3.9961</v>
+        <v>4.5589</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>44</v>
+      </c>
+      <c r="B70" s="20">
+        <v>9</v>
       </c>
       <c r="C70" s="14">
-        <v>3.485</v>
+        <v>3.8319</v>
       </c>
       <c r="D70" s="14">
-        <v>3.1434</v>
+        <v>3.3224</v>
       </c>
       <c r="E70" s="14">
-        <v>4.0029</v>
+        <v>4.566</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>45</v>
+      </c>
+      <c r="B71" s="20">
+        <v>9</v>
       </c>
       <c r="C71" s="14">
-        <v>1.5734</v>
+        <v>1.7367</v>
       </c>
       <c r="D71" s="14">
-        <v>1.4586</v>
+        <v>1.555</v>
       </c>
       <c r="E71" s="14">
-        <v>1.8013</v>
+        <v>2.0547</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>46</v>
+      </c>
+      <c r="B73" s="20">
+        <v>8</v>
       </c>
       <c r="C73" s="14">
-        <v>845.9453999999999</v>
+        <v>945.1922</v>
       </c>
       <c r="D73" s="14">
-        <v>662.21</v>
+        <v>774.8</v>
       </c>
       <c r="E73" s="14">
-        <v>991.4897999999999</v>
+        <v>1087.1341</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>48</v>
+      </c>
+      <c r="B76" s="21">
+        <v>6</v>
       </c>
       <c r="C76" s="15">
-        <v>37.736</v>
+        <v>38.2479</v>
       </c>
       <c r="D76" s="15">
-        <v>36.7152</v>
+        <v>36.7974</v>
       </c>
       <c r="E76" s="15">
-        <v>39.2041</v>
+        <v>39.8041</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>49</v>
+      </c>
+      <c r="B77" s="21">
+        <v>6</v>
       </c>
       <c r="C77" s="15">
-        <v>25.3551</v>
+        <v>25.5535</v>
       </c>
       <c r="D77" s="15">
-        <v>24.1876</v>
+        <v>24.0708</v>
       </c>
       <c r="E77" s="15">
-        <v>26.6433</v>
+        <v>26.8541</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>50</v>
+      </c>
+      <c r="B78" s="21">
+        <v>9</v>
       </c>
       <c r="C78" s="15">
-        <v>12.4864</v>
+        <v>12.8049</v>
       </c>
       <c r="D78" s="15">
-        <v>12.0411</v>
+        <v>12.2194</v>
       </c>
       <c r="E78" s="15">
-        <v>12.7772</v>
+        <v>13.1017</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>51</v>
+      </c>
+      <c r="B79" s="21">
+        <v>9</v>
       </c>
       <c r="C79" s="15">
-        <v>27.5631</v>
+        <v>27.9211</v>
       </c>
       <c r="D79" s="15">
-        <v>26.9591</v>
+        <v>26.961</v>
       </c>
       <c r="E79" s="15">
-        <v>32.5651</v>
+        <v>35.2205</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B80" s="21">
+        <v>8</v>
+      </c>
+      <c r="C80" s="15">
+        <v>6.4248</v>
+      </c>
+      <c r="D80" s="15">
+        <v>5.1</v>
+      </c>
+      <c r="E80" s="15">
+        <v>7.509</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" s="16" t="s">
         <v>53</v>
-      </c>
-[...15 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
-      <c r="A102" s="23" t="s">
-[...82 lines deleted...]
-      <c r="B3" s="3" t="s">
+      <c r="A102" s="17" t="s">
         <v>68</v>
-      </c>
-[...1224 lines deleted...]
-        <v>67</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -11880,60 +10407,59 @@
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="82" man="1"/>
     <brk id="102" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
       <vt:lpstr>FY25</vt:lpstr>
       <vt:lpstr>H2 FY25</vt:lpstr>
-      <vt:lpstr>Q3 FY25</vt:lpstr>
       <vt:lpstr>FY26</vt:lpstr>
       <vt:lpstr>FY27</vt:lpstr>
       <vt:lpstr>FY28</vt:lpstr>
       <vt:lpstr>FY29</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vuma Financial Ltd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Vuma - Excel output</dc:title>
   <dc:description>Vuma - Excel output</dc:description>
   <dc:subject>Vuma - Excel output</dc:subject>
   <cp:keywords/>