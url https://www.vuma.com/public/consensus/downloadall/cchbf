--- v1 (2026-01-20)
+++ v2 (2026-03-09)
@@ -1,100 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
     <sheet name="FY25" sheetId="2" r:id="rId5"/>
     <sheet name="H2 FY25" sheetId="3" r:id="rId6"/>
     <sheet name="FY26" sheetId="4" r:id="rId7"/>
     <sheet name="FY27" sheetId="5" r:id="rId8"/>
     <sheet name="FY28" sheetId="6" r:id="rId9"/>
     <sheet name="FY29" sheetId="7" r:id="rId10"/>
+    <sheet name="FY30" sheetId="8" r:id="rId11"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Coca-Cola HBC AG</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
     <t>H2 FY25</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>FY28</t>
   </si>
   <si>
     <t>FY29</t>
   </si>
   <si>
+    <t>FY30</t>
+  </si>
+  <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>13/10/25</t>
+    <t>06/02/26</t>
   </si>
   <si>
     <t>Organic Growth rates (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Established</t>
   </si>
   <si>
     <t xml:space="preserve">    Developing</t>
   </si>
   <si>
     <t xml:space="preserve">    Emerging</t>
   </si>
   <si>
     <t xml:space="preserve">    Total organic volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net sales revenue per unit case (%)</t>
   </si>
   <si>
     <t xml:space="preserve">     Total organic net sales revenue per unit case (%)</t>
   </si>
@@ -188,90 +193,84 @@
   <si>
     <t xml:space="preserve">  Free Cashflow (€m)</t>
   </si>
   <si>
     <t>Ratios (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Comparable Gross Profit Margin (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Comparable Opex/Sales (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Comparable EBIT Margin (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Comparable Effective Tax Rate (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Capital Expenditure/Sales (%)</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>Coca-Cola Hellenic Bottling Company AG (the “Company”) is not authorised or regulated by the UK Financial Conduct Authority and may not provide investment</t>
+    <t>Coca-Cola Hellenic Bottling Company AG (the “Company”) is not authorised or regulated by the UK Financial Conduct Authority and may not provide investment advice. The</t>
   </si>
   <si>
-    <t>advice. The consensus data should not be construed as an invitation, inducement or recommendation to buy or sell shares in the Company or to engage in any other</t>
+    <t>consensus data should not be construed as an invitation, inducement or recommendation to buy or sell shares in the Company or to engage in any other form of investment activity.</t>
   </si>
   <si>
-    <t>form of investment activity. In addition, the consensus data is not intended to constitute a financial promotion within the meaning of section 21 of the Financial</t>
+    <t>In addition, the consensus data is not intended to constitute a financial promotion within the meaning of section 21 of the Financial Services and Markets Act 2000.</t>
   </si>
   <si>
-    <t>Services and Markets Act 2000.</t>
+    <t>The consensus data are based on submissions from registered investment analysts as to the Company’s expected future performance. It is therefore speculative and forward-looking</t>
   </si>
   <si>
-    <t>The consensus data are based on submissions from registered investment analysts as to the Company’s expected future performance. It is therefore speculative and</t>
+    <t>and subject to a number of uncertainties that may impact the Company’s actual performance. The Company uses Vuma Financial Ltd. to collect and analyse the submissions which</t>
   </si>
   <si>
-    <t>forward-looking and subject to a number of uncertainties that may impact the Company’s actual performance. The Company uses Vuma Financial Ltd. to collect and</t>
+    <t>form the basis of the consensus data. The figures presented represent the arithmetic average of the submissions that have been provided, with each submission being given equal</t>
   </si>
   <si>
-    <t>analyse the submissions which form the basis of the consensus data. The figures presented represent the arithmetic average of the submissions that have been</t>
+    <t>weight. Moreover, the data has not been adjusted to exclude any submission. The Company assumes that the submissions reflect the analysts’ genuine opinions, forecasts,</t>
   </si>
   <si>
-    <t>provided, with each submission being given equal weight. Moreover, the data has not been adjusted to exclude any submission. The Company assumes that the</t>
+    <t>estimates, projections and predictions. The analysts will, if relevant, identify and disclose all conflicts of interest that are known or reasonably expected to be known to</t>
   </si>
   <si>
-    <t>submissions reflect the analysts’ genuine opinions, forecasts, estimates, projections and predictions. The analysts will, if relevant, identify and disclose all</t>
+    <t>relate to them. No analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the Company for their submission.</t>
   </si>
   <si>
-    <t>conflicts of interest that are known or reasonably expected to be known to relate to them. No analyst has been paid a fee, commission or received a non-monetary</t>
+    <t>The consensus data is based on the investment analysts' opinions, forecasts, estimates, projections and predictions regarding the Company's performance. It does not represent the</t>
   </si>
   <si>
-    <t>benefit from the Company or any person connected to the Company for their submission.</t>
+    <t>Company’s own views on its performance nor does the Company or its management endorse or make any representation or warranty in relation to the consensus data. The Company</t>
   </si>
   <si>
-    <t>The consensus data is based on the investment analysts' opinions, forecasts, estimates, projections and predictions regarding the Company's performance. It does not</t>
-[...5 lines deleted...]
-    <t>consensus data. The Company endeavours to ensure that the consensus data is accurate and up-to-date but it is not under an obligation to update the consensus data.</t>
+    <t>endeavours to ensure that the consensus data is accurate and up-to-date but it is not under an obligation to update the consensus data.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
     <t>Coca-Cola Hellenic Bottling Company AG (the “Company”) is not authorised or regulated by the UK Financial Conduct Authority and may</t>
   </si>
   <si>
     <t>not provide investment advice. The consensus data should not be construed as an invitation, inducement or recommendation to buy or sell</t>
   </si>
   <si>
     <t>shares in the Company or to engage in any other form of investment activity. In addition, the consensus data is not intended to</t>
   </si>
@@ -527,51 +526,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -843,3016 +842,3196 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G100"/>
+  <dimension ref="A1:H98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A100" sqref="A100"/>
+      <selection activeCell="A98" sqref="A98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
+    <row r="2" spans="1:8">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>6</v>
       </c>
-    </row>
-    <row r="3" spans="1:7">
+      <c r="H2" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
       <c r="B3" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F3" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G3" s="3" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:7">
+        <v>8</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
       <c r="B4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:7">
+        <v>9</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
-    </row>
-    <row r="6" spans="1:7">
+      <c r="H5" s="3"/>
+    </row>
+    <row r="6" spans="1:8">
       <c r="A6" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
-    </row>
-    <row r="7" spans="1:7">
+      <c r="H6" s="5"/>
+    </row>
+    <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
-    </row>
-    <row r="8" spans="1:7">
+      <c r="H7"/>
+    </row>
+    <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B8" s="10">
-        <v>0.2254</v>
+        <v>-0.0316</v>
       </c>
       <c r="C8" s="10">
-        <v>0.3479</v>
+        <v>-0.1448</v>
       </c>
       <c r="D8" s="10">
-        <v>0.6739000000000001</v>
+        <v>0.5649</v>
       </c>
       <c r="E8" s="10">
-        <v>1.0273</v>
+        <v>0.7181</v>
       </c>
       <c r="F8" s="10">
-        <v>1.0882</v>
+        <v>1.0049</v>
       </c>
       <c r="G8" s="10">
-        <v>1.0462</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7">
+        <v>1.0082</v>
+      </c>
+      <c r="H8" s="10">
+        <v>1.0285</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" s="10">
-        <v>0.5941</v>
+        <v>0.6492</v>
       </c>
       <c r="C9" s="10">
-        <v>1.1631</v>
+        <v>1.2616</v>
       </c>
       <c r="D9" s="10">
-        <v>1.7211</v>
+        <v>1.5025</v>
       </c>
       <c r="E9" s="10">
-        <v>2.0644</v>
+        <v>2.0544</v>
       </c>
       <c r="F9" s="10">
-        <v>2.3732</v>
+        <v>2.3772</v>
       </c>
       <c r="G9" s="10">
-        <v>2.3037</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7">
+        <v>2.3661</v>
+      </c>
+      <c r="H9" s="10">
+        <v>2.2576</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B10" s="10">
-        <v>3.8859</v>
+        <v>3.5873</v>
       </c>
       <c r="C10" s="10">
-        <v>3.6829</v>
+        <v>3.0731</v>
       </c>
       <c r="D10" s="10">
-        <v>3.8563</v>
+        <v>3.744</v>
       </c>
       <c r="E10" s="10">
-        <v>3.7658</v>
+        <v>3.9138</v>
       </c>
       <c r="F10" s="10">
-        <v>4.0241</v>
+        <v>4.0264</v>
       </c>
       <c r="G10" s="10">
-        <v>3.9554</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7">
+        <v>4.021</v>
+      </c>
+      <c r="H10" s="10">
+        <v>3.964</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
       <c r="A11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" s="11">
-        <v>2.5525</v>
+        <v>2.3231</v>
       </c>
       <c r="C11" s="11">
-        <v>2.5262</v>
+        <v>2.0746</v>
       </c>
       <c r="D11" s="11">
-        <v>2.8308</v>
+        <v>2.7078</v>
       </c>
       <c r="E11" s="11">
-        <v>2.9179</v>
+        <v>2.9923</v>
       </c>
       <c r="F11" s="11">
-        <v>3.1607</v>
+        <v>3.1722</v>
       </c>
       <c r="G11" s="11">
-        <v>3.1361</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:7">
+        <v>3.1958</v>
+      </c>
+      <c r="H11" s="11">
+        <v>3.1553</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
-    </row>
-    <row r="13" spans="1:7">
+      <c r="H12"/>
+    </row>
+    <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
-    </row>
-    <row r="14" spans="1:7">
+      <c r="H13"/>
+    </row>
+    <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="10">
-        <v>2.3084</v>
+        <v>2.3279</v>
       </c>
       <c r="C14" s="10">
-        <v>2.1812</v>
+        <v>2.2413</v>
       </c>
       <c r="D14" s="10">
-        <v>2.3044</v>
+        <v>1.9004</v>
       </c>
       <c r="E14" s="10">
-        <v>1.8404</v>
+        <v>1.9844</v>
       </c>
       <c r="F14" s="10">
-        <v>1.928</v>
+        <v>1.8444</v>
       </c>
       <c r="G14" s="10">
-        <v>1.9429</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>1.8552</v>
+      </c>
+      <c r="H14" s="10">
+        <v>1.8999</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="10">
-        <v>5.0434</v>
+        <v>5.1866</v>
       </c>
       <c r="C15" s="10">
-        <v>3.8132</v>
+        <v>4.0775</v>
       </c>
       <c r="D15" s="10">
-        <v>3.338</v>
+        <v>3.1921</v>
       </c>
       <c r="E15" s="10">
-        <v>3.0806</v>
+        <v>3.0948</v>
       </c>
       <c r="F15" s="10">
-        <v>3.0224</v>
+        <v>2.9933</v>
       </c>
       <c r="G15" s="10">
-        <v>3.0481</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>3.0213</v>
+      </c>
+      <c r="H15" s="10">
+        <v>3.025</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16" s="10">
-        <v>9.5008</v>
+        <v>8.8553</v>
       </c>
       <c r="C16" s="10">
-        <v>6.5256</v>
+        <v>5.3951</v>
       </c>
       <c r="D16" s="10">
-        <v>5.3043</v>
+        <v>5.2601</v>
       </c>
       <c r="E16" s="10">
-        <v>4.796</v>
+        <v>4.7606</v>
       </c>
       <c r="F16" s="10">
-        <v>4.3165</v>
+        <v>4.5819</v>
       </c>
       <c r="G16" s="10">
-        <v>4.4318</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>4.695</v>
+      </c>
+      <c r="H16" s="10">
+        <v>4.6754</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
       <c r="A17" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B17" s="11">
-        <v>5.5811</v>
+        <v>5.3587</v>
       </c>
       <c r="C17" s="11">
-        <v>4.079</v>
+        <v>3.6851</v>
       </c>
       <c r="D17" s="11">
-        <v>3.4749</v>
+        <v>3.3364</v>
       </c>
       <c r="E17" s="11">
-        <v>3.1628</v>
+        <v>3.1787</v>
       </c>
       <c r="F17" s="11">
-        <v>2.9419</v>
+        <v>3.1469</v>
       </c>
       <c r="G17" s="11">
-        <v>3.0341</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>3.2537</v>
+      </c>
+      <c r="H17" s="11">
+        <v>3.239</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
-    </row>
-    <row r="19" spans="1:7">
+      <c r="H18"/>
+    </row>
+    <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19"/>
-    </row>
-    <row r="20" spans="1:7">
+      <c r="H19"/>
+    </row>
+    <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B20" s="10">
-        <v>2.5283</v>
+        <v>2.262</v>
       </c>
       <c r="C20" s="10">
-        <v>2.5516</v>
+        <v>2.0233</v>
       </c>
       <c r="D20" s="10">
-        <v>2.9005</v>
+        <v>2.4154</v>
       </c>
       <c r="E20" s="10">
-        <v>2.8248</v>
+        <v>2.6531</v>
       </c>
       <c r="F20" s="10">
-        <v>3.0325</v>
+        <v>2.8764</v>
       </c>
       <c r="G20" s="10">
-        <v>3.0059</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7">
+        <v>2.8915</v>
+      </c>
+      <c r="H20" s="10">
+        <v>2.9585</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B21" s="10">
-        <v>5.6833</v>
+        <v>5.7939</v>
       </c>
       <c r="C21" s="10">
-        <v>5.041</v>
+        <v>5.2464</v>
       </c>
       <c r="D21" s="10">
-        <v>5.0849</v>
+        <v>4.7292</v>
       </c>
       <c r="E21" s="10">
-        <v>5.0856</v>
+        <v>5.1066</v>
       </c>
       <c r="F21" s="10">
-        <v>5.4618</v>
+        <v>5.4426</v>
       </c>
       <c r="G21" s="10">
-        <v>5.4234</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:7">
+        <v>5.4599</v>
+      </c>
+      <c r="H21" s="10">
+        <v>5.3521</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22" s="10">
-        <v>13.6848</v>
+        <v>12.6359</v>
       </c>
       <c r="C22" s="10">
-        <v>10.3335</v>
+        <v>8.385400000000001</v>
       </c>
       <c r="D22" s="10">
-        <v>9.442500000000001</v>
+        <v>9.3651</v>
       </c>
       <c r="E22" s="10">
-        <v>8.527100000000001</v>
+        <v>8.6769</v>
       </c>
       <c r="F22" s="10">
-        <v>8.5038</v>
+        <v>8.785600000000001</v>
       </c>
       <c r="G22" s="10">
-        <v>8.5565</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>8.8972</v>
+      </c>
+      <c r="H22" s="10">
+        <v>8.8165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
       <c r="A23" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B23" s="12">
-        <v>8.2331</v>
+        <v>7.7159</v>
       </c>
       <c r="C23" s="12">
-        <v>6.6601</v>
+        <v>5.6638</v>
       </c>
       <c r="D23" s="12">
-        <v>6.4361</v>
+        <v>6.1979</v>
       </c>
       <c r="E23" s="12">
-        <v>6.0312</v>
+        <v>6.091</v>
       </c>
       <c r="F23" s="12">
-        <v>6.2035</v>
+        <v>6.4251</v>
       </c>
       <c r="G23" s="12">
-        <v>6.2484</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>6.5373</v>
+      </c>
+      <c r="H23" s="12">
+        <v>6.4909</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
-    </row>
-    <row r="25" spans="1:7">
+      <c r="H24"/>
+    </row>
+    <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
-    </row>
-    <row r="26" spans="1:7">
+      <c r="H25"/>
+    </row>
+    <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B26" s="10">
-        <v>0.9923999999999999</v>
+        <v>0.6483</v>
       </c>
       <c r="C26" s="10">
-        <v>8.082599999999999</v>
+        <v>7.3255</v>
       </c>
       <c r="D26" s="10">
-        <v>5.9967</v>
+        <v>6.2788</v>
       </c>
       <c r="E26" s="10">
-        <v>5.5535</v>
+        <v>5.175</v>
       </c>
       <c r="F26" s="10">
-        <v>5.1208</v>
+        <v>5.0647</v>
       </c>
       <c r="G26" s="10">
-        <v>4.962</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>4.9381</v>
+      </c>
+      <c r="H26" s="10">
+        <v>5.0369</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B27" s="10">
-        <v>5.5116</v>
+        <v>6.4342</v>
       </c>
       <c r="C27" s="10">
-        <v>11.4129</v>
+        <v>12.7293</v>
       </c>
       <c r="D27" s="10">
-        <v>9.123799999999999</v>
+        <v>7.6264</v>
       </c>
       <c r="E27" s="10">
-        <v>8.9109</v>
+        <v>8.702</v>
       </c>
       <c r="F27" s="10">
-        <v>8.7829</v>
+        <v>8.3736</v>
       </c>
       <c r="G27" s="10">
-        <v>8.335900000000001</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>7.921</v>
+      </c>
+      <c r="H27" s="10">
+        <v>7.5713</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B28" s="10">
-        <v>20.8543</v>
+        <v>19.9937</v>
       </c>
       <c r="C28" s="10">
-        <v>12.4692</v>
+        <v>11.104</v>
       </c>
       <c r="D28" s="10">
-        <v>11.6518</v>
+        <v>11.6113</v>
       </c>
       <c r="E28" s="10">
-        <v>10.6749</v>
+        <v>10.8887</v>
       </c>
       <c r="F28" s="10">
-        <v>10.5291</v>
+        <v>10.8417</v>
       </c>
       <c r="G28" s="10">
-        <v>10.6904</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>10.9416</v>
+      </c>
+      <c r="H28" s="10">
+        <v>10.9105</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B29" s="12">
-        <v>11.2456</v>
+        <v>11.0102</v>
       </c>
       <c r="C29" s="12">
-        <v>10.5748</v>
+        <v>10.1032</v>
       </c>
       <c r="D29" s="12">
-        <v>9.5108</v>
+        <v>9.3606</v>
       </c>
       <c r="E29" s="12">
-        <v>8.8848</v>
+        <v>8.8672</v>
       </c>
       <c r="F29" s="12">
-        <v>8.722799999999999</v>
+        <v>8.853199999999999</v>
       </c>
       <c r="G29" s="12">
-        <v>8.723800000000001</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:7">
+        <v>8.8003</v>
+      </c>
+      <c r="H29" s="12">
+        <v>8.639200000000001</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
-    </row>
-    <row r="31" spans="1:7">
+      <c r="H30"/>
+    </row>
+    <row r="31" spans="1:8">
       <c r="A31" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
       <c r="F31" s="5"/>
       <c r="G31" s="5"/>
-    </row>
-    <row r="32" spans="1:7">
+      <c r="H31" s="5"/>
+    </row>
+    <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
-    </row>
-    <row r="33" spans="1:7">
+      <c r="H32"/>
+    </row>
+    <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B33" s="10">
-        <v>632.7453</v>
+        <v>631.1844</v>
       </c>
       <c r="C33" s="10">
-        <v>326.1525</v>
+        <v>324.5904</v>
       </c>
       <c r="D33" s="10">
-        <v>637.0771</v>
+        <v>634.7628999999999</v>
       </c>
       <c r="E33" s="10">
-        <v>643.1336</v>
+        <v>638.8038</v>
       </c>
       <c r="F33" s="10">
-        <v>651.9571999999999</v>
+        <v>645.7573</v>
       </c>
       <c r="G33" s="10">
-        <v>660.412</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7">
+        <v>652.0979</v>
+      </c>
+      <c r="H33" s="10">
+        <v>658.9489</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B34" s="10">
-        <v>485.4925</v>
+        <v>485.7176</v>
       </c>
       <c r="C34" s="10">
-        <v>251.1939</v>
+        <v>251.4195</v>
       </c>
       <c r="D34" s="10">
-        <v>493.863</v>
+        <v>493.0162</v>
       </c>
       <c r="E34" s="10">
-        <v>503.9858</v>
+        <v>502.9791</v>
       </c>
       <c r="F34" s="10">
-        <v>517.4139</v>
+        <v>516.0515</v>
       </c>
       <c r="G34" s="10">
-        <v>529.6468</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:7">
+        <v>527.9186999999999</v>
+      </c>
+      <c r="H34" s="10">
+        <v>537.0848999999999</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B35" s="10">
-        <v>1870.6577</v>
+        <v>1865.1925</v>
       </c>
       <c r="C35" s="10">
-        <v>948.1616</v>
+        <v>942.701</v>
       </c>
       <c r="D35" s="10">
-        <v>1944.1772</v>
+        <v>1935.6538</v>
       </c>
       <c r="E35" s="10">
-        <v>2021.8161</v>
+        <v>2095.5493</v>
       </c>
       <c r="F35" s="10">
-        <v>2113.9214</v>
+        <v>2231.5839</v>
       </c>
       <c r="G35" s="10">
-        <v>2197.5047</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>2336.2438</v>
+      </c>
+      <c r="H35" s="10">
+        <v>2440.2806</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
       <c r="A36" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="11">
-        <v>2988.8955</v>
+        <v>2982.0946</v>
       </c>
       <c r="C36" s="11">
-        <v>1525.508</v>
+        <v>1518.7108</v>
       </c>
       <c r="D36" s="11">
-        <v>3075.1173</v>
+        <v>3063.4329</v>
       </c>
       <c r="E36" s="11">
-        <v>3168.9355</v>
+        <v>3237.3321</v>
       </c>
       <c r="F36" s="11">
-        <v>3283.2925</v>
+        <v>3393.3927</v>
       </c>
       <c r="G36" s="11">
-        <v>3387.5636</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7">
+        <v>3516.2605</v>
+      </c>
+      <c r="H36" s="11">
+        <v>3636.3144</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
-    </row>
-    <row r="38" spans="1:7">
+      <c r="H37"/>
+    </row>
+    <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
-    </row>
-    <row r="39" spans="1:7">
+      <c r="H38"/>
+    </row>
+    <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B39" s="10">
-        <v>3604.313</v>
+        <v>3596.7047</v>
       </c>
       <c r="C39" s="10">
-        <v>1834.6145</v>
+        <v>1827.0002</v>
       </c>
       <c r="D39" s="10">
-        <v>3708.755</v>
+        <v>3685.0014</v>
       </c>
       <c r="E39" s="10">
-        <v>3808.9625</v>
+        <v>3777.0026</v>
       </c>
       <c r="F39" s="10">
-        <v>3956.0285</v>
+        <v>3904.9766</v>
       </c>
       <c r="G39" s="10">
-        <v>4091.3789</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7">
+        <v>4019.6692</v>
+      </c>
+      <c r="H39" s="10">
+        <v>4146.5974</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B40" s="10">
-        <v>2541.7798</v>
+        <v>2542.7586</v>
       </c>
       <c r="C40" s="10">
-        <v>1343.1099</v>
+        <v>1344.0889</v>
       </c>
       <c r="D40" s="10">
-        <v>2676.9901</v>
+        <v>2683.8918</v>
       </c>
       <c r="E40" s="10">
-        <v>2811.7287</v>
+        <v>2815.8907</v>
       </c>
       <c r="F40" s="10">
-        <v>2968.5969</v>
+        <v>2975.3143</v>
       </c>
       <c r="G40" s="10">
-        <v>3130.1712</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7">
+        <v>3135.8741</v>
+      </c>
+      <c r="H40" s="10">
+        <v>3289.8056</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B41" s="10">
-        <v>5422.5721</v>
+        <v>5415.9246</v>
       </c>
       <c r="C41" s="10">
-        <v>2770.6725</v>
+        <v>2764.022</v>
       </c>
       <c r="D41" s="10">
-        <v>5855.7499</v>
+        <v>5905.8042</v>
       </c>
       <c r="E41" s="10">
-        <v>6295.3724</v>
+        <v>6613.9479</v>
       </c>
       <c r="F41" s="10">
-        <v>6715.4879</v>
+        <v>7238.2654</v>
       </c>
       <c r="G41" s="10">
-        <v>7200.0318</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7">
+        <v>7834.2232</v>
+      </c>
+      <c r="H41" s="10">
+        <v>8418.447200000001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
       <c r="A42" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B42" s="11">
-        <v>11568.6649</v>
+        <v>11555.3879</v>
       </c>
       <c r="C42" s="11">
-        <v>5948.3969</v>
+        <v>5935.1111</v>
       </c>
       <c r="D42" s="11">
-        <v>12241.495</v>
+        <v>12274.6974</v>
       </c>
       <c r="E42" s="11">
-        <v>12916.0636</v>
+        <v>13206.8412</v>
       </c>
       <c r="F42" s="11">
-        <v>13640.1133</v>
+        <v>14118.5563</v>
       </c>
       <c r="G42" s="11">
-        <v>14421.5819</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>14989.7664</v>
+      </c>
+      <c r="H42" s="11">
+        <v>15854.8502</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
-    </row>
-    <row r="44" spans="1:7">
+      <c r="H43"/>
+    </row>
+    <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B44" s="10">
-        <v>4227.9107</v>
+        <v>4229.4281</v>
       </c>
       <c r="C44" s="10">
-        <v>2150.9205</v>
+        <v>2152.4484</v>
       </c>
       <c r="D44" s="10">
-        <v>4525.6815</v>
+        <v>4544.1967</v>
       </c>
       <c r="E44" s="10">
-        <v>4809.6469</v>
+        <v>4951.6269</v>
       </c>
       <c r="F44" s="10">
-        <v>5141.8644</v>
+        <v>5435.0315</v>
       </c>
       <c r="G44" s="10">
-        <v>5508.2098</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7">
+        <v>5875.8774</v>
+      </c>
+      <c r="H44" s="10">
+        <v>5904.0251</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B45" s="10">
-        <v>-2909.3299</v>
+        <v>-2905.6317</v>
       </c>
       <c r="C45" s="10">
-        <v>-1502.1596</v>
+        <v>-1497.9698</v>
       </c>
       <c r="D45" s="10">
-        <v>-3095.5329</v>
+        <v>-3103.6452</v>
       </c>
       <c r="E45" s="10">
-        <v>-3266.7626</v>
+        <v>-3364.3131</v>
       </c>
       <c r="F45" s="10">
-        <v>-3425.1831</v>
+        <v>-3676.9953</v>
       </c>
       <c r="G45" s="10">
-        <v>-3679.9453</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:7">
+        <v>-3959.4218</v>
+      </c>
+      <c r="H45" s="10">
+        <v>-3926.9951</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
-    </row>
-    <row r="47" spans="1:7">
+      <c r="H46"/>
+    </row>
+    <row r="47" spans="1:8">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B47" s="12">
-        <v>1321.397</v>
+        <v>1327.1869</v>
       </c>
       <c r="C47" s="12">
-        <v>674.3253</v>
+        <v>680.454</v>
       </c>
       <c r="D47" s="12">
-        <v>1438.0672</v>
+        <v>1447.0914</v>
       </c>
       <c r="E47" s="12">
-        <v>1554.7737</v>
+        <v>1579.9396</v>
       </c>
       <c r="F47" s="12">
-        <v>1701.5697</v>
+        <v>1733.1315</v>
       </c>
       <c r="G47" s="12">
-        <v>1845.2002</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7">
+        <v>1883.4695</v>
+      </c>
+      <c r="H47" s="12">
+        <v>2032.2067</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
-    </row>
-    <row r="49" spans="1:7">
+      <c r="H48"/>
+    </row>
+    <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B49" s="10">
-        <v>390.4668</v>
+        <v>389.297</v>
       </c>
       <c r="C49" s="10">
-        <v>208.9771</v>
+        <v>207.8266</v>
       </c>
       <c r="D49" s="10">
-        <v>412.1577</v>
+        <v>410.643</v>
       </c>
       <c r="E49" s="10">
-        <v>431.6951</v>
+        <v>427.1705</v>
       </c>
       <c r="F49" s="10">
-        <v>458.3451</v>
+        <v>451.4373</v>
       </c>
       <c r="G49" s="10">
-        <v>485.0755</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7">
+        <v>473.1821</v>
+      </c>
+      <c r="H49" s="10">
+        <v>495.9124</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B50" s="10">
-        <v>240.1201</v>
+        <v>242.6628</v>
       </c>
       <c r="C50" s="10">
-        <v>122.1208</v>
+        <v>124.6603</v>
       </c>
       <c r="D50" s="10">
-        <v>261.9289</v>
+        <v>262.0814</v>
       </c>
       <c r="E50" s="10">
-        <v>283.9519</v>
+        <v>283.0628</v>
       </c>
       <c r="F50" s="10">
-        <v>312.4206</v>
+        <v>310.3079</v>
       </c>
       <c r="G50" s="10">
-        <v>343.6981</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7">
+        <v>337.3798</v>
+      </c>
+      <c r="H50" s="10">
+        <v>360.6182</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B51" s="10">
-        <v>694.6789</v>
+        <v>698.9459000000001</v>
       </c>
       <c r="C51" s="10">
-        <v>344.3836</v>
+        <v>348.6483</v>
       </c>
       <c r="D51" s="10">
-        <v>765.8962</v>
+        <v>775.667</v>
       </c>
       <c r="E51" s="10">
-        <v>841.3685</v>
+        <v>871.1331</v>
       </c>
       <c r="F51" s="10">
-        <v>932.5875</v>
+        <v>972.2193</v>
       </c>
       <c r="G51" s="10">
-        <v>1018.4789</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7">
+        <v>1073.9067</v>
+      </c>
+      <c r="H51" s="10">
+        <v>1178.7618</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
       <c r="A52" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B52" s="11">
-        <v>1325.2658</v>
+        <v>1330.9056</v>
       </c>
       <c r="C52" s="11">
-        <v>675.4815</v>
+        <v>681.1352000000001</v>
       </c>
       <c r="D52" s="11">
-        <v>1439.9828</v>
+        <v>1448.3914</v>
       </c>
       <c r="E52" s="11">
-        <v>1557.0155</v>
+        <v>1581.3663</v>
       </c>
       <c r="F52" s="11">
-        <v>1703.3531</v>
+        <v>1733.9645</v>
       </c>
       <c r="G52" s="11">
-        <v>1847.2525</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:7">
+        <v>1884.4686</v>
+      </c>
+      <c r="H52" s="11">
+        <v>2035.2924</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
-    </row>
-    <row r="54" spans="1:7">
+      <c r="H53"/>
+    </row>
+    <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B54" s="10">
-        <v>1301.4506</v>
+        <v>1311.5642</v>
       </c>
       <c r="C54" s="10">
-        <v>657.6038</v>
+        <v>667.718</v>
       </c>
       <c r="D54" s="10">
-        <v>1402.404</v>
+        <v>1420.539</v>
       </c>
       <c r="E54" s="10">
-        <v>1523.5336</v>
+        <v>1569.3475</v>
       </c>
       <c r="F54" s="10">
-        <v>1670.3683</v>
+        <v>1740.0396</v>
       </c>
       <c r="G54" s="10">
-        <v>1814.4822</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:7">
+        <v>1911.0527</v>
+      </c>
+      <c r="H54" s="10">
+        <v>2037.5637</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
       <c r="A55" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B55" s="12">
-        <v>1307.6514</v>
+        <v>1317.8184</v>
       </c>
       <c r="C55" s="12">
-        <v>657.9438</v>
+        <v>668.1144</v>
       </c>
       <c r="D55" s="12">
-        <v>1399.248</v>
+        <v>1414.4287</v>
       </c>
       <c r="E55" s="12">
-        <v>1513.2967</v>
+        <v>1557.2111</v>
       </c>
       <c r="F55" s="12">
-        <v>1641.3308</v>
+        <v>1710.0516</v>
       </c>
       <c r="G55" s="12">
-        <v>1767.2376</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7">
+        <v>1862.7549</v>
+      </c>
+      <c r="H55" s="12">
+        <v>1953.2815</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
-    </row>
-    <row r="57" spans="1:7">
+      <c r="H56"/>
+    </row>
+    <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B57" s="10">
-        <v>-352.4175</v>
+        <v>-354.8691</v>
       </c>
       <c r="C57" s="10">
-        <v>-178.3196</v>
+        <v>-180.7705</v>
       </c>
       <c r="D57" s="10">
-        <v>-377.2397</v>
+        <v>-383.5727</v>
       </c>
       <c r="E57" s="10">
-        <v>-409.4709</v>
+        <v>-424.0121</v>
       </c>
       <c r="F57" s="10">
-        <v>-449.397</v>
+        <v>-470.2273</v>
       </c>
       <c r="G57" s="10">
-        <v>-487.988</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:7">
+        <v>-516.5428000000001</v>
+      </c>
+      <c r="H57" s="10">
+        <v>-547.5971</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
       <c r="A58" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B58" s="12">
-        <v>-353.4697</v>
+        <v>-356.2475</v>
       </c>
       <c r="C58" s="12">
-        <v>-178.2748</v>
+        <v>-181.0531</v>
       </c>
       <c r="D58" s="12">
-        <v>-378.0875</v>
+        <v>-383.988</v>
       </c>
       <c r="E58" s="12">
-        <v>-410.5531</v>
+        <v>-424.9273</v>
       </c>
       <c r="F58" s="12">
-        <v>-450.6266</v>
+        <v>-471.2203</v>
       </c>
       <c r="G58" s="12">
-        <v>-489.3734</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:7">
+        <v>-517.6659</v>
+      </c>
+      <c r="H58" s="12">
+        <v>-548.4679</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
-    </row>
-    <row r="60" spans="1:7">
+      <c r="H59"/>
+    </row>
+    <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B60" s="10">
-        <v>949.0964</v>
+        <v>956.8101</v>
       </c>
       <c r="C60" s="10">
-        <v>479.1975</v>
+        <v>486.9009</v>
       </c>
       <c r="D60" s="10">
-        <v>1025.1681</v>
+        <v>1037.0165</v>
       </c>
       <c r="E60" s="10">
-        <v>1114.0619</v>
+        <v>1144.7806</v>
       </c>
       <c r="F60" s="10">
-        <v>1220.9324</v>
+        <v>1268.9054</v>
       </c>
       <c r="G60" s="10">
-        <v>1326.3298</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:7">
+        <v>1393.2533</v>
+      </c>
+      <c r="H60" s="10">
+        <v>1490.0563</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
       <c r="A61" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B61" s="12">
-        <v>954.4446</v>
+        <v>961.8821</v>
       </c>
       <c r="C61" s="12">
-        <v>479.7225</v>
+        <v>487.1459</v>
       </c>
       <c r="D61" s="12">
-        <v>1027.5153</v>
+        <v>1038.5279</v>
       </c>
       <c r="E61" s="12">
-        <v>1117.5482</v>
+        <v>1147.6253</v>
       </c>
       <c r="F61" s="12">
-        <v>1224.4862</v>
+        <v>1271.7455</v>
       </c>
       <c r="G61" s="12">
-        <v>1330.3189</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:7">
+        <v>1396.4626</v>
+      </c>
+      <c r="H61" s="12">
+        <v>1492.7121</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
       <c r="G62"/>
-    </row>
-    <row r="63" spans="1:7">
+      <c r="H62"/>
+    </row>
+    <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
-    </row>
-    <row r="64" spans="1:7">
+      <c r="H63"/>
+    </row>
+    <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B64" s="10">
-        <v>-5.1583</v>
+        <v>-4.5769</v>
       </c>
       <c r="C64" s="10">
-        <v>-1.5417</v>
+        <v>-0.8385</v>
       </c>
       <c r="D64" s="10">
-        <v>-2.5542</v>
+        <v>-1.7333</v>
       </c>
       <c r="E64" s="10">
-        <v>-2.8023</v>
+        <v>-1.7833</v>
       </c>
       <c r="F64" s="10">
-        <v>-1.9815</v>
+        <v>-0.9256</v>
       </c>
       <c r="G64" s="10">
-        <v>-2.3088</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:7">
+        <v>-1.1239</v>
+      </c>
+      <c r="H64" s="10">
+        <v>-3.5266</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B65" s="10">
-        <v>-20.5859</v>
+        <v>-16.0661</v>
       </c>
       <c r="C65" s="10">
-        <v>-19.2836</v>
+        <v>-14.7702</v>
       </c>
       <c r="D65" s="10">
-        <v>-37.6803</v>
+        <v>-32.5187</v>
       </c>
       <c r="E65" s="10">
-        <v>-32.3731</v>
+        <v>-44.6425</v>
       </c>
       <c r="F65" s="10">
-        <v>-31.4837</v>
+        <v>-48.1386</v>
       </c>
       <c r="G65" s="10">
-        <v>-30.7868</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:7">
+        <v>-39.9345</v>
+      </c>
+      <c r="H65" s="10">
+        <v>-6.7643</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B66" s="10">
-        <v>728.6369999999999</v>
+        <v>720.0832</v>
       </c>
       <c r="C66" s="10">
-        <v>477.9534</v>
+        <v>370.1799</v>
       </c>
       <c r="D66" s="10">
-        <v>785.6923</v>
+        <v>777.9423</v>
       </c>
       <c r="E66" s="10">
-        <v>829.5377999999999</v>
+        <v>868.1881</v>
       </c>
       <c r="F66" s="10">
-        <v>879.2279</v>
+        <v>948.7861</v>
       </c>
       <c r="G66" s="10">
-        <v>922.4648</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:7">
+        <v>850.0839999999999</v>
+      </c>
+      <c r="H66" s="10">
+        <v>1021.0869</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B67" s="10">
-        <v>451.2195</v>
+        <v>436.9285</v>
       </c>
       <c r="C67" s="10">
-        <v>234.0246</v>
+        <v>231.8488</v>
       </c>
       <c r="D67" s="10">
-        <v>481.2926</v>
+        <v>465.4341</v>
       </c>
       <c r="E67" s="10">
-        <v>494.6211</v>
+        <v>512.9216</v>
       </c>
       <c r="F67" s="10">
-        <v>499.4794</v>
+        <v>549.5318</v>
       </c>
       <c r="G67" s="10">
-        <v>539.5131</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:7">
+        <v>517.5979</v>
+      </c>
+      <c r="H67" s="10">
+        <v>638.7657</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
-    </row>
-    <row r="69" spans="1:7">
+      <c r="H68"/>
+    </row>
+    <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B69" s="13">
-        <v>2.6286</v>
+        <v>2.6407</v>
       </c>
       <c r="C69" s="13">
-        <v>1.3322</v>
+        <v>1.347</v>
       </c>
       <c r="D69" s="13">
-        <v>2.8626</v>
+        <v>2.8711</v>
       </c>
       <c r="E69" s="13">
-        <v>3.138</v>
+        <v>3.1567</v>
       </c>
       <c r="F69" s="13">
-        <v>3.477</v>
+        <v>3.5114</v>
       </c>
       <c r="G69" s="13">
-        <v>3.8231</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:7">
+        <v>3.8687</v>
+      </c>
+      <c r="H69" s="13">
+        <v>4.1471</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
       <c r="A70" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B70" s="14">
-        <v>2.6411</v>
+        <v>2.6532</v>
       </c>
       <c r="C70" s="14">
-        <v>1.333</v>
+        <v>1.3462</v>
       </c>
       <c r="D70" s="14">
-        <v>2.8666</v>
+        <v>2.8726</v>
       </c>
       <c r="E70" s="14">
-        <v>3.1466</v>
+        <v>3.1633</v>
       </c>
       <c r="F70" s="14">
-        <v>3.485</v>
+        <v>3.5172</v>
       </c>
       <c r="G70" s="14">
-        <v>3.8319</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:7">
+        <v>3.8749</v>
+      </c>
+      <c r="H70" s="14">
+        <v>4.1508</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
       <c r="A71" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B71" s="14">
-        <v>1.1747</v>
+        <v>1.1759</v>
       </c>
       <c r="C71" s="14">
-        <v>1.0013</v>
+        <v>0.8968</v>
       </c>
       <c r="D71" s="14">
-        <v>1.2812</v>
+        <v>1.2742</v>
       </c>
       <c r="E71" s="14">
-        <v>1.4193</v>
+        <v>1.4159</v>
       </c>
       <c r="F71" s="14">
-        <v>1.5734</v>
+        <v>1.5714</v>
       </c>
       <c r="G71" s="14">
-        <v>1.7367</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:7">
+        <v>1.7527</v>
+      </c>
+      <c r="H71" s="14">
+        <v>1.8793</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
-    </row>
-    <row r="73" spans="1:7">
+      <c r="H72"/>
+    </row>
+    <row r="73" spans="1:8">
       <c r="A73" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B73" s="14">
-        <v>678.9536000000001</v>
+        <v>660.5116</v>
       </c>
       <c r="C73" s="14">
-        <v>471.4931</v>
+        <v>407.6988</v>
       </c>
       <c r="D73" s="14">
-        <v>702.3463</v>
+        <v>711.1675</v>
       </c>
       <c r="E73" s="14">
-        <v>752.6809</v>
+        <v>782.0048</v>
       </c>
       <c r="F73" s="14">
-        <v>845.9453999999999</v>
+        <v>888.0127</v>
       </c>
       <c r="G73" s="14">
-        <v>945.1922</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:7">
+        <v>990.3622</v>
+      </c>
+      <c r="H73" s="14">
+        <v>1089.944</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
-    </row>
-    <row r="75" spans="1:7">
+      <c r="H74"/>
+    </row>
+    <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
       <c r="F75" s="8"/>
       <c r="G75" s="8"/>
-    </row>
-    <row r="76" spans="1:7">
+      <c r="H75" s="8"/>
+    </row>
+    <row r="76" spans="1:8">
       <c r="A76" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B76" s="15">
-        <v>36.5489</v>
+        <v>36.6072</v>
       </c>
       <c r="C76" s="15">
-        <v>36.1623</v>
+        <v>36.2769</v>
       </c>
       <c r="D76" s="15">
-        <v>36.9687</v>
+        <v>37.0665</v>
       </c>
       <c r="E76" s="15">
-        <v>37.2476</v>
+        <v>38.285</v>
       </c>
       <c r="F76" s="15">
-        <v>37.736</v>
+        <v>39.6604</v>
       </c>
       <c r="G76" s="15">
-        <v>38.2479</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:7">
+        <v>40.5706</v>
+      </c>
+      <c r="H76" s="15">
+        <v>39.0229</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
       <c r="A77" s="9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B77" s="15">
-        <v>25.1496</v>
+        <v>25.1491</v>
       </c>
       <c r="C77" s="15">
-        <v>25.2539</v>
+        <v>25.2466</v>
       </c>
       <c r="D77" s="15">
-        <v>25.2852</v>
+        <v>25.316</v>
       </c>
       <c r="E77" s="15">
-        <v>25.2985</v>
+        <v>26.0099</v>
       </c>
       <c r="F77" s="15">
-        <v>25.3551</v>
+        <v>26.8252</v>
       </c>
       <c r="G77" s="15">
-        <v>25.5535</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:7">
+        <v>27.3256</v>
+      </c>
+      <c r="H77" s="15">
+        <v>25.9459</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
       <c r="A78" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B78" s="15">
-        <v>11.4558</v>
+        <v>11.5177</v>
       </c>
       <c r="C78" s="15">
-        <v>11.3563</v>
+        <v>11.4767</v>
       </c>
       <c r="D78" s="15">
-        <v>11.7634</v>
+        <v>11.8</v>
       </c>
       <c r="E78" s="15">
-        <v>12.0544</v>
+        <v>11.9931</v>
       </c>
       <c r="F78" s="15">
-        <v>12.4864</v>
+        <v>12.3151</v>
       </c>
       <c r="G78" s="15">
-        <v>12.8049</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:7">
+        <v>12.6125</v>
+      </c>
+      <c r="H78" s="15">
+        <v>12.8858</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
       <c r="A79" s="9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B79" s="15">
-        <v>27.031</v>
+        <v>27.0334</v>
       </c>
       <c r="C79" s="15">
-        <v>27.0962</v>
+        <v>27.0999</v>
       </c>
       <c r="D79" s="15">
-        <v>27.0271</v>
+        <v>27.1602</v>
       </c>
       <c r="E79" s="15">
-        <v>27.1567</v>
+        <v>27.3275</v>
       </c>
       <c r="F79" s="15">
-        <v>27.5631</v>
+        <v>27.6676</v>
       </c>
       <c r="G79" s="15">
-        <v>27.9211</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:7">
+        <v>28.0369</v>
+      </c>
+      <c r="H79" s="15">
+        <v>28.5853</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
       <c r="A80" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B80" s="15">
-        <v>6.3049</v>
+        <v>6.2319</v>
       </c>
       <c r="C80" s="15">
-        <v>8.0204</v>
+        <v>6.221</v>
       </c>
       <c r="D80" s="15">
-        <v>6.4175</v>
+        <v>6.3355</v>
       </c>
       <c r="E80" s="15">
-        <v>6.4161</v>
+        <v>6.5508</v>
       </c>
       <c r="F80" s="15">
-        <v>6.4343</v>
+        <v>6.6679</v>
       </c>
       <c r="G80" s="15">
-        <v>6.4248</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:7">
+        <v>6.3993</v>
+      </c>
+      <c r="H80" s="15">
+        <v>6.3511</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
       <c r="A82" s="16" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:7">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
-    </row>
-    <row r="84" spans="1:7">
+      <c r="H83"/>
+    </row>
+    <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
-    </row>
-    <row r="85" spans="1:7">
+      <c r="H84"/>
+    </row>
+    <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="H85"/>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86"/>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A87"/>
+      <c r="H86"/>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>58</v>
+      </c>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
-    </row>
-    <row r="88" spans="1:7">
+      <c r="H87"/>
+    </row>
+    <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
-    </row>
-    <row r="89" spans="1:7">
+      <c r="H88"/>
+    </row>
+    <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
       <c r="G89"/>
-    </row>
-    <row r="90" spans="1:7">
+      <c r="H89"/>
+    </row>
+    <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
-    </row>
-    <row r="91" spans="1:7">
+      <c r="H90"/>
+    </row>
+    <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
       <c r="G91"/>
-    </row>
-    <row r="92" spans="1:7">
+      <c r="H91"/>
+    </row>
+    <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="H92"/>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93"/>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
-    </row>
-    <row r="94" spans="1:7">
+      <c r="H93"/>
+    </row>
+    <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>64</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94"/>
       <c r="G94"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A95"/>
+      <c r="H94"/>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>65</v>
+      </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
-    </row>
-    <row r="96" spans="1:7">
+      <c r="H95"/>
+    </row>
+    <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
-    </row>
-[...12 lines deleted...]
-      <c r="A98" t="s">
+      <c r="H96"/>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" s="17" t="s">
         <v>67</v>
-      </c>
-[...9 lines deleted...]
-        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A83:G83"/>
-[...14 lines deleted...]
-    <mergeCell ref="A98:G98"/>
+    <mergeCell ref="A83:H83"/>
+    <mergeCell ref="A84:H84"/>
+    <mergeCell ref="A85:H85"/>
+    <mergeCell ref="A86:H86"/>
+    <mergeCell ref="A87:H87"/>
+    <mergeCell ref="A88:H88"/>
+    <mergeCell ref="A89:H89"/>
+    <mergeCell ref="A90:H90"/>
+    <mergeCell ref="A91:H91"/>
+    <mergeCell ref="A92:H92"/>
+    <mergeCell ref="A93:H93"/>
+    <mergeCell ref="A94:H94"/>
+    <mergeCell ref="A95:H95"/>
+    <mergeCell ref="A96:H96"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="82" man="1"/>
-    <brk id="100" man="1"/>
+    <brk id="98" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E102"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A102" sqref="A102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B8" s="18">
         <v>16</v>
       </c>
       <c r="C8" s="10">
-        <v>0.2254</v>
+        <v>-0.0316</v>
       </c>
       <c r="D8" s="10">
-        <v>-0.4</v>
+        <v>-0.3553</v>
       </c>
       <c r="E8" s="10">
-        <v>0.8472</v>
+        <v>0.1905</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" s="18">
         <v>16</v>
       </c>
       <c r="C9" s="10">
-        <v>0.5941</v>
+        <v>0.6492</v>
       </c>
       <c r="D9" s="10">
-        <v>-0.6</v>
+        <v>0.2862</v>
       </c>
       <c r="E9" s="10">
-        <v>1.6399</v>
+        <v>1.3883</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B10" s="18">
         <v>16</v>
       </c>
       <c r="C10" s="10">
-        <v>3.8859</v>
+        <v>3.5873</v>
       </c>
       <c r="D10" s="10">
-        <v>3</v>
+        <v>3.1066</v>
       </c>
       <c r="E10" s="10">
         <v>4.3</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" s="19">
         <v>16</v>
       </c>
       <c r="C11" s="11">
-        <v>2.5525</v>
+        <v>2.3231</v>
       </c>
       <c r="D11" s="11">
-        <v>2</v>
+        <v>2.006</v>
       </c>
       <c r="E11" s="11">
-        <v>3</v>
+        <v>2.7993</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="18">
         <v>15</v>
       </c>
       <c r="C14" s="10">
-        <v>2.3084</v>
+        <v>2.3279</v>
       </c>
       <c r="D14" s="10">
-        <v>1.7</v>
+        <v>2.1918</v>
       </c>
       <c r="E14" s="10">
-        <v>3.1</v>
+        <v>2.4509</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="18">
         <v>15</v>
       </c>
       <c r="C15" s="10">
-        <v>5.0434</v>
+        <v>5.1866</v>
       </c>
       <c r="D15" s="10">
-        <v>4</v>
+        <v>4.6799</v>
       </c>
       <c r="E15" s="10">
-        <v>5.8576</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16" s="18">
         <v>15</v>
       </c>
       <c r="C16" s="10">
-        <v>9.5008</v>
+        <v>8.8553</v>
       </c>
       <c r="D16" s="10">
-        <v>7.7528</v>
+        <v>8.2125</v>
       </c>
       <c r="E16" s="10">
-        <v>10.4</v>
+        <v>9.6942</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B17" s="19">
         <v>15</v>
       </c>
       <c r="C17" s="11">
-        <v>5.5811</v>
+        <v>5.3587</v>
       </c>
       <c r="D17" s="11">
-        <v>4.7131</v>
+        <v>5.0759</v>
       </c>
       <c r="E17" s="11">
-        <v>6.2</v>
+        <v>5.8088</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B20" s="18">
         <v>16</v>
       </c>
       <c r="C20" s="10">
-        <v>2.5283</v>
+        <v>2.262</v>
       </c>
       <c r="D20" s="10">
-        <v>1.8</v>
+        <v>1.8654</v>
       </c>
       <c r="E20" s="10">
-        <v>3.3</v>
+        <v>2.6209</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B21" s="18">
         <v>16</v>
       </c>
       <c r="C21" s="10">
-        <v>5.6833</v>
+        <v>5.7939</v>
       </c>
       <c r="D21" s="10">
-        <v>4.3</v>
+        <v>4.4864</v>
       </c>
       <c r="E21" s="10">
-        <v>6.5</v>
+        <v>8.1814</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22" s="18">
         <v>16</v>
       </c>
       <c r="C22" s="10">
-        <v>13.6848</v>
+        <v>12.6359</v>
       </c>
       <c r="D22" s="10">
-        <v>12.2912</v>
+        <v>10.7336</v>
       </c>
       <c r="E22" s="10">
-        <v>14.9</v>
+        <v>13.3228</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B23" s="20">
         <v>16</v>
       </c>
       <c r="C23" s="12">
-        <v>8.2331</v>
+        <v>7.7159</v>
       </c>
       <c r="D23" s="12">
-        <v>7.6981</v>
+        <v>6.4718</v>
       </c>
       <c r="E23" s="12">
-        <v>9.1</v>
+        <v>8.114000000000001</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B26" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C26" s="10">
-        <v>0.9923999999999999</v>
+        <v>0.6483</v>
       </c>
       <c r="D26" s="10">
-        <v>-2.7202</v>
+        <v>-7.3831</v>
       </c>
       <c r="E26" s="10">
-        <v>10.9</v>
+        <v>10.9287</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B27" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C27" s="10">
-        <v>5.5116</v>
+        <v>6.4342</v>
       </c>
       <c r="D27" s="10">
-        <v>-0.8</v>
+        <v>1.8952</v>
       </c>
       <c r="E27" s="10">
-        <v>10.4</v>
+        <v>14.1291</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B28" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C28" s="10">
-        <v>20.8543</v>
+        <v>19.9937</v>
       </c>
       <c r="D28" s="10">
-        <v>12.6</v>
+        <v>12.7678</v>
       </c>
       <c r="E28" s="10">
-        <v>24.5</v>
+        <v>26.4282</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B29" s="20">
         <v>16</v>
       </c>
       <c r="C29" s="12">
-        <v>11.2456</v>
+        <v>11.0102</v>
       </c>
       <c r="D29" s="12">
         <v>9.300000000000001</v>
       </c>
       <c r="E29" s="12">
-        <v>12.9</v>
+        <v>11.9441</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B33" s="18">
         <v>16</v>
       </c>
       <c r="C33" s="10">
-        <v>632.7453</v>
+        <v>631.1844</v>
       </c>
       <c r="D33" s="10">
-        <v>629.1</v>
+        <v>629.1994999999999</v>
       </c>
       <c r="E33" s="10">
-        <v>636.6481</v>
+        <v>632.7693</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B34" s="18">
         <v>16</v>
       </c>
       <c r="C34" s="10">
-        <v>485.4925</v>
+        <v>485.7176</v>
       </c>
       <c r="D34" s="10">
-        <v>479.8</v>
+        <v>483.981</v>
       </c>
       <c r="E34" s="10">
-        <v>490.514</v>
+        <v>489.3001</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B35" s="18">
         <v>16</v>
       </c>
       <c r="C35" s="10">
-        <v>1870.6577</v>
+        <v>1865.1925</v>
       </c>
       <c r="D35" s="10">
-        <v>1854.6</v>
+        <v>1856.5374</v>
       </c>
       <c r="E35" s="10">
-        <v>1878.7</v>
+        <v>1878.0251</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="19">
         <v>16</v>
       </c>
       <c r="C36" s="11">
-        <v>2988.8955</v>
+        <v>2982.0946</v>
       </c>
       <c r="D36" s="11">
-        <v>2972.2</v>
+        <v>2973.2641</v>
       </c>
       <c r="E36" s="11">
-        <v>3002.3</v>
+        <v>2996.1851</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B39" s="18">
         <v>16</v>
       </c>
       <c r="C39" s="10">
-        <v>3604.313</v>
+        <v>3596.7047</v>
       </c>
       <c r="D39" s="10">
-        <v>3581.4</v>
+        <v>3582.9908</v>
       </c>
       <c r="E39" s="10">
-        <v>3626.1785</v>
+        <v>3607.8212</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B40" s="18">
         <v>16</v>
       </c>
       <c r="C40" s="10">
-        <v>2541.7798</v>
+        <v>2542.7586</v>
       </c>
       <c r="D40" s="10">
-        <v>2505.7</v>
+        <v>2517.2374</v>
       </c>
       <c r="E40" s="10">
-        <v>2595.4</v>
+        <v>2598.9477</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B41" s="18">
         <v>16</v>
       </c>
       <c r="C41" s="10">
-        <v>5422.5721</v>
+        <v>5415.9246</v>
       </c>
       <c r="D41" s="10">
-        <v>5250.429</v>
+        <v>5330.9</v>
       </c>
       <c r="E41" s="10">
-        <v>5512.7</v>
+        <v>5517.2515</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B42" s="19">
         <v>16</v>
       </c>
       <c r="C42" s="11">
-        <v>11568.6649</v>
+        <v>11555.3879</v>
       </c>
       <c r="D42" s="11">
-        <v>11388.1869</v>
+        <v>11473.6235</v>
       </c>
       <c r="E42" s="11">
-        <v>11693.9</v>
+        <v>11661.811</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B44" s="18">
         <v>13</v>
       </c>
       <c r="C44" s="10">
-        <v>4227.9107</v>
+        <v>4229.4281</v>
       </c>
       <c r="D44" s="10">
-        <v>4078.086</v>
+        <v>4184.7561</v>
       </c>
       <c r="E44" s="10">
-        <v>4319.6175</v>
+        <v>4321.9961</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B45" s="18">
         <v>13</v>
       </c>
       <c r="C45" s="10">
-        <v>-2909.3299</v>
+        <v>-2905.6317</v>
       </c>
       <c r="D45" s="10">
-        <v>-2988.7681</v>
+        <v>-2987.8538</v>
       </c>
       <c r="E45" s="10">
-        <v>-2757.9147</v>
+        <v>-2847.1457</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B47" s="20">
         <v>16</v>
       </c>
       <c r="C47" s="12">
-        <v>1321.397</v>
+        <v>1327.1869</v>
       </c>
       <c r="D47" s="12">
         <v>1286.2</v>
       </c>
       <c r="E47" s="12">
-        <v>1342</v>
+        <v>1351.3217</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B49" s="18">
         <v>16</v>
       </c>
       <c r="C49" s="10">
-        <v>390.4668</v>
+        <v>389.297</v>
       </c>
       <c r="D49" s="10">
-        <v>376.947</v>
+        <v>358.7786</v>
       </c>
       <c r="E49" s="10">
-        <v>401.4937</v>
+        <v>401.5326</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B50" s="18">
         <v>16</v>
       </c>
       <c r="C50" s="10">
-        <v>240.1201</v>
+        <v>242.6628</v>
       </c>
       <c r="D50" s="10">
-        <v>229.9</v>
+        <v>232.6365</v>
       </c>
       <c r="E50" s="10">
-        <v>253</v>
+        <v>256.9422</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B51" s="18">
         <v>16</v>
       </c>
       <c r="C51" s="10">
-        <v>694.6789</v>
+        <v>698.9459000000001</v>
       </c>
       <c r="D51" s="10">
         <v>657.4</v>
       </c>
       <c r="E51" s="10">
-        <v>715.9681</v>
+        <v>722.3251</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B52" s="19">
         <v>16</v>
       </c>
       <c r="C52" s="11">
-        <v>1325.2658</v>
+        <v>1330.9056</v>
       </c>
       <c r="D52" s="11">
         <v>1296.2</v>
       </c>
       <c r="E52" s="11">
-        <v>1348.3343</v>
+        <v>1356.7185</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B54" s="18">
         <v>15</v>
       </c>
       <c r="C54" s="10">
-        <v>1301.4506</v>
+        <v>1311.5642</v>
       </c>
       <c r="D54" s="10">
-        <v>1268.4</v>
+        <v>1274.4</v>
       </c>
       <c r="E54" s="10">
-        <v>1325.9909</v>
+        <v>1336.0494</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B55" s="20">
         <v>16</v>
       </c>
       <c r="C55" s="12">
-        <v>1307.6514</v>
+        <v>1317.8184</v>
       </c>
       <c r="D55" s="12">
-        <v>1278.4</v>
+        <v>1284.4</v>
       </c>
       <c r="E55" s="12">
-        <v>1334.5</v>
+        <v>1345.2494</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B57" s="18">
         <v>15</v>
       </c>
       <c r="C57" s="10">
-        <v>-352.4175</v>
+        <v>-354.8691</v>
       </c>
       <c r="D57" s="10">
-        <v>-362.6</v>
+        <v>-360.7913</v>
       </c>
       <c r="E57" s="10">
-        <v>-342.5</v>
+        <v>-344.1</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B58" s="20">
         <v>16</v>
       </c>
       <c r="C58" s="12">
-        <v>-353.4697</v>
+        <v>-356.2475</v>
       </c>
       <c r="D58" s="12">
-        <v>-360.3</v>
+        <v>-362.9713</v>
       </c>
       <c r="E58" s="12">
-        <v>-345.2</v>
+        <v>-346.8</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B60" s="18">
         <v>15</v>
       </c>
       <c r="C60" s="10">
-        <v>949.0964</v>
+        <v>956.8101</v>
       </c>
       <c r="D60" s="10">
-        <v>925.9</v>
+        <v>930.3</v>
       </c>
       <c r="E60" s="10">
-        <v>968.1284000000001</v>
+        <v>976.248</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B61" s="20">
         <v>16</v>
       </c>
       <c r="C61" s="12">
-        <v>954.4446</v>
+        <v>961.8821</v>
       </c>
       <c r="D61" s="12">
-        <v>933.2</v>
+        <v>937.6</v>
       </c>
       <c r="E61" s="12">
-        <v>974.4</v>
+        <v>983.268</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B64" s="18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C64" s="10">
-        <v>-5.1583</v>
+        <v>-4.5769</v>
       </c>
       <c r="D64" s="10">
         <v>-13.7</v>
       </c>
       <c r="E64" s="10">
         <v>12.7</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B65" s="18">
         <v>16</v>
       </c>
       <c r="C65" s="10">
-        <v>-20.5859</v>
+        <v>-16.0661</v>
       </c>
       <c r="D65" s="10">
-        <v>-31.747</v>
+        <v>-23.0586</v>
       </c>
       <c r="E65" s="10">
-        <v>-13.5</v>
+        <v>-10.2701</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B66" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C66" s="10">
-        <v>728.6369999999999</v>
+        <v>720.0832</v>
       </c>
       <c r="D66" s="10">
-        <v>632.2</v>
+        <v>615.4</v>
       </c>
       <c r="E66" s="10">
-        <v>856.6051</v>
+        <v>862.5856</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B67" s="18">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C67" s="10">
-        <v>451.2195</v>
+        <v>436.9285</v>
       </c>
       <c r="D67" s="10">
-        <v>404.7</v>
+        <v>395.7</v>
       </c>
       <c r="E67" s="10">
-        <v>577.5</v>
+        <v>479.6826</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B69" s="18">
         <v>15</v>
       </c>
       <c r="C69" s="13">
-        <v>2.6286</v>
+        <v>2.6407</v>
       </c>
       <c r="D69" s="13">
-        <v>2.57</v>
+        <v>2.56</v>
       </c>
       <c r="E69" s="13">
-        <v>2.6775</v>
+        <v>2.6904</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B70" s="20">
         <v>16</v>
       </c>
       <c r="C70" s="14">
-        <v>2.6411</v>
+        <v>2.6532</v>
       </c>
       <c r="D70" s="14">
-        <v>2.59</v>
+        <v>2.58</v>
       </c>
       <c r="E70" s="14">
-        <v>2.7</v>
+        <v>2.7097</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B71" s="20">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C71" s="14">
-        <v>1.1747</v>
+        <v>1.1759</v>
       </c>
       <c r="D71" s="14">
-        <v>1.0318</v>
+        <v>1.0304</v>
       </c>
       <c r="E71" s="14">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B73" s="20">
         <v>16</v>
       </c>
       <c r="C73" s="14">
-        <v>678.9536000000001</v>
+        <v>660.5116</v>
       </c>
       <c r="D73" s="14">
-        <v>484.72</v>
+        <v>507.604</v>
       </c>
       <c r="E73" s="14">
-        <v>947.6143</v>
+        <v>841.9595</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B76" s="21">
         <v>13</v>
       </c>
       <c r="C76" s="15">
-        <v>36.5489</v>
+        <v>36.6072</v>
       </c>
       <c r="D76" s="15">
-        <v>35.8098</v>
+        <v>36.2503</v>
       </c>
       <c r="E76" s="15">
-        <v>37.4041</v>
+        <v>37.4076</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B77" s="21">
         <v>13</v>
       </c>
       <c r="C77" s="15">
-        <v>25.1496</v>
+        <v>25.1491</v>
       </c>
       <c r="D77" s="15">
-        <v>24.2173</v>
+        <v>24.7596</v>
       </c>
       <c r="E77" s="15">
-        <v>25.9781</v>
+        <v>25.8604</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B78" s="21">
         <v>16</v>
       </c>
       <c r="C78" s="15">
-        <v>11.4558</v>
+        <v>11.5177</v>
       </c>
       <c r="D78" s="15">
-        <v>11.2277</v>
+        <v>11.2463</v>
       </c>
       <c r="E78" s="15">
-        <v>11.6579</v>
+        <v>11.7318</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B79" s="21">
         <v>16</v>
       </c>
       <c r="C79" s="15">
-        <v>27.031</v>
+        <v>27.0334</v>
       </c>
       <c r="D79" s="15">
-        <v>26.9327</v>
+        <v>26.9305</v>
       </c>
       <c r="E79" s="15">
-        <v>27.3322</v>
+        <v>27.3316</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B80" s="21">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C80" s="15">
-        <v>6.3049</v>
+        <v>6.2319</v>
       </c>
       <c r="D80" s="15">
-        <v>5.4498</v>
+        <v>5.3122</v>
       </c>
       <c r="E80" s="15">
-        <v>7.5219</v>
+        <v>7.518</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="17" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -3891,1277 +4070,1277 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B8" s="18">
         <v>16</v>
       </c>
       <c r="C8" s="10">
-        <v>0.3479</v>
+        <v>-0.1448</v>
       </c>
       <c r="D8" s="10">
         <v>-0.8</v>
       </c>
       <c r="E8" s="10">
-        <v>1.5533</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" s="18">
         <v>16</v>
       </c>
       <c r="C9" s="10">
-        <v>1.1631</v>
+        <v>1.2616</v>
       </c>
       <c r="D9" s="10">
-        <v>-1.1</v>
+        <v>0.5562</v>
       </c>
       <c r="E9" s="10">
-        <v>3.1873</v>
+        <v>2.6984</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B10" s="18">
         <v>16</v>
       </c>
       <c r="C10" s="10">
-        <v>3.6829</v>
+        <v>3.0731</v>
       </c>
       <c r="D10" s="10">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="E10" s="10">
-        <v>4.6</v>
+        <v>4.4861</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" s="19">
         <v>16</v>
       </c>
       <c r="C11" s="11">
-        <v>2.5262</v>
+        <v>2.0746</v>
       </c>
       <c r="D11" s="11">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="E11" s="11">
-        <v>3.4</v>
+        <v>3.0236</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="18">
         <v>15</v>
       </c>
       <c r="C14" s="10">
-        <v>2.1812</v>
+        <v>2.2413</v>
       </c>
       <c r="D14" s="10">
-        <v>1</v>
+        <v>1.9601</v>
       </c>
       <c r="E14" s="10">
-        <v>3.6</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="18">
         <v>15</v>
       </c>
       <c r="C15" s="10">
-        <v>3.8132</v>
+        <v>4.0775</v>
       </c>
       <c r="D15" s="10">
-        <v>1.8412</v>
+        <v>3.15</v>
       </c>
       <c r="E15" s="10">
-        <v>5.5</v>
+        <v>6.8829</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16" s="18">
         <v>15</v>
       </c>
       <c r="C16" s="10">
-        <v>6.5256</v>
+        <v>5.3951</v>
       </c>
       <c r="D16" s="10">
-        <v>3.2337</v>
+        <v>4.2578</v>
       </c>
       <c r="E16" s="10">
-        <v>8.4</v>
+        <v>6.4195</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B17" s="19">
         <v>15</v>
       </c>
       <c r="C17" s="11">
-        <v>4.079</v>
+        <v>3.6851</v>
       </c>
       <c r="D17" s="11">
-        <v>2.435</v>
+        <v>3.2</v>
       </c>
       <c r="E17" s="11">
-        <v>5.1</v>
+        <v>4.3683</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B20" s="18">
         <v>16</v>
       </c>
       <c r="C20" s="10">
-        <v>2.5516</v>
+        <v>2.0233</v>
       </c>
       <c r="D20" s="10">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="E20" s="10">
-        <v>4.1</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B21" s="18">
         <v>16</v>
       </c>
       <c r="C21" s="10">
-        <v>5.041</v>
+        <v>5.2464</v>
       </c>
       <c r="D21" s="10">
-        <v>2.5</v>
+        <v>2.7829</v>
       </c>
       <c r="E21" s="10">
-        <v>6.7</v>
+        <v>9.767099999999999</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22" s="18">
         <v>16</v>
       </c>
       <c r="C22" s="10">
-        <v>10.3335</v>
+        <v>8.385400000000001</v>
       </c>
       <c r="D22" s="10">
-        <v>7.6859</v>
+        <v>4.577</v>
       </c>
       <c r="E22" s="10">
-        <v>12.7</v>
+        <v>9.746499999999999</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B23" s="20">
         <v>16</v>
       </c>
       <c r="C23" s="12">
-        <v>6.6601</v>
+        <v>5.6638</v>
       </c>
       <c r="D23" s="12">
-        <v>5.6322</v>
+        <v>3.1291</v>
       </c>
       <c r="E23" s="12">
-        <v>8.4</v>
+        <v>6.4035</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B26" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C26" s="10">
-        <v>8.082599999999999</v>
+        <v>7.3255</v>
       </c>
       <c r="D26" s="10">
-        <v>1.7626</v>
+        <v>-7.6167</v>
       </c>
       <c r="E26" s="10">
-        <v>13.2377</v>
+        <v>12.4</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B27" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C27" s="10">
-        <v>11.4129</v>
+        <v>12.7293</v>
       </c>
       <c r="D27" s="10">
-        <v>-0.9</v>
+        <v>4.6</v>
       </c>
       <c r="E27" s="10">
-        <v>22.5</v>
+        <v>29.6053</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B28" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C28" s="10">
-        <v>12.4692</v>
+        <v>11.104</v>
       </c>
       <c r="D28" s="10">
         <v>2.2</v>
       </c>
       <c r="E28" s="10">
-        <v>19.2</v>
+        <v>17.0897</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B29" s="20">
         <v>16</v>
       </c>
       <c r="C29" s="12">
-        <v>10.5748</v>
+        <v>10.1032</v>
       </c>
       <c r="D29" s="12">
         <v>6.8</v>
       </c>
       <c r="E29" s="12">
-        <v>14</v>
+        <v>12.0736</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B33" s="18">
         <v>16</v>
       </c>
       <c r="C33" s="10">
-        <v>326.1525</v>
+        <v>324.5904</v>
       </c>
       <c r="D33" s="10">
-        <v>322.5</v>
+        <v>322.6</v>
       </c>
       <c r="E33" s="10">
-        <v>330.0481</v>
+        <v>326.2</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B34" s="18">
         <v>16</v>
       </c>
       <c r="C34" s="10">
-        <v>251.1939</v>
+        <v>251.4195</v>
       </c>
       <c r="D34" s="10">
-        <v>245.5</v>
+        <v>249.681</v>
       </c>
       <c r="E34" s="10">
-        <v>256.214</v>
+        <v>255.0001</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B35" s="18">
         <v>16</v>
       </c>
       <c r="C35" s="10">
-        <v>948.1616</v>
+        <v>942.701</v>
       </c>
       <c r="D35" s="10">
-        <v>932.1</v>
+        <v>934</v>
       </c>
       <c r="E35" s="10">
-        <v>956.2</v>
+        <v>955.5251</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="19">
         <v>16</v>
       </c>
       <c r="C36" s="11">
-        <v>1525.508</v>
+        <v>1518.7108</v>
       </c>
       <c r="D36" s="11">
-        <v>1508.8</v>
+        <v>1509.8</v>
       </c>
       <c r="E36" s="11">
-        <v>1538.9</v>
+        <v>1532.7851</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B39" s="18">
         <v>16</v>
       </c>
       <c r="C39" s="10">
-        <v>1834.6145</v>
+        <v>1827.0002</v>
       </c>
       <c r="D39" s="10">
-        <v>1811.7</v>
+        <v>1813.3</v>
       </c>
       <c r="E39" s="10">
-        <v>1856.4785</v>
+        <v>1838.1212</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B40" s="18">
         <v>16</v>
       </c>
       <c r="C40" s="10">
-        <v>1343.1099</v>
+        <v>1344.0889</v>
       </c>
       <c r="D40" s="10">
-        <v>1307</v>
+        <v>1318.5374</v>
       </c>
       <c r="E40" s="10">
-        <v>1396.7</v>
+        <v>1400.2477</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B41" s="18">
         <v>16</v>
       </c>
       <c r="C41" s="10">
-        <v>2770.6725</v>
+        <v>2764.022</v>
       </c>
       <c r="D41" s="10">
-        <v>2598.5</v>
+        <v>2679</v>
       </c>
       <c r="E41" s="10">
-        <v>2860.8</v>
+        <v>2865.3515</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B42" s="19">
         <v>16</v>
       </c>
       <c r="C42" s="11">
-        <v>5948.3969</v>
+        <v>5935.1111</v>
       </c>
       <c r="D42" s="11">
-        <v>5767.9</v>
+        <v>5853.3</v>
       </c>
       <c r="E42" s="11">
-        <v>6073.6</v>
+        <v>6041.511</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B44" s="18">
         <v>13</v>
       </c>
       <c r="C44" s="10">
-        <v>2150.9205</v>
+        <v>2152.4484</v>
       </c>
       <c r="D44" s="10">
-        <v>1932.2</v>
+        <v>1923.1561</v>
       </c>
       <c r="E44" s="10">
-        <v>2258.0175</v>
+        <v>2260.3961</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B45" s="18">
         <v>13</v>
       </c>
       <c r="C45" s="10">
-        <v>-1502.1596</v>
+        <v>-1497.9698</v>
       </c>
       <c r="D45" s="10">
-        <v>-1576.9681</v>
+        <v>-1576.0538</v>
       </c>
       <c r="E45" s="10">
-        <v>-1346.1</v>
+        <v>-1435.3</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B47" s="20">
         <v>16</v>
       </c>
       <c r="C47" s="12">
-        <v>674.3253</v>
+        <v>680.454</v>
       </c>
       <c r="D47" s="12">
         <v>641.6</v>
       </c>
       <c r="E47" s="12">
-        <v>695.7343</v>
+        <v>702.9</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B49" s="18">
         <v>16</v>
       </c>
       <c r="C49" s="10">
-        <v>208.9771</v>
+        <v>207.8266</v>
       </c>
       <c r="D49" s="10">
-        <v>195.947</v>
+        <v>177.7786</v>
       </c>
       <c r="E49" s="10">
-        <v>219.9937</v>
+        <v>220.0326</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B50" s="18">
         <v>16</v>
       </c>
       <c r="C50" s="10">
-        <v>122.1208</v>
+        <v>124.6603</v>
       </c>
       <c r="D50" s="10">
-        <v>111.9</v>
+        <v>114.6</v>
       </c>
       <c r="E50" s="10">
-        <v>135</v>
+        <v>138.9422</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B51" s="18">
         <v>16</v>
       </c>
       <c r="C51" s="10">
-        <v>344.3836</v>
+        <v>348.6483</v>
       </c>
       <c r="D51" s="10">
         <v>307.1</v>
       </c>
       <c r="E51" s="10">
-        <v>365.7</v>
+        <v>372</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B52" s="19">
         <v>16</v>
       </c>
       <c r="C52" s="11">
-        <v>675.4815</v>
+        <v>681.1352000000001</v>
       </c>
       <c r="D52" s="11">
         <v>646.4</v>
       </c>
       <c r="E52" s="11">
-        <v>698.5343</v>
+        <v>706.9</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B54" s="18">
         <v>15</v>
       </c>
       <c r="C54" s="10">
-        <v>657.6038</v>
+        <v>667.718</v>
       </c>
       <c r="D54" s="10">
-        <v>623.8</v>
+        <v>629.8</v>
       </c>
       <c r="E54" s="10">
-        <v>681.3909</v>
+        <v>691.4</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B55" s="20">
         <v>16</v>
       </c>
       <c r="C55" s="12">
-        <v>657.9438</v>
+        <v>668.1144</v>
       </c>
       <c r="D55" s="12">
-        <v>628.6</v>
+        <v>634.6</v>
       </c>
       <c r="E55" s="12">
-        <v>684.7</v>
+        <v>695.4</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B57" s="18">
         <v>15</v>
       </c>
       <c r="C57" s="10">
-        <v>-178.3196</v>
+        <v>-180.7705</v>
       </c>
       <c r="D57" s="10">
-        <v>-188.5</v>
+        <v>-186.7</v>
       </c>
       <c r="E57" s="10">
-        <v>-168.4</v>
+        <v>-170</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B58" s="20">
         <v>16</v>
       </c>
       <c r="C58" s="12">
-        <v>-178.2748</v>
+        <v>-181.0531</v>
       </c>
       <c r="D58" s="12">
-        <v>-185.1</v>
+        <v>-187.8</v>
       </c>
       <c r="E58" s="12">
-        <v>-170</v>
+        <v>-171.6</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B60" s="18">
         <v>15</v>
       </c>
       <c r="C60" s="10">
-        <v>479.1975</v>
+        <v>486.9009</v>
       </c>
       <c r="D60" s="10">
-        <v>455.4</v>
+        <v>459.7</v>
       </c>
       <c r="E60" s="10">
-        <v>497.5284</v>
+        <v>504.3</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B61" s="20">
         <v>16</v>
       </c>
       <c r="C61" s="12">
-        <v>479.7225</v>
+        <v>487.1459</v>
       </c>
       <c r="D61" s="12">
-        <v>458.6</v>
+        <v>463</v>
       </c>
       <c r="E61" s="12">
-        <v>499.7</v>
+        <v>507.2</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B64" s="18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C64" s="10">
-        <v>-1.5417</v>
+        <v>-0.8385</v>
       </c>
       <c r="D64" s="10">
         <v>-8.5</v>
       </c>
       <c r="E64" s="10">
         <v>7.5</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B65" s="18">
         <v>16</v>
       </c>
       <c r="C65" s="10">
-        <v>-19.2836</v>
+        <v>-14.7702</v>
       </c>
       <c r="D65" s="10">
-        <v>-30.4</v>
+        <v>-21.7586</v>
       </c>
       <c r="E65" s="10">
-        <v>-12.2</v>
+        <v>-8.9701</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B66" s="18">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C66" s="10">
-        <v>477.9534</v>
+        <v>370.1799</v>
       </c>
       <c r="D66" s="10">
-        <v>416.7</v>
+        <v>-383.1</v>
       </c>
       <c r="E66" s="10">
-        <v>546.9329</v>
+        <v>521.5</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B67" s="18">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C67" s="10">
-        <v>234.0246</v>
+        <v>231.8488</v>
       </c>
       <c r="D67" s="10">
         <v>201</v>
       </c>
       <c r="E67" s="10">
-        <v>269.1523</v>
+        <v>268.899</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B69" s="18">
         <v>15</v>
       </c>
       <c r="C69" s="13">
-        <v>1.3322</v>
+        <v>1.347</v>
       </c>
       <c r="D69" s="13">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="E69" s="13">
-        <v>1.3727</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B70" s="20">
         <v>16</v>
       </c>
       <c r="C70" s="14">
-        <v>1.333</v>
+        <v>1.3462</v>
       </c>
       <c r="D70" s="14">
-        <v>1.29</v>
+        <v>1.27</v>
       </c>
       <c r="E70" s="14">
-        <v>1.39</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B71" s="20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C71" s="14">
-        <v>1.0013</v>
+        <v>0.8968</v>
       </c>
       <c r="D71" s="14">
-        <v>0.624</v>
+        <v>0</v>
       </c>
       <c r="E71" s="14">
         <v>1.2</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B73" s="20">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C73" s="14">
-        <v>471.4931</v>
+        <v>407.6988</v>
       </c>
       <c r="D73" s="14">
-        <v>281.24</v>
+        <v>265.104</v>
       </c>
       <c r="E73" s="14">
-        <v>668.3099999999999</v>
+        <v>533.1827</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B76" s="21">
         <v>13</v>
       </c>
       <c r="C76" s="15">
-        <v>36.1623</v>
+        <v>36.2769</v>
       </c>
       <c r="D76" s="15">
-        <v>32.5802</v>
+        <v>32.4772</v>
       </c>
       <c r="E76" s="15">
         <v>38.0956</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B77" s="21">
         <v>13</v>
       </c>
       <c r="C77" s="15">
-        <v>25.2539</v>
+        <v>25.2466</v>
       </c>
       <c r="D77" s="15">
-        <v>23.3378</v>
+        <v>24.3139</v>
       </c>
       <c r="E77" s="15">
-        <v>26.7995</v>
+        <v>26.562</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B78" s="21">
         <v>16</v>
       </c>
       <c r="C78" s="15">
-        <v>11.3563</v>
+        <v>11.4767</v>
       </c>
       <c r="D78" s="15">
-        <v>10.9108</v>
+        <v>10.9461</v>
       </c>
       <c r="E78" s="15">
-        <v>11.7479</v>
+        <v>11.8915</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B79" s="21">
         <v>16</v>
       </c>
       <c r="C79" s="15">
-        <v>27.0962</v>
+        <v>27.0999</v>
       </c>
       <c r="D79" s="15">
-        <v>26.9039</v>
+        <v>26.9</v>
       </c>
       <c r="E79" s="15">
-        <v>27.6942</v>
+        <v>27.6932</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B80" s="21">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C80" s="15">
-        <v>8.0204</v>
+        <v>6.221</v>
       </c>
       <c r="D80" s="15">
-        <v>6.9998</v>
+        <v>-6.4728</v>
       </c>
       <c r="E80" s="15">
-        <v>9.3108</v>
+        <v>8.799300000000001</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="17" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -5200,1277 +5379,1277 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B8" s="18">
         <v>16</v>
       </c>
       <c r="C8" s="10">
-        <v>0.6739000000000001</v>
+        <v>0.5649</v>
       </c>
       <c r="D8" s="10">
-        <v>-0.9515</v>
+        <v>-0.9419</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" s="18">
         <v>16</v>
       </c>
       <c r="C9" s="10">
-        <v>1.7211</v>
+        <v>1.5025</v>
       </c>
       <c r="D9" s="10">
-        <v>0.5755</v>
+        <v>0.5495</v>
       </c>
       <c r="E9" s="10">
-        <v>3.2</v>
+        <v>2.6394</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B10" s="18">
         <v>16</v>
       </c>
       <c r="C10" s="10">
-        <v>3.8563</v>
+        <v>3.744</v>
       </c>
       <c r="D10" s="10">
-        <v>2</v>
+        <v>2.4956</v>
       </c>
       <c r="E10" s="10">
-        <v>6.2736</v>
+        <v>5.8521</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" s="19">
         <v>16</v>
       </c>
       <c r="C11" s="11">
-        <v>2.8308</v>
+        <v>2.7078</v>
       </c>
       <c r="D11" s="11">
-        <v>1.5</v>
+        <v>2.2767</v>
       </c>
       <c r="E11" s="11">
-        <v>4.4701</v>
+        <v>4.0942</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="18">
         <v>15</v>
       </c>
       <c r="C14" s="10">
-        <v>2.3044</v>
+        <v>1.9004</v>
       </c>
       <c r="D14" s="10">
-        <v>1</v>
+        <v>0.873</v>
       </c>
       <c r="E14" s="10">
-        <v>4.6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="18">
         <v>15</v>
       </c>
       <c r="C15" s="10">
-        <v>3.338</v>
+        <v>3.1921</v>
       </c>
       <c r="D15" s="10">
-        <v>2.5</v>
+        <v>2.2292</v>
       </c>
       <c r="E15" s="10">
-        <v>4.4485</v>
+        <v>4.4518</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16" s="18">
         <v>15</v>
       </c>
       <c r="C16" s="10">
-        <v>5.3043</v>
+        <v>5.2601</v>
       </c>
       <c r="D16" s="10">
-        <v>3.25</v>
+        <v>3.2522</v>
       </c>
       <c r="E16" s="10">
-        <v>8</v>
+        <v>6.0335</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B17" s="19">
         <v>15</v>
       </c>
       <c r="C17" s="11">
-        <v>3.4749</v>
+        <v>3.3364</v>
       </c>
       <c r="D17" s="11">
-        <v>2.0274</v>
+        <v>2.0543</v>
       </c>
       <c r="E17" s="11">
-        <v>4.9</v>
+        <v>4.0824</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B20" s="18">
         <v>16</v>
       </c>
       <c r="C20" s="10">
-        <v>2.9005</v>
+        <v>2.4154</v>
       </c>
       <c r="D20" s="10">
-        <v>1.5711</v>
+        <v>0.8955</v>
       </c>
       <c r="E20" s="10">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B21" s="18">
         <v>16</v>
       </c>
       <c r="C21" s="10">
-        <v>5.0849</v>
+        <v>4.7292</v>
       </c>
       <c r="D21" s="10">
-        <v>3.1942</v>
+        <v>3.2509</v>
       </c>
       <c r="E21" s="10">
-        <v>6.6</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22" s="18">
         <v>16</v>
       </c>
       <c r="C22" s="10">
-        <v>9.442500000000001</v>
+        <v>9.3651</v>
       </c>
       <c r="D22" s="10">
         <v>7.4956</v>
       </c>
       <c r="E22" s="10">
-        <v>11.2</v>
+        <v>11.3773</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B23" s="20">
         <v>16</v>
       </c>
       <c r="C23" s="12">
-        <v>6.4361</v>
+        <v>6.1979</v>
       </c>
       <c r="D23" s="12">
-        <v>5.7</v>
+        <v>5.74</v>
       </c>
       <c r="E23" s="12">
-        <v>7.6</v>
+        <v>7.3712</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B26" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C26" s="10">
-        <v>5.9967</v>
+        <v>6.2788</v>
       </c>
       <c r="D26" s="10">
-        <v>1.8328</v>
+        <v>2.2635</v>
       </c>
       <c r="E26" s="10">
-        <v>17.6874</v>
+        <v>20.3134</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="18">
+        <v>15</v>
+      </c>
+      <c r="C27" s="10">
+        <v>7.6264</v>
+      </c>
+      <c r="D27" s="10">
+        <v>1.0442</v>
+      </c>
+      <c r="E27" s="10">
         <v>12</v>
-      </c>
-[...10 lines deleted...]
-        <v>15.1106</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B28" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C28" s="10">
-        <v>11.6518</v>
+        <v>11.6113</v>
       </c>
       <c r="D28" s="10">
-        <v>7.6442</v>
+        <v>8.7111</v>
       </c>
       <c r="E28" s="10">
-        <v>15.7</v>
+        <v>16.7009</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B29" s="20">
         <v>16</v>
       </c>
       <c r="C29" s="12">
-        <v>9.5108</v>
+        <v>9.3606</v>
       </c>
       <c r="D29" s="12">
-        <v>6.8</v>
+        <v>7.6767</v>
       </c>
       <c r="E29" s="12">
-        <v>12.5</v>
+        <v>11.4759</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B33" s="18">
         <v>16</v>
       </c>
       <c r="C33" s="10">
-        <v>637.0771</v>
+        <v>634.7628999999999</v>
       </c>
       <c r="D33" s="10">
-        <v>625.253</v>
+        <v>624.2325</v>
       </c>
       <c r="E33" s="10">
-        <v>646.7995</v>
+        <v>642.498</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B34" s="18">
         <v>16</v>
       </c>
       <c r="C34" s="10">
-        <v>493.863</v>
+        <v>493.0162</v>
       </c>
       <c r="D34" s="10">
-        <v>486.0261</v>
+        <v>487.8032</v>
       </c>
       <c r="E34" s="10">
-        <v>503.4</v>
+        <v>499.3147</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B35" s="18">
         <v>16</v>
       </c>
       <c r="C35" s="10">
-        <v>1944.1772</v>
+        <v>1935.6538</v>
       </c>
       <c r="D35" s="10">
-        <v>1891.7</v>
+        <v>1907.8749</v>
       </c>
       <c r="E35" s="10">
-        <v>1994.1603</v>
+        <v>1987.9288</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="19">
         <v>16</v>
       </c>
       <c r="C36" s="11">
-        <v>3075.1173</v>
+        <v>3063.4329</v>
       </c>
       <c r="D36" s="11">
-        <v>3015.4</v>
+        <v>3045.8991</v>
       </c>
       <c r="E36" s="11">
-        <v>3131.6793</v>
+        <v>3118.8535</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B39" s="18">
         <v>16</v>
       </c>
       <c r="C39" s="10">
-        <v>3708.755</v>
+        <v>3685.0014</v>
       </c>
       <c r="D39" s="10">
-        <v>3645.5</v>
+        <v>3615.2496</v>
       </c>
       <c r="E39" s="10">
-        <v>3785.2985</v>
+        <v>3777.2366</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B40" s="18">
         <v>16</v>
       </c>
       <c r="C40" s="10">
-        <v>2676.9901</v>
+        <v>2683.8918</v>
       </c>
       <c r="D40" s="10">
-        <v>2630.9543</v>
+        <v>2626.203</v>
       </c>
       <c r="E40" s="10">
-        <v>2735.9</v>
+        <v>2759.0976</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B41" s="18">
         <v>16</v>
       </c>
       <c r="C41" s="10">
-        <v>5855.7499</v>
+        <v>5905.8042</v>
       </c>
       <c r="D41" s="10">
-        <v>5668.4549</v>
+        <v>5713.6</v>
       </c>
       <c r="E41" s="10">
-        <v>6105.3</v>
+        <v>6022.5287</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B42" s="19">
         <v>16</v>
       </c>
       <c r="C42" s="11">
-        <v>12241.495</v>
+        <v>12274.6974</v>
       </c>
       <c r="D42" s="11">
-        <v>12018.256</v>
+        <v>12043.8</v>
       </c>
       <c r="E42" s="11">
-        <v>12568.4</v>
+        <v>12437.3</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B44" s="18">
         <v>13</v>
       </c>
       <c r="C44" s="10">
-        <v>4525.6815</v>
+        <v>4544.1967</v>
       </c>
       <c r="D44" s="10">
-        <v>4375.3</v>
+        <v>4402.6</v>
       </c>
       <c r="E44" s="10">
-        <v>4710.4</v>
+        <v>4670.3592</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B45" s="18">
         <v>13</v>
       </c>
       <c r="C45" s="10">
-        <v>-3095.5329</v>
+        <v>-3103.6452</v>
       </c>
       <c r="D45" s="10">
-        <v>-3244.9</v>
+        <v>-3209.7867</v>
       </c>
       <c r="E45" s="10">
-        <v>-2946.7475</v>
+        <v>-3008.2863</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B47" s="20">
         <v>16</v>
       </c>
       <c r="C47" s="12">
-        <v>1438.0672</v>
+        <v>1447.0914</v>
       </c>
       <c r="D47" s="12">
-        <v>1377.9</v>
+        <v>1382.3</v>
       </c>
       <c r="E47" s="12">
-        <v>1506.6</v>
+        <v>1485.5725</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B49" s="18">
         <v>16</v>
       </c>
       <c r="C49" s="10">
-        <v>412.1577</v>
+        <v>410.643</v>
       </c>
       <c r="D49" s="10">
-        <v>393.5524</v>
+        <v>397.3089</v>
       </c>
       <c r="E49" s="10">
-        <v>443.899</v>
+        <v>431.9333</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B50" s="18">
         <v>16</v>
       </c>
       <c r="C50" s="10">
-        <v>261.9289</v>
+        <v>262.0814</v>
       </c>
       <c r="D50" s="10">
-        <v>242.7</v>
+        <v>248.4459</v>
       </c>
       <c r="E50" s="10">
-        <v>280.593</v>
+        <v>280.0333</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B51" s="18">
         <v>16</v>
       </c>
       <c r="C51" s="10">
-        <v>765.8962</v>
+        <v>775.667</v>
       </c>
       <c r="D51" s="10">
-        <v>700</v>
+        <v>704.4</v>
       </c>
       <c r="E51" s="10">
-        <v>807.4</v>
+        <v>814.1989</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B52" s="19">
         <v>16</v>
       </c>
       <c r="C52" s="11">
-        <v>1439.9828</v>
+        <v>1448.3914</v>
       </c>
       <c r="D52" s="11">
-        <v>1387.9</v>
+        <v>1392.3</v>
       </c>
       <c r="E52" s="11">
-        <v>1491.6</v>
+        <v>1473.9368</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B54" s="18">
         <v>15</v>
       </c>
       <c r="C54" s="10">
-        <v>1402.404</v>
+        <v>1420.539</v>
       </c>
       <c r="D54" s="10">
-        <v>1340.2</v>
+        <v>1350.5</v>
       </c>
       <c r="E54" s="10">
-        <v>1439.9</v>
+        <v>1453.0749</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B55" s="20">
         <v>16</v>
       </c>
       <c r="C55" s="12">
-        <v>1399.248</v>
+        <v>1414.4287</v>
       </c>
       <c r="D55" s="12">
-        <v>1324.5</v>
+        <v>1322.9485</v>
       </c>
       <c r="E55" s="12">
-        <v>1454.9</v>
+        <v>1465.0749</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B57" s="18">
         <v>15</v>
       </c>
       <c r="C57" s="10">
-        <v>-377.2397</v>
+        <v>-383.5727</v>
       </c>
       <c r="D57" s="10">
-        <v>-387.3</v>
+        <v>-392.0589</v>
       </c>
       <c r="E57" s="10">
-        <v>-361.9</v>
+        <v>-364.6</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B58" s="20">
         <v>16</v>
       </c>
       <c r="C58" s="12">
-        <v>-378.0875</v>
+        <v>-383.988</v>
       </c>
       <c r="D58" s="12">
-        <v>-391.4</v>
+        <v>-395.2966</v>
       </c>
       <c r="E58" s="12">
-        <v>-364.6</v>
+        <v>-367.3</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B60" s="18">
         <v>15</v>
       </c>
       <c r="C60" s="10">
-        <v>1025.1681</v>
+        <v>1037.0165</v>
       </c>
       <c r="D60" s="10">
-        <v>978.3</v>
+        <v>985.9</v>
       </c>
       <c r="E60" s="10">
-        <v>1053.6006</v>
+        <v>1062.105</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B61" s="20">
         <v>16</v>
       </c>
       <c r="C61" s="12">
-        <v>1027.5153</v>
+        <v>1038.5279</v>
       </c>
       <c r="D61" s="12">
-        <v>985.6</v>
+        <v>993.2</v>
       </c>
       <c r="E61" s="12">
-        <v>1062.9</v>
+        <v>1070.8672</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B64" s="18">
         <v>12</v>
       </c>
       <c r="C64" s="10">
-        <v>-2.5542</v>
+        <v>-1.7333</v>
       </c>
       <c r="D64" s="10">
-        <v>-11.55</v>
+        <v>-12</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B65" s="18">
         <v>16</v>
       </c>
       <c r="C65" s="10">
-        <v>-37.6803</v>
+        <v>-32.5187</v>
       </c>
       <c r="D65" s="10">
-        <v>-60.3202</v>
+        <v>-59.141</v>
       </c>
       <c r="E65" s="10">
-        <v>-18.8024</v>
+        <v>-3</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B66" s="18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C66" s="10">
-        <v>785.6923</v>
+        <v>777.9423</v>
       </c>
       <c r="D66" s="10">
         <v>652.9</v>
       </c>
       <c r="E66" s="10">
-        <v>907.0392000000001</v>
+        <v>921.434</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B67" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C67" s="10">
-        <v>481.2926</v>
+        <v>465.4341</v>
       </c>
       <c r="D67" s="10">
-        <v>412.8</v>
+        <v>405.2</v>
       </c>
       <c r="E67" s="10">
-        <v>615.1625</v>
+        <v>566.9845</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B69" s="18">
         <v>15</v>
       </c>
       <c r="C69" s="13">
-        <v>2.8626</v>
+        <v>2.8711</v>
       </c>
       <c r="D69" s="13">
         <v>2.72</v>
       </c>
       <c r="E69" s="13">
-        <v>3.0755</v>
+        <v>2.94</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B70" s="20">
         <v>16</v>
       </c>
       <c r="C70" s="14">
-        <v>2.8666</v>
+        <v>2.8726</v>
       </c>
       <c r="D70" s="14">
         <v>2.74</v>
       </c>
       <c r="E70" s="14">
-        <v>3.0817</v>
+        <v>2.9511</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B71" s="20">
         <v>16</v>
       </c>
       <c r="C71" s="14">
-        <v>1.2812</v>
+        <v>1.2742</v>
       </c>
       <c r="D71" s="14">
-        <v>1.1142</v>
+        <v>1.1128</v>
       </c>
       <c r="E71" s="14">
-        <v>1.3868</v>
+        <v>1.3335</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B73" s="20">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C73" s="14">
-        <v>702.3463</v>
+        <v>711.1675</v>
       </c>
       <c r="D73" s="14">
-        <v>561.2509</v>
+        <v>556.7522</v>
       </c>
       <c r="E73" s="14">
-        <v>819.9321</v>
+        <v>818.5431</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B76" s="21">
         <v>13</v>
       </c>
       <c r="C76" s="15">
-        <v>36.9687</v>
+        <v>37.0665</v>
       </c>
       <c r="D76" s="15">
-        <v>35.9238</v>
+        <v>35.7823</v>
       </c>
       <c r="E76" s="15">
-        <v>38.0495</v>
+        <v>38.0119</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B77" s="21">
         <v>13</v>
       </c>
       <c r="C77" s="15">
-        <v>25.2852</v>
+        <v>25.316</v>
       </c>
       <c r="D77" s="15">
-        <v>24.416</v>
+        <v>24.4219</v>
       </c>
       <c r="E77" s="15">
-        <v>26.3744</v>
+        <v>26.0629</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B78" s="21">
         <v>16</v>
       </c>
       <c r="C78" s="15">
-        <v>11.7634</v>
+        <v>11.8</v>
       </c>
       <c r="D78" s="15">
-        <v>11.4542</v>
+        <v>11.4245</v>
       </c>
       <c r="E78" s="15">
-        <v>12.0631</v>
+        <v>12.0223</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B79" s="21">
         <v>16</v>
       </c>
       <c r="C79" s="15">
-        <v>27.0271</v>
+        <v>27.1602</v>
       </c>
       <c r="D79" s="15">
         <v>26</v>
       </c>
       <c r="E79" s="15">
-        <v>28.4636</v>
+        <v>29.5557</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B80" s="21">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C80" s="15">
-        <v>6.4175</v>
+        <v>6.3355</v>
       </c>
       <c r="D80" s="15">
-        <v>5.3883</v>
+        <v>5.3332</v>
       </c>
       <c r="E80" s="15">
-        <v>7.5472</v>
+        <v>7.538</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="17" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -6509,1277 +6688,1277 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B8" s="18">
         <v>15</v>
       </c>
       <c r="C8" s="10">
-        <v>1.0273</v>
+        <v>0.7181</v>
       </c>
       <c r="D8" s="10">
-        <v>0.2</v>
+        <v>-0.5591</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" s="18">
         <v>15</v>
       </c>
       <c r="C9" s="10">
-        <v>2.0644</v>
+        <v>2.0544</v>
       </c>
       <c r="D9" s="10">
         <v>1</v>
       </c>
       <c r="E9" s="10">
-        <v>3.2</v>
+        <v>3.2552</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B10" s="18">
         <v>15</v>
       </c>
       <c r="C10" s="10">
-        <v>3.7658</v>
+        <v>3.9138</v>
       </c>
       <c r="D10" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E10" s="10">
-        <v>6.0248</v>
+        <v>6.0442</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="19">
         <v>14</v>
       </c>
-      <c r="B11" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="11">
-        <v>2.9179</v>
+        <v>2.9923</v>
       </c>
       <c r="D11" s="11">
-        <v>1.4</v>
+        <v>2.2371</v>
       </c>
       <c r="E11" s="11">
-        <v>4.3654</v>
+        <v>4.3811</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="18">
         <v>14</v>
       </c>
       <c r="C14" s="10">
-        <v>1.8404</v>
+        <v>1.9844</v>
       </c>
       <c r="D14" s="10">
-        <v>1</v>
+        <v>1.0085</v>
       </c>
       <c r="E14" s="10">
-        <v>2.5</v>
+        <v>4.6318</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="18">
         <v>14</v>
       </c>
       <c r="C15" s="10">
-        <v>3.0806</v>
+        <v>3.0948</v>
       </c>
       <c r="D15" s="10">
-        <v>2.1947</v>
+        <v>2.1516</v>
       </c>
       <c r="E15" s="10">
         <v>4.0001</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16" s="18">
         <v>14</v>
       </c>
       <c r="C16" s="10">
-        <v>4.796</v>
+        <v>4.7606</v>
       </c>
       <c r="D16" s="10">
         <v>3.25</v>
       </c>
       <c r="E16" s="10">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B17" s="19">
         <v>14</v>
       </c>
       <c r="C17" s="11">
-        <v>3.1628</v>
+        <v>3.1787</v>
       </c>
       <c r="D17" s="11">
-        <v>2.0954</v>
+        <v>2.1072</v>
       </c>
       <c r="E17" s="11">
-        <v>5</v>
+        <v>3.9704</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B20" s="18">
         <v>15</v>
       </c>
       <c r="C20" s="10">
-        <v>2.8248</v>
+        <v>2.6531</v>
       </c>
       <c r="D20" s="10">
         <v>1.5</v>
       </c>
       <c r="E20" s="10">
-        <v>4.3299</v>
+        <v>4.0468</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B21" s="18">
         <v>15</v>
       </c>
       <c r="C21" s="10">
-        <v>5.0856</v>
+        <v>5.1066</v>
       </c>
       <c r="D21" s="10">
         <v>3</v>
       </c>
       <c r="E21" s="10">
         <v>6.6</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22" s="18">
         <v>15</v>
       </c>
       <c r="C22" s="10">
-        <v>8.527100000000001</v>
+        <v>8.6769</v>
       </c>
       <c r="D22" s="10">
         <v>5</v>
       </c>
       <c r="E22" s="10">
-        <v>10</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B23" s="20">
         <v>15</v>
       </c>
       <c r="C23" s="12">
-        <v>6.0312</v>
+        <v>6.091</v>
       </c>
       <c r="D23" s="12">
-        <v>3.5</v>
+        <v>3.5014</v>
       </c>
       <c r="E23" s="12">
         <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B26" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C26" s="10">
-        <v>5.5535</v>
+        <v>5.175</v>
       </c>
       <c r="D26" s="10">
-        <v>3.1679</v>
+        <v>2.8058</v>
       </c>
       <c r="E26" s="10">
-        <v>11.4</v>
+        <v>11.3047</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B27" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C27" s="10">
-        <v>8.9109</v>
+        <v>8.702</v>
       </c>
       <c r="D27" s="10">
-        <v>5.0788</v>
+        <v>5.0599</v>
       </c>
       <c r="E27" s="10">
-        <v>12.3726</v>
+        <v>12.5054</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B28" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C28" s="10">
-        <v>10.6749</v>
+        <v>10.8887</v>
       </c>
       <c r="D28" s="10">
-        <v>4.5</v>
+        <v>8.4389</v>
       </c>
       <c r="E28" s="10">
-        <v>13.8</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B29" s="20">
         <v>15</v>
       </c>
       <c r="C29" s="12">
-        <v>8.8848</v>
+        <v>8.8672</v>
       </c>
       <c r="D29" s="12">
-        <v>5</v>
+        <v>6.8685</v>
       </c>
       <c r="E29" s="12">
-        <v>11.7</v>
+        <v>11.65</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B33" s="18">
         <v>15</v>
       </c>
       <c r="C33" s="10">
-        <v>643.1336</v>
+        <v>638.8038</v>
       </c>
       <c r="D33" s="10">
-        <v>630.4181</v>
+        <v>629.0626</v>
       </c>
       <c r="E33" s="10">
-        <v>659.7355</v>
+        <v>653.1285</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B34" s="18">
         <v>15</v>
       </c>
       <c r="C34" s="10">
-        <v>503.9858</v>
+        <v>502.9791</v>
       </c>
       <c r="D34" s="10">
-        <v>494.8</v>
+        <v>494.6168</v>
       </c>
       <c r="E34" s="10">
-        <v>519.7</v>
+        <v>515.5685</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B35" s="18">
         <v>15</v>
       </c>
       <c r="C35" s="10">
-        <v>2021.8161</v>
+        <v>2095.5493</v>
       </c>
       <c r="D35" s="10">
-        <v>1929.5</v>
+        <v>1981.8077</v>
       </c>
       <c r="E35" s="10">
-        <v>2114.3043</v>
+        <v>3220.3396</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="19">
         <v>15</v>
       </c>
       <c r="C36" s="11">
-        <v>3168.9355</v>
+        <v>3237.3321</v>
       </c>
       <c r="D36" s="11">
-        <v>3059.4</v>
+        <v>3119.3394</v>
       </c>
       <c r="E36" s="11">
-        <v>3268.3884</v>
+        <v>4376.8929</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B39" s="18">
         <v>15</v>
       </c>
       <c r="C39" s="10">
-        <v>3808.9625</v>
+        <v>3777.0026</v>
       </c>
       <c r="D39" s="10">
-        <v>3712.7</v>
+        <v>3710.0865</v>
       </c>
       <c r="E39" s="10">
-        <v>3915.237</v>
+        <v>3885.6191</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B40" s="18">
         <v>15</v>
       </c>
       <c r="C40" s="10">
-        <v>2811.7287</v>
+        <v>2815.8907</v>
       </c>
       <c r="D40" s="10">
-        <v>2736.2981</v>
+        <v>2733.3308</v>
       </c>
       <c r="E40" s="10">
-        <v>2915.9</v>
+        <v>2921.2</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B41" s="18">
         <v>15</v>
       </c>
       <c r="C41" s="10">
-        <v>6295.3724</v>
+        <v>6613.9479</v>
       </c>
       <c r="D41" s="10">
-        <v>5962.8312</v>
+        <v>6064.1</v>
       </c>
       <c r="E41" s="10">
-        <v>6673.3</v>
+        <v>10043.1218</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B42" s="19">
         <v>15</v>
       </c>
       <c r="C42" s="11">
-        <v>12916.0636</v>
+        <v>13206.8412</v>
       </c>
       <c r="D42" s="11">
-        <v>12610.0449</v>
+        <v>12592</v>
       </c>
       <c r="E42" s="11">
-        <v>13398.5</v>
+        <v>16846.2362</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B44" s="18">
         <v>12</v>
       </c>
       <c r="C44" s="10">
-        <v>4809.6469</v>
+        <v>4951.6269</v>
       </c>
       <c r="D44" s="10">
-        <v>4568.8</v>
+        <v>4614.5284</v>
       </c>
       <c r="E44" s="10">
-        <v>5069.3</v>
+        <v>6478.2291</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B45" s="18">
         <v>12</v>
       </c>
       <c r="C45" s="10">
-        <v>-3266.7626</v>
+        <v>-3364.3131</v>
       </c>
       <c r="D45" s="10">
-        <v>-3451.7</v>
+        <v>-4529.6735</v>
       </c>
       <c r="E45" s="10">
-        <v>-3080.9</v>
+        <v>-3110.4392</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B47" s="20">
         <v>15</v>
       </c>
       <c r="C47" s="12">
-        <v>1554.7737</v>
+        <v>1579.9396</v>
       </c>
       <c r="D47" s="12">
-        <v>1468.3</v>
+        <v>1472.5</v>
       </c>
       <c r="E47" s="12">
-        <v>1666</v>
+        <v>1867.069</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B49" s="18">
         <v>15</v>
       </c>
       <c r="C49" s="10">
-        <v>431.6951</v>
+        <v>427.1705</v>
       </c>
       <c r="D49" s="10">
-        <v>407.3679</v>
+        <v>408.4538</v>
       </c>
       <c r="E49" s="10">
-        <v>474.4079</v>
+        <v>462.3851</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B50" s="18">
         <v>15</v>
       </c>
       <c r="C50" s="10">
-        <v>283.9519</v>
+        <v>283.0628</v>
       </c>
       <c r="D50" s="10">
-        <v>263.8</v>
+        <v>266.134</v>
       </c>
       <c r="E50" s="10">
-        <v>313.6321</v>
+        <v>315.0526</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B51" s="18">
         <v>15</v>
       </c>
       <c r="C51" s="10">
-        <v>841.3685</v>
+        <v>871.1331</v>
       </c>
       <c r="D51" s="10">
-        <v>741.5</v>
+        <v>745.7</v>
       </c>
       <c r="E51" s="10">
-        <v>919.1</v>
+        <v>1111.8509</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B52" s="19">
         <v>15</v>
       </c>
       <c r="C52" s="11">
-        <v>1557.0155</v>
+        <v>1581.3663</v>
       </c>
       <c r="D52" s="11">
-        <v>1478.3</v>
+        <v>1473.1</v>
       </c>
       <c r="E52" s="11">
-        <v>1651</v>
+        <v>1869.169</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B54" s="18">
         <v>15</v>
       </c>
       <c r="C54" s="10">
-        <v>1523.5336</v>
+        <v>1569.3475</v>
       </c>
       <c r="D54" s="10">
-        <v>1440.8</v>
+        <v>1445</v>
       </c>
       <c r="E54" s="10">
-        <v>1607.8</v>
+        <v>1750.8805</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B55" s="20">
         <v>15</v>
       </c>
       <c r="C55" s="12">
-        <v>1513.2967</v>
+        <v>1557.2111</v>
       </c>
       <c r="D55" s="12">
-        <v>1324.5092</v>
+        <v>1322.9485</v>
       </c>
       <c r="E55" s="12">
-        <v>1622.8</v>
+        <v>1765.8805</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B57" s="18">
         <v>15</v>
       </c>
       <c r="C57" s="10">
-        <v>-409.4709</v>
+        <v>-424.0121</v>
       </c>
       <c r="D57" s="10">
-        <v>-434.1</v>
+        <v>-490.2465</v>
       </c>
       <c r="E57" s="10">
-        <v>-389</v>
+        <v>-390.2</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B58" s="20">
         <v>15</v>
       </c>
       <c r="C58" s="12">
-        <v>-410.5531</v>
+        <v>-424.9273</v>
       </c>
       <c r="D58" s="12">
-        <v>-438.1</v>
+        <v>-494.4465</v>
       </c>
       <c r="E58" s="12">
-        <v>-389.7989</v>
+        <v>-392.9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B60" s="18">
         <v>15</v>
       </c>
       <c r="C60" s="10">
-        <v>1114.0619</v>
+        <v>1144.7806</v>
       </c>
       <c r="D60" s="10">
-        <v>1051.8</v>
+        <v>1054.9</v>
       </c>
       <c r="E60" s="10">
-        <v>1173.1</v>
+        <v>1255.2718</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B61" s="20">
         <v>15</v>
       </c>
       <c r="C61" s="12">
-        <v>1117.5482</v>
+        <v>1147.6253</v>
       </c>
       <c r="D61" s="12">
-        <v>1059.1</v>
+        <v>1062.2</v>
       </c>
       <c r="E61" s="12">
-        <v>1184</v>
+        <v>1261.434</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B64" s="18">
         <v>12</v>
       </c>
       <c r="C64" s="10">
-        <v>-2.8023</v>
+        <v>-1.7833</v>
       </c>
       <c r="D64" s="10">
-        <v>-12.1275</v>
+        <v>-12.6</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B65" s="18">
         <v>15</v>
       </c>
       <c r="C65" s="10">
-        <v>-32.3731</v>
+        <v>-44.6425</v>
       </c>
       <c r="D65" s="10">
-        <v>-51.9</v>
+        <v>-195.9751</v>
       </c>
       <c r="E65" s="10">
-        <v>-14.5481</v>
+        <v>19.25</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B66" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C66" s="10">
-        <v>829.5377999999999</v>
+        <v>868.1881</v>
       </c>
       <c r="D66" s="10">
         <v>672.5</v>
       </c>
       <c r="E66" s="10">
-        <v>963.9844000000001</v>
+        <v>1190.5118</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B67" s="18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C67" s="10">
-        <v>494.6211</v>
+        <v>512.9216</v>
       </c>
       <c r="D67" s="10">
-        <v>239.7</v>
+        <v>421.1</v>
       </c>
       <c r="E67" s="10">
-        <v>636.8072</v>
+        <v>662.0151</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B69" s="18">
         <v>15</v>
       </c>
       <c r="C69" s="13">
-        <v>3.138</v>
+        <v>3.1567</v>
       </c>
       <c r="D69" s="13">
-        <v>2.92</v>
+        <v>2.91</v>
       </c>
       <c r="E69" s="13">
-        <v>3.5075</v>
+        <v>3.4251</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B70" s="20">
         <v>15</v>
       </c>
       <c r="C70" s="14">
-        <v>3.1466</v>
+        <v>3.1633</v>
       </c>
       <c r="D70" s="14">
-        <v>2.94</v>
+        <v>2.93</v>
       </c>
       <c r="E70" s="14">
-        <v>3.514</v>
+        <v>3.4309</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B71" s="20">
         <v>15</v>
       </c>
       <c r="C71" s="14">
-        <v>1.4193</v>
+        <v>1.4159</v>
       </c>
       <c r="D71" s="14">
-        <v>1.32</v>
+        <v>1.3125</v>
       </c>
       <c r="E71" s="14">
-        <v>1.5813</v>
+        <v>1.5439</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B73" s="20">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C73" s="14">
-        <v>752.6809</v>
+        <v>782.0048</v>
       </c>
       <c r="D73" s="14">
-        <v>558.71</v>
+        <v>638.2468</v>
       </c>
       <c r="E73" s="14">
-        <v>900.6317</v>
+        <v>939.0488</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B76" s="21">
         <v>12</v>
       </c>
       <c r="C76" s="15">
-        <v>37.2476</v>
+        <v>38.285</v>
       </c>
       <c r="D76" s="15">
-        <v>35.5856</v>
+        <v>35.3908</v>
       </c>
       <c r="E76" s="15">
-        <v>38.6041</v>
+        <v>48.9819</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B77" s="21">
         <v>12</v>
       </c>
       <c r="C77" s="15">
-        <v>25.2985</v>
+        <v>26.0099</v>
       </c>
       <c r="D77" s="15">
-        <v>23.9966</v>
+        <v>23.8553</v>
       </c>
       <c r="E77" s="15">
-        <v>26.4301</v>
+        <v>34.2489</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B78" s="21">
         <v>15</v>
       </c>
       <c r="C78" s="15">
-        <v>12.0544</v>
+        <v>11.9931</v>
       </c>
       <c r="D78" s="15">
-        <v>11.6165</v>
+        <v>11.0699</v>
       </c>
       <c r="E78" s="15">
-        <v>12.3737</v>
+        <v>12.4024</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B79" s="21">
         <v>15</v>
       </c>
       <c r="C79" s="15">
-        <v>27.1567</v>
+        <v>27.3275</v>
       </c>
       <c r="D79" s="15">
         <v>26</v>
       </c>
       <c r="E79" s="15">
-        <v>30.289</v>
+        <v>31.7932</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B80" s="21">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C80" s="15">
-        <v>6.4161</v>
+        <v>6.5508</v>
       </c>
       <c r="D80" s="15">
-        <v>5.2845</v>
+        <v>5.3407</v>
       </c>
       <c r="E80" s="15">
-        <v>7.5346</v>
+        <v>9.0015</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="17" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -7818,1277 +7997,1277 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B8" s="18">
         <v>10</v>
       </c>
       <c r="C8" s="10">
-        <v>1.0882</v>
+        <v>1.0049</v>
       </c>
       <c r="D8" s="10">
         <v>0.6</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" s="18">
         <v>10</v>
       </c>
       <c r="C9" s="10">
-        <v>2.3732</v>
+        <v>2.3772</v>
       </c>
       <c r="D9" s="10">
-        <v>1.5688</v>
+        <v>1.5621</v>
       </c>
       <c r="E9" s="10">
-        <v>3.2</v>
+        <v>3.2562</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B10" s="18">
         <v>10</v>
       </c>
       <c r="C10" s="10">
-        <v>4.0241</v>
+        <v>4.0264</v>
       </c>
       <c r="D10" s="10">
         <v>2.3022</v>
       </c>
       <c r="E10" s="10">
-        <v>6.0597</v>
+        <v>6.079</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" s="19">
         <v>10</v>
       </c>
       <c r="C11" s="11">
-        <v>3.1607</v>
+        <v>3.1722</v>
       </c>
       <c r="D11" s="11">
         <v>1.9653</v>
       </c>
       <c r="E11" s="11">
-        <v>4.4358</v>
+        <v>4.4519</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="18">
         <v>10</v>
       </c>
       <c r="C14" s="10">
-        <v>1.928</v>
+        <v>1.8444</v>
       </c>
       <c r="D14" s="10">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="E14" s="10">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="18">
         <v>10</v>
       </c>
       <c r="C15" s="10">
-        <v>3.0224</v>
+        <v>2.9933</v>
       </c>
       <c r="D15" s="10">
-        <v>2.0256</v>
+        <v>1.984</v>
       </c>
       <c r="E15" s="10">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16" s="18">
         <v>10</v>
       </c>
       <c r="C16" s="10">
-        <v>4.3165</v>
+        <v>4.5819</v>
       </c>
       <c r="D16" s="10">
         <v>3.25</v>
       </c>
       <c r="E16" s="10">
         <v>5.3798</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B17" s="19">
         <v>10</v>
       </c>
       <c r="C17" s="11">
-        <v>2.9419</v>
+        <v>3.1469</v>
       </c>
       <c r="D17" s="11">
-        <v>2.119</v>
+        <v>2.1308</v>
       </c>
       <c r="E17" s="11">
-        <v>3.8371</v>
+        <v>3.9709</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B20" s="18">
         <v>10</v>
       </c>
       <c r="C20" s="10">
-        <v>3.0325</v>
+        <v>2.8764</v>
       </c>
       <c r="D20" s="10">
-        <v>2.23</v>
+        <v>2.2483</v>
       </c>
       <c r="E20" s="10">
-        <v>4.0552</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B21" s="18">
         <v>10</v>
       </c>
       <c r="C21" s="10">
-        <v>5.4618</v>
+        <v>5.4426</v>
       </c>
       <c r="D21" s="10">
-        <v>4.0065</v>
+        <v>4.3043</v>
       </c>
       <c r="E21" s="10">
         <v>7.12</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22" s="18">
         <v>10</v>
       </c>
       <c r="C22" s="10">
-        <v>8.5038</v>
+        <v>8.785600000000001</v>
       </c>
       <c r="D22" s="10">
-        <v>7.77</v>
+        <v>7.8058</v>
       </c>
       <c r="E22" s="10">
         <v>9.6</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B23" s="20">
         <v>10</v>
       </c>
       <c r="C23" s="12">
-        <v>6.2035</v>
+        <v>6.4251</v>
       </c>
       <c r="D23" s="12">
         <v>5.5027</v>
       </c>
       <c r="E23" s="12">
-        <v>7.1</v>
+        <v>7.4233</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B26" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C26" s="10">
-        <v>5.1208</v>
+        <v>5.0647</v>
       </c>
       <c r="D26" s="10">
-        <v>2.7011</v>
+        <v>2.7165</v>
       </c>
       <c r="E26" s="10">
-        <v>6.9295</v>
+        <v>7.1776</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B27" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C27" s="10">
-        <v>8.7829</v>
+        <v>8.3736</v>
       </c>
       <c r="D27" s="10">
-        <v>5.0703</v>
+        <v>5.06</v>
       </c>
       <c r="E27" s="10">
         <v>11.5882</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B28" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C28" s="10">
-        <v>10.5291</v>
+        <v>10.8417</v>
       </c>
       <c r="D28" s="10">
         <v>7.9964</v>
       </c>
       <c r="E28" s="10">
-        <v>12.9</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B29" s="20">
         <v>10</v>
       </c>
       <c r="C29" s="12">
-        <v>8.722799999999999</v>
+        <v>8.853199999999999</v>
       </c>
       <c r="D29" s="12">
-        <v>7.061</v>
+        <v>7.0933</v>
       </c>
       <c r="E29" s="12">
         <v>10.3</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B33" s="18">
         <v>10</v>
       </c>
       <c r="C33" s="10">
-        <v>651.9571999999999</v>
+        <v>645.7573</v>
       </c>
       <c r="D33" s="10">
-        <v>634.7003</v>
+        <v>633.3375</v>
       </c>
       <c r="E33" s="10">
-        <v>672.9302</v>
+        <v>666.1911</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B34" s="18">
         <v>10</v>
       </c>
       <c r="C34" s="10">
-        <v>517.4139</v>
+        <v>516.0515</v>
       </c>
       <c r="D34" s="10">
-        <v>505.0023</v>
+        <v>502.3431</v>
       </c>
       <c r="E34" s="10">
-        <v>536.6</v>
+        <v>532.3563</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B35" s="18">
         <v>10</v>
       </c>
       <c r="C35" s="10">
-        <v>2113.9214</v>
+        <v>2231.5839</v>
       </c>
       <c r="D35" s="10">
-        <v>2010.6908</v>
+        <v>2026.4409</v>
       </c>
       <c r="E35" s="10">
-        <v>2242.4257</v>
+        <v>3337.5116</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="19">
         <v>10</v>
       </c>
       <c r="C36" s="11">
-        <v>3283.2925</v>
+        <v>3393.3927</v>
       </c>
       <c r="D36" s="11">
         <v>3172.3705</v>
       </c>
       <c r="E36" s="11">
-        <v>3413.3679</v>
+        <v>4522.2303</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B39" s="18">
         <v>10</v>
       </c>
       <c r="C39" s="10">
-        <v>3956.0285</v>
+        <v>3904.9766</v>
       </c>
       <c r="D39" s="10">
-        <v>3838.6031</v>
+        <v>3820.3848</v>
       </c>
       <c r="E39" s="10">
-        <v>4073.4126</v>
+        <v>4042.5981</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B40" s="18">
         <v>10</v>
       </c>
       <c r="C40" s="10">
-        <v>2968.5969</v>
+        <v>2975.3143</v>
       </c>
       <c r="D40" s="10">
-        <v>2845.9277</v>
+        <v>2845.0419</v>
       </c>
       <c r="E40" s="10">
-        <v>3108.5</v>
+        <v>3125.221</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B41" s="18">
         <v>10</v>
       </c>
       <c r="C41" s="10">
-        <v>6715.4879</v>
+        <v>7238.2654</v>
       </c>
       <c r="D41" s="10">
         <v>6183.283</v>
       </c>
       <c r="E41" s="10">
-        <v>7260.4</v>
+        <v>10928.9677</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B42" s="19">
         <v>10</v>
       </c>
       <c r="C42" s="11">
-        <v>13640.1133</v>
+        <v>14118.5563</v>
       </c>
       <c r="D42" s="11">
         <v>13069.635</v>
       </c>
       <c r="E42" s="11">
-        <v>14260.8</v>
+        <v>18096.7868</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B44" s="18">
         <v>7</v>
       </c>
       <c r="C44" s="10">
-        <v>5141.8644</v>
+        <v>5435.0315</v>
       </c>
       <c r="D44" s="10">
-        <v>4855.7884</v>
+        <v>4976.154</v>
       </c>
       <c r="E44" s="10">
-        <v>5451.1897</v>
+        <v>7007.4918</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B45" s="18">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C45" s="10">
-        <v>-3425.1831</v>
+        <v>-3676.9953</v>
       </c>
       <c r="D45" s="10">
-        <v>-3704.6589</v>
+        <v>-4871.3158</v>
       </c>
       <c r="E45" s="10">
-        <v>-3217.8</v>
+        <v>-3293.6273</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B47" s="20">
         <v>10</v>
       </c>
       <c r="C47" s="12">
-        <v>1701.5697</v>
+        <v>1733.1315</v>
       </c>
       <c r="D47" s="12">
-        <v>1582.9132</v>
+        <v>1596.6973</v>
       </c>
       <c r="E47" s="12">
-        <v>1820.3</v>
+        <v>2056.5432</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B49" s="18">
         <v>10</v>
       </c>
       <c r="C49" s="10">
-        <v>458.3451</v>
+        <v>451.4373</v>
       </c>
       <c r="D49" s="10">
-        <v>418.3715</v>
+        <v>419.5493</v>
       </c>
       <c r="E49" s="10">
-        <v>507.3886</v>
+        <v>495.6805</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B50" s="18">
         <v>10</v>
       </c>
       <c r="C50" s="10">
-        <v>312.4206</v>
+        <v>310.3079</v>
       </c>
       <c r="D50" s="10">
-        <v>281.0785</v>
+        <v>280.4711</v>
       </c>
       <c r="E50" s="10">
         <v>349.9764</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B51" s="18">
         <v>10</v>
       </c>
       <c r="C51" s="10">
-        <v>932.5875</v>
+        <v>972.2193</v>
       </c>
       <c r="D51" s="10">
-        <v>839.7704</v>
+        <v>858.3392</v>
       </c>
       <c r="E51" s="10">
-        <v>1021.9</v>
+        <v>1242.4842</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B52" s="19">
         <v>10</v>
       </c>
       <c r="C52" s="11">
-        <v>1703.3531</v>
+        <v>1733.9645</v>
       </c>
       <c r="D52" s="11">
-        <v>1582.9132</v>
+        <v>1596.6973</v>
       </c>
       <c r="E52" s="11">
-        <v>1805.3</v>
+        <v>2058.6432</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B54" s="18">
         <v>10</v>
       </c>
       <c r="C54" s="10">
-        <v>1670.3683</v>
+        <v>1740.0396</v>
       </c>
       <c r="D54" s="10">
-        <v>1546.2255</v>
+        <v>1559.6608</v>
       </c>
       <c r="E54" s="10">
-        <v>1771.4</v>
+        <v>1941.8998</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B55" s="20">
         <v>10</v>
       </c>
       <c r="C55" s="12">
-        <v>1641.3308</v>
+        <v>1710.0516</v>
       </c>
       <c r="D55" s="12">
         <v>1324.5092</v>
       </c>
       <c r="E55" s="12">
-        <v>1786.4</v>
+        <v>1956.8998</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B57" s="18">
         <v>10</v>
       </c>
       <c r="C57" s="10">
-        <v>-449.397</v>
+        <v>-470.2273</v>
       </c>
       <c r="D57" s="10">
-        <v>-478.3</v>
+        <v>-543.7319</v>
       </c>
       <c r="E57" s="10">
-        <v>-418.1919</v>
+        <v>-421.8345</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B58" s="20">
         <v>10</v>
       </c>
       <c r="C58" s="12">
-        <v>-450.6266</v>
+        <v>-471.2203</v>
       </c>
       <c r="D58" s="12">
-        <v>-482.3</v>
+        <v>-547.9319</v>
       </c>
       <c r="E58" s="12">
-        <v>-418.1919</v>
+        <v>-421.8345</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B60" s="18">
         <v>10</v>
       </c>
       <c r="C60" s="10">
-        <v>1220.9324</v>
+        <v>1268.9054</v>
       </c>
       <c r="D60" s="10">
-        <v>1127.3651</v>
+        <v>1137.1528</v>
       </c>
       <c r="E60" s="10">
-        <v>1292.5</v>
+        <v>1399.9772</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B61" s="20">
         <v>10</v>
       </c>
       <c r="C61" s="12">
-        <v>1224.4862</v>
+        <v>1271.7455</v>
       </c>
       <c r="D61" s="12">
-        <v>1127.3651</v>
+        <v>1137.1528</v>
       </c>
       <c r="E61" s="12">
-        <v>1303.5</v>
+        <v>1402.0772</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B64" s="18">
         <v>9</v>
       </c>
       <c r="C64" s="10">
-        <v>-1.9815</v>
+        <v>-0.9256</v>
       </c>
       <c r="D64" s="10">
-        <v>-12.7339</v>
+        <v>-13.23</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B65" s="18">
         <v>10</v>
       </c>
       <c r="C65" s="10">
-        <v>-31.4837</v>
+        <v>-48.1386</v>
       </c>
       <c r="D65" s="10">
-        <v>-59.4837</v>
+        <v>-193.1012</v>
       </c>
       <c r="E65" s="10">
-        <v>-14.3429</v>
+        <v>38.4625</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B66" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C66" s="10">
-        <v>879.2279</v>
+        <v>948.7861</v>
       </c>
       <c r="D66" s="10">
         <v>686.1558</v>
       </c>
       <c r="E66" s="10">
-        <v>1025.2971</v>
+        <v>1299.172</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B67" s="18">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C67" s="10">
-        <v>499.4794</v>
+        <v>549.5318</v>
       </c>
       <c r="D67" s="10">
-        <v>281</v>
+        <v>457.1682</v>
       </c>
       <c r="E67" s="10">
-        <v>599.9536000000001</v>
+        <v>711.1244</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B69" s="18">
         <v>10</v>
       </c>
       <c r="C69" s="13">
-        <v>3.477</v>
+        <v>3.5114</v>
       </c>
       <c r="D69" s="13">
-        <v>3.1434</v>
+        <v>3.1695</v>
       </c>
       <c r="E69" s="13">
-        <v>3.9961</v>
+        <v>3.8237</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B70" s="20">
         <v>10</v>
       </c>
       <c r="C70" s="14">
-        <v>3.485</v>
+        <v>3.5172</v>
       </c>
       <c r="D70" s="14">
-        <v>3.1434</v>
+        <v>3.1695</v>
       </c>
       <c r="E70" s="14">
-        <v>4.0029</v>
+        <v>3.8296</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B71" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C71" s="14">
-        <v>1.5734</v>
+        <v>1.5714</v>
       </c>
       <c r="D71" s="14">
-        <v>1.4586</v>
+        <v>1.442</v>
       </c>
       <c r="E71" s="14">
-        <v>1.8013</v>
+        <v>1.7233</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B73" s="20">
         <v>9</v>
       </c>
       <c r="C73" s="14">
-        <v>845.9453999999999</v>
+        <v>888.0127</v>
       </c>
       <c r="D73" s="14">
-        <v>662.21</v>
+        <v>791.207</v>
       </c>
       <c r="E73" s="14">
-        <v>991.4897999999999</v>
+        <v>1228.4936</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B76" s="21">
         <v>7</v>
       </c>
       <c r="C76" s="15">
-        <v>37.736</v>
+        <v>39.6604</v>
       </c>
       <c r="D76" s="15">
-        <v>36.7152</v>
+        <v>36.8652</v>
       </c>
       <c r="E76" s="15">
-        <v>39.2041</v>
+        <v>49.6571</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B77" s="21">
         <v>7</v>
       </c>
       <c r="C77" s="15">
-        <v>25.3551</v>
+        <v>26.8252</v>
       </c>
       <c r="D77" s="15">
-        <v>24.1876</v>
+        <v>24.5052</v>
       </c>
       <c r="E77" s="15">
-        <v>26.6433</v>
+        <v>34.5195</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B78" s="21">
         <v>10</v>
       </c>
       <c r="C78" s="15">
-        <v>12.4864</v>
+        <v>12.3151</v>
       </c>
       <c r="D78" s="15">
-        <v>12.0411</v>
+        <v>11.3757</v>
       </c>
       <c r="E78" s="15">
         <v>12.7772</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B79" s="21">
         <v>10</v>
       </c>
       <c r="C79" s="15">
-        <v>27.5631</v>
+        <v>27.6676</v>
       </c>
       <c r="D79" s="15">
-        <v>26.9591</v>
+        <v>26.9813</v>
       </c>
       <c r="E79" s="15">
         <v>32.5651</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B80" s="21">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C80" s="15">
-        <v>6.4343</v>
+        <v>6.6679</v>
       </c>
       <c r="D80" s="15">
         <v>5.25</v>
       </c>
       <c r="E80" s="15">
-        <v>7.5218</v>
+        <v>9.206300000000001</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="17" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -9127,1277 +9306,2586 @@
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B8" s="18">
         <v>9</v>
       </c>
       <c r="C8" s="10">
-        <v>1.0462</v>
+        <v>1.0082</v>
       </c>
       <c r="D8" s="10">
         <v>0.6</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" s="18">
         <v>9</v>
       </c>
       <c r="C9" s="10">
-        <v>2.3037</v>
+        <v>2.3661</v>
       </c>
       <c r="D9" s="10">
-        <v>1.5</v>
+        <v>1.5645</v>
       </c>
       <c r="E9" s="10">
-        <v>3.2</v>
+        <v>3.2562</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B10" s="18">
         <v>9</v>
       </c>
       <c r="C10" s="10">
-        <v>3.9554</v>
+        <v>4.021</v>
       </c>
       <c r="D10" s="10">
         <v>2.3088</v>
       </c>
       <c r="E10" s="10">
-        <v>6.0944</v>
+        <v>6.1136</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" s="19">
         <v>9</v>
       </c>
       <c r="C11" s="11">
-        <v>3.1361</v>
+        <v>3.1958</v>
       </c>
       <c r="D11" s="11">
         <v>1.9725</v>
       </c>
       <c r="E11" s="11">
-        <v>4.5064</v>
+        <v>4.5227</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="18">
         <v>9</v>
       </c>
       <c r="C14" s="10">
-        <v>1.9429</v>
+        <v>1.8552</v>
       </c>
       <c r="D14" s="10">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="E14" s="10">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="18">
         <v>9</v>
       </c>
       <c r="C15" s="10">
-        <v>3.0481</v>
+        <v>3.0213</v>
       </c>
       <c r="D15" s="10">
-        <v>2.0319</v>
+        <v>1.9902</v>
       </c>
       <c r="E15" s="10">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B16" s="18">
         <v>9</v>
       </c>
       <c r="C16" s="10">
-        <v>4.4318</v>
+        <v>4.695</v>
       </c>
       <c r="D16" s="10">
         <v>3.25</v>
       </c>
       <c r="E16" s="10">
         <v>5.3611</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B17" s="19">
         <v>9</v>
       </c>
       <c r="C17" s="11">
-        <v>3.0341</v>
+        <v>3.2537</v>
       </c>
       <c r="D17" s="11">
-        <v>2.1433</v>
+        <v>2.1551</v>
       </c>
       <c r="E17" s="11">
-        <v>3.8562</v>
+        <v>3.9993</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B20" s="18">
         <v>9</v>
       </c>
       <c r="C20" s="10">
-        <v>3.0059</v>
+        <v>2.8915</v>
       </c>
       <c r="D20" s="10">
-        <v>2.2429</v>
+        <v>2.2621</v>
       </c>
       <c r="E20" s="10">
         <v>4.04</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B21" s="18">
         <v>9</v>
       </c>
       <c r="C21" s="10">
-        <v>5.4234</v>
+        <v>5.4599</v>
       </c>
       <c r="D21" s="10">
-        <v>4.009</v>
+        <v>4.3067</v>
       </c>
       <c r="E21" s="10">
         <v>7.12</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22" s="18">
         <v>9</v>
       </c>
       <c r="C22" s="10">
-        <v>8.5565</v>
+        <v>8.8972</v>
       </c>
       <c r="D22" s="10">
         <v>7.7937</v>
       </c>
       <c r="E22" s="10">
         <v>9.6</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B23" s="20">
         <v>9</v>
       </c>
       <c r="C23" s="12">
-        <v>6.2484</v>
+        <v>6.5373</v>
       </c>
       <c r="D23" s="12">
         <v>5.5022</v>
       </c>
       <c r="E23" s="12">
-        <v>7.1</v>
+        <v>7.4718</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B26" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C26" s="10">
-        <v>4.962</v>
+        <v>4.9381</v>
       </c>
       <c r="D26" s="10">
-        <v>2.7119</v>
+        <v>2.7282</v>
       </c>
       <c r="E26" s="10">
-        <v>6.8185</v>
+        <v>7.1224</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B27" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C27" s="10">
-        <v>8.335900000000001</v>
+        <v>7.921</v>
       </c>
       <c r="D27" s="10">
-        <v>5.0621</v>
+        <v>5.06</v>
       </c>
       <c r="E27" s="10">
         <v>10.6</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B28" s="18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C28" s="10">
-        <v>10.6904</v>
+        <v>10.9416</v>
       </c>
       <c r="D28" s="10">
         <v>7.981</v>
       </c>
       <c r="E28" s="10">
-        <v>12.8</v>
+        <v>12.7</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B29" s="20">
         <v>9</v>
       </c>
       <c r="C29" s="12">
-        <v>8.723800000000001</v>
+        <v>8.8003</v>
       </c>
       <c r="D29" s="12">
-        <v>7.0995</v>
+        <v>7.1086</v>
       </c>
       <c r="E29" s="12">
         <v>10.3</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B33" s="18">
         <v>9</v>
       </c>
       <c r="C33" s="10">
-        <v>660.412</v>
+        <v>652.0979</v>
       </c>
       <c r="D33" s="10">
-        <v>639.0232</v>
+        <v>637.6531</v>
       </c>
       <c r="E33" s="10">
-        <v>686.3887999999999</v>
+        <v>679.5149</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B34" s="18">
         <v>9</v>
       </c>
       <c r="C34" s="10">
-        <v>529.6468</v>
+        <v>527.9186999999999</v>
       </c>
       <c r="D34" s="10">
-        <v>512.9371</v>
+        <v>510.2023</v>
       </c>
       <c r="E34" s="10">
-        <v>555.1</v>
+        <v>549.6907</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B35" s="18">
         <v>9</v>
       </c>
       <c r="C35" s="10">
-        <v>2197.5047</v>
+        <v>2336.2438</v>
       </c>
       <c r="D35" s="10">
-        <v>2064.3829</v>
+        <v>2073.2278</v>
       </c>
       <c r="E35" s="10">
-        <v>2379.0877</v>
+        <v>3459.6254</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="19">
         <v>9</v>
       </c>
       <c r="C36" s="11">
-        <v>3387.5636</v>
+        <v>3516.2605</v>
       </c>
       <c r="D36" s="11">
         <v>3234.9464</v>
       </c>
       <c r="E36" s="11">
-        <v>3567.1865</v>
+        <v>4673.2237</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B39" s="18">
         <v>9</v>
       </c>
       <c r="C39" s="10">
-        <v>4091.3789</v>
+        <v>4019.6692</v>
       </c>
       <c r="D39" s="10">
-        <v>3924.699</v>
+        <v>3910.9761</v>
       </c>
       <c r="E39" s="10">
-        <v>4237.9785</v>
+        <v>4205.9191</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B40" s="18">
         <v>9</v>
       </c>
       <c r="C40" s="10">
-        <v>3130.1712</v>
+        <v>3135.8741</v>
       </c>
       <c r="D40" s="10">
-        <v>2960.0199</v>
+        <v>2964.0191</v>
       </c>
       <c r="E40" s="10">
-        <v>3313.8</v>
+        <v>3347.7367</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B41" s="18">
         <v>9</v>
       </c>
       <c r="C41" s="10">
-        <v>7200.0318</v>
+        <v>7834.2232</v>
       </c>
       <c r="D41" s="10">
         <v>6413.1895</v>
       </c>
       <c r="E41" s="10">
-        <v>8005.9</v>
+        <v>11895.2817</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B42" s="19">
         <v>9</v>
       </c>
       <c r="C42" s="11">
-        <v>14421.5819</v>
+        <v>14989.7664</v>
       </c>
       <c r="D42" s="11">
         <v>13547.7251</v>
       </c>
       <c r="E42" s="11">
-        <v>15359.8</v>
+        <v>19448.9375</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B44" s="18">
         <v>6</v>
       </c>
       <c r="C44" s="10">
-        <v>5508.2098</v>
+        <v>5875.8774</v>
       </c>
       <c r="D44" s="10">
-        <v>5104.0793</v>
+        <v>5204.3741</v>
       </c>
       <c r="E44" s="10">
-        <v>5907.9966</v>
+        <v>7578.4678</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B45" s="18">
         <v>6</v>
       </c>
       <c r="C45" s="10">
-        <v>-3679.9453</v>
+        <v>-3959.4218</v>
       </c>
       <c r="D45" s="10">
-        <v>-3985.8727</v>
+        <v>-5242.6301</v>
       </c>
       <c r="E45" s="10">
-        <v>-3371.5889</v>
+        <v>-3421.4991</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B47" s="20">
         <v>9</v>
       </c>
       <c r="C47" s="12">
-        <v>1845.2002</v>
+        <v>1883.4695</v>
       </c>
       <c r="D47" s="12">
-        <v>1669.6292</v>
+        <v>1683.2346</v>
       </c>
       <c r="E47" s="12">
-        <v>2001.3</v>
+        <v>2264.8821</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B49" s="18">
         <v>9</v>
       </c>
       <c r="C49" s="10">
-        <v>485.0755</v>
+        <v>473.1821</v>
       </c>
       <c r="D49" s="10">
-        <v>429.7174</v>
+        <v>430.9956</v>
       </c>
       <c r="E49" s="10">
-        <v>542.0916999999999</v>
+        <v>531.0918</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B50" s="18">
         <v>9</v>
       </c>
       <c r="C50" s="10">
-        <v>343.6981</v>
+        <v>337.3798</v>
       </c>
       <c r="D50" s="10">
-        <v>295.3068</v>
+        <v>295.5564</v>
       </c>
       <c r="E50" s="10">
-        <v>383.3</v>
+        <v>377.2319</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B51" s="18">
         <v>9</v>
       </c>
       <c r="C51" s="10">
-        <v>1018.4789</v>
+        <v>1073.9067</v>
       </c>
       <c r="D51" s="10">
-        <v>886.5189</v>
+        <v>906.2252</v>
       </c>
       <c r="E51" s="10">
-        <v>1106.6</v>
+        <v>1387.799</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B52" s="19">
         <v>9</v>
       </c>
       <c r="C52" s="11">
-        <v>1847.2525</v>
+        <v>1884.4686</v>
       </c>
       <c r="D52" s="11">
-        <v>1669.6292</v>
+        <v>1683.2346</v>
       </c>
       <c r="E52" s="11">
-        <v>1986.3</v>
+        <v>2266.9821</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B54" s="18">
         <v>9</v>
       </c>
       <c r="C54" s="10">
-        <v>1814.4822</v>
+        <v>1911.0527</v>
       </c>
       <c r="D54" s="10">
-        <v>1634.3824</v>
+        <v>1647.6185</v>
       </c>
       <c r="E54" s="10">
-        <v>1961.1</v>
+        <v>2153.3219</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B55" s="20">
         <v>9</v>
       </c>
       <c r="C55" s="12">
-        <v>1767.2376</v>
+        <v>1862.7549</v>
       </c>
       <c r="D55" s="12">
         <v>1324.5092</v>
       </c>
       <c r="E55" s="12">
-        <v>1976.1</v>
+        <v>2168.3219</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B57" s="18">
         <v>9</v>
       </c>
       <c r="C57" s="10">
-        <v>-487.988</v>
+        <v>-516.5428000000001</v>
       </c>
       <c r="D57" s="10">
-        <v>-529.5</v>
+        <v>-602.9301</v>
       </c>
       <c r="E57" s="10">
-        <v>-442.042</v>
+        <v>-445.6305</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B58" s="20">
         <v>9</v>
       </c>
       <c r="C58" s="12">
-        <v>-489.3734</v>
+        <v>-517.6659</v>
       </c>
       <c r="D58" s="12">
-        <v>-533.5</v>
+        <v>-607.1301</v>
       </c>
       <c r="E58" s="12">
-        <v>-442.042</v>
+        <v>-445.6305</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B60" s="18">
         <v>9</v>
       </c>
       <c r="C60" s="10">
-        <v>1326.3298</v>
+        <v>1393.2533</v>
       </c>
       <c r="D60" s="10">
-        <v>1191.5677</v>
+        <v>1201.2095</v>
       </c>
       <c r="E60" s="10">
-        <v>1431</v>
+        <v>1565.8369</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B61" s="20">
         <v>9</v>
       </c>
       <c r="C61" s="12">
-        <v>1330.3189</v>
+        <v>1396.4626</v>
       </c>
       <c r="D61" s="12">
-        <v>1191.5677</v>
+        <v>1201.2095</v>
       </c>
       <c r="E61" s="12">
-        <v>1441.9</v>
+        <v>1567.9369</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B64" s="18">
         <v>8</v>
       </c>
       <c r="C64" s="10">
-        <v>-2.3088</v>
+        <v>-1.1239</v>
       </c>
       <c r="D64" s="10">
-        <v>-13.3706</v>
+        <v>-13.8915</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B65" s="18">
         <v>9</v>
       </c>
       <c r="C65" s="10">
-        <v>-30.7868</v>
+        <v>-39.9345</v>
       </c>
       <c r="D65" s="10">
-        <v>-72.0296</v>
+        <v>-181.892</v>
       </c>
       <c r="E65" s="10">
-        <v>15.8155</v>
+        <v>60.6356</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B66" s="18">
         <v>8</v>
       </c>
       <c r="C66" s="10">
-        <v>922.4648</v>
+        <v>850.0839999999999</v>
       </c>
       <c r="D66" s="10">
-        <v>690.934</v>
+        <v>0</v>
       </c>
       <c r="E66" s="10">
-        <v>1091.3382</v>
+        <v>1265.4032</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B67" s="18">
         <v>8</v>
       </c>
       <c r="C67" s="10">
-        <v>539.5131</v>
+        <v>517.5979</v>
       </c>
       <c r="D67" s="10">
-        <v>323.8</v>
+        <v>0</v>
       </c>
       <c r="E67" s="10">
-        <v>642.1598</v>
+        <v>764.2234</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B69" s="18">
         <v>9</v>
       </c>
       <c r="C69" s="13">
-        <v>3.8231</v>
+        <v>3.8687</v>
       </c>
       <c r="D69" s="13">
-        <v>3.3224</v>
+        <v>3.3481</v>
       </c>
       <c r="E69" s="13">
-        <v>4.5589</v>
+        <v>4.2809</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B70" s="20">
         <v>9</v>
       </c>
       <c r="C70" s="14">
-        <v>3.8319</v>
+        <v>3.8749</v>
       </c>
       <c r="D70" s="14">
-        <v>3.3224</v>
+        <v>3.3481</v>
       </c>
       <c r="E70" s="14">
-        <v>4.566</v>
+        <v>4.2867</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B71" s="20">
         <v>9</v>
       </c>
       <c r="C71" s="14">
-        <v>1.7367</v>
+        <v>1.7527</v>
       </c>
       <c r="D71" s="14">
-        <v>1.555</v>
+        <v>1.6521</v>
       </c>
       <c r="E71" s="14">
-        <v>2.0547</v>
+        <v>1.929</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B73" s="20">
         <v>8</v>
       </c>
       <c r="C73" s="14">
-        <v>945.1922</v>
+        <v>990.3622</v>
       </c>
       <c r="D73" s="14">
-        <v>774.8</v>
+        <v>876.0053</v>
       </c>
       <c r="E73" s="14">
-        <v>1087.1341</v>
+        <v>1359.0997</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B76" s="21">
         <v>6</v>
       </c>
       <c r="C76" s="15">
-        <v>38.2479</v>
+        <v>40.5706</v>
       </c>
       <c r="D76" s="15">
-        <v>36.7974</v>
+        <v>36.8654</v>
       </c>
       <c r="E76" s="15">
-        <v>39.8041</v>
+        <v>50.2885</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B77" s="21">
         <v>6</v>
       </c>
       <c r="C77" s="15">
-        <v>25.5535</v>
+        <v>27.3256</v>
       </c>
       <c r="D77" s="15">
-        <v>24.0708</v>
+        <v>24.2051</v>
       </c>
       <c r="E77" s="15">
-        <v>26.8541</v>
+        <v>34.7886</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B78" s="21">
         <v>9</v>
       </c>
       <c r="C78" s="15">
-        <v>12.8049</v>
+        <v>12.6125</v>
       </c>
       <c r="D78" s="15">
-        <v>12.2194</v>
+        <v>11.6561</v>
       </c>
       <c r="E78" s="15">
-        <v>13.1017</v>
+        <v>13.1183</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B79" s="21">
         <v>9</v>
       </c>
       <c r="C79" s="15">
-        <v>27.9211</v>
+        <v>28.0369</v>
       </c>
       <c r="D79" s="15">
-        <v>26.961</v>
+        <v>26.9813</v>
       </c>
       <c r="E79" s="15">
         <v>35.2205</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B80" s="21">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C80" s="15">
-        <v>6.4248</v>
+        <v>6.3993</v>
       </c>
       <c r="D80" s="15">
         <v>5.1</v>
       </c>
       <c r="E80" s="15">
-        <v>7.509</v>
+        <v>7.4989</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87"/>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B94"/>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96"/>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B97"/>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" s="17" t="s">
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A83:E83"/>
+    <mergeCell ref="A84:E84"/>
+    <mergeCell ref="A85:E85"/>
+    <mergeCell ref="A86:E86"/>
+    <mergeCell ref="A87:E87"/>
+    <mergeCell ref="A88:E88"/>
+    <mergeCell ref="A89:E89"/>
+    <mergeCell ref="A90:E90"/>
+    <mergeCell ref="A91:E91"/>
+    <mergeCell ref="A92:E92"/>
+    <mergeCell ref="A93:E93"/>
+    <mergeCell ref="A94:E94"/>
+    <mergeCell ref="A95:E95"/>
+    <mergeCell ref="A96:E96"/>
+    <mergeCell ref="A97:E97"/>
+    <mergeCell ref="A98:E98"/>
+    <mergeCell ref="A99:E99"/>
+    <mergeCell ref="A100:E100"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+  <rowBreaks count="2" manualBreakCount="2">
+    <brk id="82" man="1"/>
+    <brk id="102" man="1"/>
+  </rowBreaks>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E102"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A102" sqref="A102"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="58.842773" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="B2"/>
+      <c r="C2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="B3" s="3" t="s">
         <v>68</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="B4" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="3"/>
+      <c r="E4" s="3"/>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="B5" s="3"/>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3"/>
+      <c r="E5" s="3"/>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="5"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="5"/>
+      <c r="E6" s="5"/>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7"/>
+      <c r="D7"/>
+      <c r="E7"/>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="18">
+        <v>8</v>
+      </c>
+      <c r="C8" s="10">
+        <v>1.0285</v>
+      </c>
+      <c r="D8" s="10">
+        <v>0.6</v>
+      </c>
+      <c r="E8" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="18">
+        <v>8</v>
+      </c>
+      <c r="C9" s="10">
+        <v>2.2576</v>
+      </c>
+      <c r="D9" s="10">
+        <v>1.5669</v>
+      </c>
+      <c r="E9" s="10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10" s="18">
+        <v>8</v>
+      </c>
+      <c r="C10" s="10">
+        <v>3.964</v>
+      </c>
+      <c r="D10" s="10">
+        <v>2.3154</v>
+      </c>
+      <c r="E10" s="10">
+        <v>6.1478</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="19">
+        <v>8</v>
+      </c>
+      <c r="C11" s="11">
+        <v>3.1553</v>
+      </c>
+      <c r="D11" s="11">
+        <v>1.9797</v>
+      </c>
+      <c r="E11" s="11">
+        <v>4.5935</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="B12"/>
+      <c r="C12"/>
+      <c r="D12"/>
+      <c r="E12"/>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13"/>
+      <c r="D13"/>
+      <c r="E13"/>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="18">
+        <v>8</v>
+      </c>
+      <c r="C14" s="10">
+        <v>1.8999</v>
+      </c>
+      <c r="D14" s="10">
+        <v>1.5</v>
+      </c>
+      <c r="E14" s="10">
+        <v>2.4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="18">
+        <v>8</v>
+      </c>
+      <c r="C15" s="10">
+        <v>3.025</v>
+      </c>
+      <c r="D15" s="10">
+        <v>1.9965</v>
+      </c>
+      <c r="E15" s="10">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="18">
+        <v>8</v>
+      </c>
+      <c r="C16" s="10">
+        <v>4.6754</v>
+      </c>
+      <c r="D16" s="10">
+        <v>3.25</v>
+      </c>
+      <c r="E16" s="10">
+        <v>5.3422</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" s="19">
+        <v>8</v>
+      </c>
+      <c r="C17" s="11">
+        <v>3.239</v>
+      </c>
+      <c r="D17" s="11">
+        <v>2.18</v>
+      </c>
+      <c r="E17" s="11">
+        <v>4.0274</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="B18"/>
+      <c r="C18"/>
+      <c r="D18"/>
+      <c r="E18"/>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19"/>
+      <c r="D19"/>
+      <c r="E19"/>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s">
+        <v>12</v>
+      </c>
+      <c r="B20" s="18">
+        <v>8</v>
+      </c>
+      <c r="C20" s="10">
+        <v>2.9585</v>
+      </c>
+      <c r="D20" s="10">
+        <v>2.2759</v>
+      </c>
+      <c r="E20" s="10">
+        <v>4.04</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s">
+        <v>13</v>
+      </c>
+      <c r="B21" s="18">
+        <v>8</v>
+      </c>
+      <c r="C21" s="10">
+        <v>5.3521</v>
+      </c>
+      <c r="D21" s="10">
+        <v>4.3092</v>
+      </c>
+      <c r="E21" s="10">
+        <v>7.12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B22" s="18">
+        <v>8</v>
+      </c>
+      <c r="C22" s="10">
+        <v>8.8165</v>
+      </c>
+      <c r="D22" s="10">
+        <v>7.7813</v>
+      </c>
+      <c r="E22" s="10">
+        <v>9.6</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23" s="20">
+        <v>8</v>
+      </c>
+      <c r="C23" s="12">
+        <v>6.4909</v>
+      </c>
+      <c r="D23" s="12">
+        <v>5.5016</v>
+      </c>
+      <c r="E23" s="12">
+        <v>7.5202</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="B24"/>
+      <c r="C24"/>
+      <c r="D24"/>
+      <c r="E24"/>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s">
+        <v>21</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25"/>
+      <c r="D25"/>
+      <c r="E25"/>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s">
+        <v>12</v>
+      </c>
+      <c r="B26" s="18">
+        <v>7</v>
+      </c>
+      <c r="C26" s="10">
+        <v>5.0369</v>
+      </c>
+      <c r="D26" s="10">
+        <v>2.74</v>
+      </c>
+      <c r="E26" s="10">
+        <v>7.0666</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s">
+        <v>13</v>
+      </c>
+      <c r="B27" s="18">
+        <v>7</v>
+      </c>
+      <c r="C27" s="10">
+        <v>7.5713</v>
+      </c>
+      <c r="D27" s="10">
+        <v>5.06</v>
+      </c>
+      <c r="E27" s="10">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s">
+        <v>14</v>
+      </c>
+      <c r="B28" s="18">
+        <v>7</v>
+      </c>
+      <c r="C28" s="10">
+        <v>10.9105</v>
+      </c>
+      <c r="D28" s="10">
+        <v>7.9658</v>
+      </c>
+      <c r="E28" s="10">
+        <v>12.7</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" s="20">
+        <v>8</v>
+      </c>
+      <c r="C29" s="12">
+        <v>8.639200000000001</v>
+      </c>
+      <c r="D29" s="12">
+        <v>6.4288</v>
+      </c>
+      <c r="E29" s="12">
+        <v>10.4</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="B30"/>
+      <c r="C30"/>
+      <c r="D30"/>
+      <c r="E30"/>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B31" s="5"/>
+      <c r="C31" s="5"/>
+      <c r="D31" s="5"/>
+      <c r="E31" s="5"/>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32"/>
+      <c r="D32"/>
+      <c r="E32"/>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s">
+        <v>12</v>
+      </c>
+      <c r="B33" s="18">
+        <v>8</v>
+      </c>
+      <c r="C33" s="10">
+        <v>658.9489</v>
+      </c>
+      <c r="D33" s="10">
+        <v>642.0096</v>
+      </c>
+      <c r="E33" s="10">
+        <v>693.1052</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s">
+        <v>13</v>
+      </c>
+      <c r="B34" s="18">
+        <v>8</v>
+      </c>
+      <c r="C34" s="10">
+        <v>537.0848999999999</v>
+      </c>
+      <c r="D34" s="10">
+        <v>518.1968000000001</v>
+      </c>
+      <c r="E34" s="10">
+        <v>550.4</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s">
+        <v>14</v>
+      </c>
+      <c r="B35" s="18">
+        <v>8</v>
+      </c>
+      <c r="C35" s="10">
+        <v>2440.2806</v>
+      </c>
+      <c r="D35" s="10">
+        <v>2121.2315</v>
+      </c>
+      <c r="E35" s="10">
+        <v>3586.9187</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B36" s="19">
+        <v>8</v>
+      </c>
+      <c r="C36" s="11">
+        <v>3636.3144</v>
+      </c>
+      <c r="D36" s="11">
+        <v>3298.9895</v>
+      </c>
+      <c r="E36" s="11">
+        <v>4830.1298</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="B37"/>
+      <c r="C37"/>
+      <c r="D37"/>
+      <c r="E37"/>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s">
+        <v>26</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38"/>
+      <c r="D38"/>
+      <c r="E38"/>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" t="s">
+        <v>12</v>
+      </c>
+      <c r="B39" s="18">
+        <v>8</v>
+      </c>
+      <c r="C39" s="10">
+        <v>4146.5974</v>
+      </c>
+      <c r="D39" s="10">
+        <v>3999.988</v>
+      </c>
+      <c r="E39" s="10">
+        <v>4375.8382</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" t="s">
+        <v>13</v>
+      </c>
+      <c r="B40" s="18">
+        <v>8</v>
+      </c>
+      <c r="C40" s="10">
+        <v>3289.8056</v>
+      </c>
+      <c r="D40" s="10">
+        <v>3088.5817</v>
+      </c>
+      <c r="E40" s="10">
+        <v>3586.0955</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" t="s">
+        <v>14</v>
+      </c>
+      <c r="B41" s="18">
+        <v>8</v>
+      </c>
+      <c r="C41" s="10">
+        <v>8418.447200000001</v>
+      </c>
+      <c r="D41" s="10">
+        <v>6653.003</v>
+      </c>
+      <c r="E41" s="10">
+        <v>12949.6038</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B42" s="19">
+        <v>8</v>
+      </c>
+      <c r="C42" s="11">
+        <v>15854.8502</v>
+      </c>
+      <c r="D42" s="11">
+        <v>14045.1289</v>
+      </c>
+      <c r="E42" s="11">
+        <v>20911.5375</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="B43"/>
+      <c r="C43"/>
+      <c r="D43"/>
+      <c r="E43"/>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" t="s">
+        <v>28</v>
+      </c>
+      <c r="B44" s="18">
+        <v>5</v>
+      </c>
+      <c r="C44" s="10">
+        <v>5904.0251</v>
+      </c>
+      <c r="D44" s="10">
+        <v>5435.7998</v>
+      </c>
+      <c r="E44" s="10">
+        <v>6661.0385</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" t="s">
+        <v>29</v>
+      </c>
+      <c r="B45" s="18">
+        <v>5</v>
+      </c>
+      <c r="C45" s="10">
+        <v>-3926.9951</v>
+      </c>
+      <c r="D45" s="10">
+        <v>-4558.0137</v>
+      </c>
+      <c r="E45" s="10">
+        <v>-3556.5529</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="B46"/>
+      <c r="C46"/>
+      <c r="D46"/>
+      <c r="E46"/>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B47" s="20">
+        <v>8</v>
+      </c>
+      <c r="C47" s="12">
+        <v>2032.2067</v>
+      </c>
+      <c r="D47" s="12">
+        <v>1774.6473</v>
+      </c>
+      <c r="E47" s="12">
+        <v>2493.949</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s">
+        <v>31</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48"/>
+      <c r="D48"/>
+      <c r="E48"/>
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" t="s">
+        <v>12</v>
+      </c>
+      <c r="B49" s="18">
+        <v>8</v>
+      </c>
+      <c r="C49" s="10">
+        <v>495.9124</v>
+      </c>
+      <c r="D49" s="10">
+        <v>442.8048</v>
+      </c>
+      <c r="E49" s="10">
+        <v>568.7292</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" t="s">
+        <v>13</v>
+      </c>
+      <c r="B50" s="18">
+        <v>8</v>
+      </c>
+      <c r="C50" s="10">
+        <v>360.6182</v>
+      </c>
+      <c r="D50" s="10">
+        <v>311.4282</v>
+      </c>
+      <c r="E50" s="10">
+        <v>406.2144</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="A51" t="s">
+        <v>14</v>
+      </c>
+      <c r="B51" s="18">
+        <v>8</v>
+      </c>
+      <c r="C51" s="10">
+        <v>1178.7618</v>
+      </c>
+      <c r="D51" s="10">
+        <v>956.2048</v>
+      </c>
+      <c r="E51" s="10">
+        <v>1549.4199</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5">
+      <c r="A52" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B52" s="19">
+        <v>8</v>
+      </c>
+      <c r="C52" s="11">
+        <v>2035.2924</v>
+      </c>
+      <c r="D52" s="11">
+        <v>1774.6473</v>
+      </c>
+      <c r="E52" s="11">
+        <v>2496.049</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="B53"/>
+      <c r="C53"/>
+      <c r="D53"/>
+      <c r="E53"/>
+    </row>
+    <row r="54" spans="1:5">
+      <c r="A54" t="s">
+        <v>33</v>
+      </c>
+      <c r="B54" s="18">
+        <v>7</v>
+      </c>
+      <c r="C54" s="10">
+        <v>2037.5637</v>
+      </c>
+      <c r="D54" s="10">
+        <v>1741.7362</v>
+      </c>
+      <c r="E54" s="10">
+        <v>2397.988</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
+      <c r="A55" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B55" s="20">
+        <v>7</v>
+      </c>
+      <c r="C55" s="12">
+        <v>1953.2815</v>
+      </c>
+      <c r="D55" s="12">
+        <v>1324.5092</v>
+      </c>
+      <c r="E55" s="12">
+        <v>2400.088</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="B56"/>
+      <c r="C56"/>
+      <c r="D56"/>
+      <c r="E56"/>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" t="s">
+        <v>35</v>
+      </c>
+      <c r="B57" s="18">
+        <v>7</v>
+      </c>
+      <c r="C57" s="10">
+        <v>-547.5971</v>
+      </c>
+      <c r="D57" s="10">
+        <v>-648.9354</v>
+      </c>
+      <c r="E57" s="10">
+        <v>-471.0942</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B58" s="20">
+        <v>7</v>
+      </c>
+      <c r="C58" s="12">
+        <v>-548.4679</v>
+      </c>
+      <c r="D58" s="12">
+        <v>-648.9354</v>
+      </c>
+      <c r="E58" s="12">
+        <v>-471.0942</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="B59"/>
+      <c r="C59"/>
+      <c r="D59"/>
+      <c r="E59"/>
+    </row>
+    <row r="60" spans="1:5">
+      <c r="A60" t="s">
+        <v>37</v>
+      </c>
+      <c r="B60" s="18">
+        <v>7</v>
+      </c>
+      <c r="C60" s="10">
+        <v>1490.0563</v>
+      </c>
+      <c r="D60" s="10">
+        <v>1269.7467</v>
+      </c>
+      <c r="E60" s="10">
+        <v>1749.0526</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B61" s="20">
+        <v>7</v>
+      </c>
+      <c r="C61" s="12">
+        <v>1492.7121</v>
+      </c>
+      <c r="D61" s="12">
+        <v>1269.7467</v>
+      </c>
+      <c r="E61" s="12">
+        <v>1751.1526</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
+      <c r="E62"/>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" t="s">
+        <v>39</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+      <c r="D63"/>
+      <c r="E63"/>
+    </row>
+    <row r="64" spans="1:5">
+      <c r="A64" t="s">
+        <v>40</v>
+      </c>
+      <c r="B64" s="18">
+        <v>7</v>
+      </c>
+      <c r="C64" s="10">
+        <v>-3.5266</v>
+      </c>
+      <c r="D64" s="10">
+        <v>-14.5861</v>
+      </c>
+      <c r="E64" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" t="s">
+        <v>41</v>
+      </c>
+      <c r="B65" s="18">
+        <v>7</v>
+      </c>
+      <c r="C65" s="10">
+        <v>-6.7643</v>
+      </c>
+      <c r="D65" s="10">
+        <v>-100.1153</v>
+      </c>
+      <c r="E65" s="10">
+        <v>81.76739999999999</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66" t="s">
+        <v>42</v>
+      </c>
+      <c r="B66" s="18">
+        <v>6</v>
+      </c>
+      <c r="C66" s="10">
+        <v>1021.0869</v>
+      </c>
+      <c r="D66" s="10">
+        <v>695.2338999999999</v>
+      </c>
+      <c r="E66" s="10">
+        <v>1360.5641</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" t="s">
+        <v>43</v>
+      </c>
+      <c r="B67" s="18">
+        <v>6</v>
+      </c>
+      <c r="C67" s="10">
+        <v>638.7657</v>
+      </c>
+      <c r="D67" s="10">
+        <v>548.256</v>
+      </c>
+      <c r="E67" s="10">
+        <v>821.6598</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
+      <c r="E68"/>
+    </row>
+    <row r="69" spans="1:5">
+      <c r="A69" t="s">
+        <v>44</v>
+      </c>
+      <c r="B69" s="18">
+        <v>7</v>
+      </c>
+      <c r="C69" s="13">
+        <v>4.1471</v>
+      </c>
+      <c r="D69" s="13">
+        <v>3.5391</v>
+      </c>
+      <c r="E69" s="13">
+        <v>4.7861</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5">
+      <c r="A70" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B70" s="20">
+        <v>7</v>
+      </c>
+      <c r="C70" s="14">
+        <v>4.1508</v>
+      </c>
+      <c r="D70" s="14">
+        <v>3.5391</v>
+      </c>
+      <c r="E70" s="14">
+        <v>4.7919</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B71" s="20">
+        <v>7</v>
+      </c>
+      <c r="C71" s="14">
+        <v>1.8793</v>
+      </c>
+      <c r="D71" s="14">
+        <v>1.7672</v>
+      </c>
+      <c r="E71" s="14">
+        <v>2.1564</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
+      <c r="E72"/>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B73" s="20">
+        <v>6</v>
+      </c>
+      <c r="C73" s="14">
+        <v>1089.944</v>
+      </c>
+      <c r="D73" s="14">
+        <v>969.8959</v>
+      </c>
+      <c r="E73" s="14">
+        <v>1503.1719</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="B74"/>
+      <c r="C74"/>
+      <c r="D74"/>
+      <c r="E74"/>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B75" s="8"/>
+      <c r="C75" s="8"/>
+      <c r="D75" s="8"/>
+      <c r="E75" s="8"/>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B76" s="21">
+        <v>5</v>
+      </c>
+      <c r="C76" s="15">
+        <v>39.0229</v>
+      </c>
+      <c r="D76" s="15">
+        <v>36.8152</v>
+      </c>
+      <c r="E76" s="15">
+        <v>42.0587</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5">
+      <c r="A77" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B77" s="21">
+        <v>5</v>
+      </c>
+      <c r="C77" s="15">
+        <v>25.9459</v>
+      </c>
+      <c r="D77" s="15">
+        <v>23.9009</v>
+      </c>
+      <c r="E77" s="15">
+        <v>28.7799</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B78" s="21">
+        <v>8</v>
+      </c>
+      <c r="C78" s="15">
+        <v>12.8858</v>
+      </c>
+      <c r="D78" s="15">
+        <v>11.9362</v>
+      </c>
+      <c r="E78" s="15">
+        <v>13.5127</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5">
+      <c r="A79" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B79" s="21">
+        <v>7</v>
+      </c>
+      <c r="C79" s="15">
+        <v>28.5853</v>
+      </c>
+      <c r="D79" s="15">
+        <v>26.9813</v>
+      </c>
+      <c r="E79" s="15">
+        <v>37.9842</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5">
+      <c r="A80" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B80" s="21">
+        <v>6</v>
+      </c>
+      <c r="C80" s="15">
+        <v>6.3511</v>
+      </c>
+      <c r="D80" s="15">
+        <v>4.95</v>
+      </c>
+      <c r="E80" s="15">
+        <v>7.4858</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" s="16" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5">
+      <c r="A83" t="s">
+        <v>72</v>
+      </c>
+      <c r="B83"/>
+      <c r="C83"/>
+      <c r="D83"/>
+      <c r="E83"/>
+    </row>
+    <row r="84" spans="1:5">
+      <c r="A84" t="s">
+        <v>73</v>
+      </c>
+      <c r="B84"/>
+      <c r="C84"/>
+      <c r="D84"/>
+      <c r="E84"/>
+    </row>
+    <row r="85" spans="1:5">
+      <c r="A85" t="s">
+        <v>74</v>
+      </c>
+      <c r="B85"/>
+      <c r="C85"/>
+      <c r="D85"/>
+      <c r="E85"/>
+    </row>
+    <row r="86" spans="1:5">
+      <c r="A86" t="s">
+        <v>75</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86"/>
+      <c r="D86"/>
+      <c r="E86"/>
+    </row>
+    <row r="87" spans="1:5">
+      <c r="A87"/>
+      <c r="B87"/>
+      <c r="C87"/>
+      <c r="D87"/>
+      <c r="E87"/>
+    </row>
+    <row r="88" spans="1:5">
+      <c r="A88" t="s">
+        <v>76</v>
+      </c>
+      <c r="B88"/>
+      <c r="C88"/>
+      <c r="D88"/>
+      <c r="E88"/>
+    </row>
+    <row r="89" spans="1:5">
+      <c r="A89" t="s">
+        <v>77</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89"/>
+      <c r="D89"/>
+      <c r="E89"/>
+    </row>
+    <row r="90" spans="1:5">
+      <c r="A90" t="s">
+        <v>78</v>
+      </c>
+      <c r="B90"/>
+      <c r="C90"/>
+      <c r="D90"/>
+      <c r="E90"/>
+    </row>
+    <row r="91" spans="1:5">
+      <c r="A91" t="s">
+        <v>79</v>
+      </c>
+      <c r="B91"/>
+      <c r="C91"/>
+      <c r="D91"/>
+      <c r="E91"/>
+    </row>
+    <row r="92" spans="1:5">
+      <c r="A92" t="s">
+        <v>80</v>
+      </c>
+      <c r="B92"/>
+      <c r="C92"/>
+      <c r="D92"/>
+      <c r="E92"/>
+    </row>
+    <row r="93" spans="1:5">
+      <c r="A93" t="s">
+        <v>81</v>
+      </c>
+      <c r="B93"/>
+      <c r="C93"/>
+      <c r="D93"/>
+      <c r="E93"/>
+    </row>
+    <row r="94" spans="1:5">
+      <c r="A94" t="s">
+        <v>82</v>
+      </c>
+      <c r="B94"/>
+      <c r="C94"/>
+      <c r="D94"/>
+      <c r="E94"/>
+    </row>
+    <row r="95" spans="1:5">
+      <c r="A95" t="s">
+        <v>83</v>
+      </c>
+      <c r="B95"/>
+      <c r="C95"/>
+      <c r="D95"/>
+      <c r="E95"/>
+    </row>
+    <row r="96" spans="1:5">
+      <c r="A96"/>
+      <c r="B96"/>
+      <c r="C96"/>
+      <c r="D96"/>
+      <c r="E96"/>
+    </row>
+    <row r="97" spans="1:5">
+      <c r="A97" t="s">
+        <v>84</v>
+      </c>
+      <c r="B97"/>
+      <c r="C97"/>
+      <c r="D97"/>
+      <c r="E97"/>
+    </row>
+    <row r="98" spans="1:5">
+      <c r="A98" t="s">
+        <v>85</v>
+      </c>
+      <c r="B98"/>
+      <c r="C98"/>
+      <c r="D98"/>
+      <c r="E98"/>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="A99" t="s">
+        <v>86</v>
+      </c>
+      <c r="B99"/>
+      <c r="C99"/>
+      <c r="D99"/>
+      <c r="E99"/>
+    </row>
+    <row r="100" spans="1:5">
+      <c r="A100" t="s">
+        <v>87</v>
+      </c>
+      <c r="B100"/>
+      <c r="C100"/>
+      <c r="D100"/>
+      <c r="E100"/>
+    </row>
+    <row r="102" spans="1:5">
+      <c r="A102" s="17" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A83:E83"/>
     <mergeCell ref="A84:E84"/>
     <mergeCell ref="A85:E85"/>
     <mergeCell ref="A86:E86"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A88:E88"/>
     <mergeCell ref="A89:E89"/>
     <mergeCell ref="A90:E90"/>
     <mergeCell ref="A91:E91"/>
     <mergeCell ref="A92:E92"/>
     <mergeCell ref="A93:E93"/>
     <mergeCell ref="A94:E94"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="A96:E96"/>
     <mergeCell ref="A97:E97"/>
     <mergeCell ref="A98:E98"/>
     <mergeCell ref="A99:E99"/>
     <mergeCell ref="A100:E100"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -10407,62 +11895,63 @@
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="82" man="1"/>
     <brk id="102" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="7" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
       <vt:lpstr>FY25</vt:lpstr>
       <vt:lpstr>H2 FY25</vt:lpstr>
       <vt:lpstr>FY26</vt:lpstr>
       <vt:lpstr>FY27</vt:lpstr>
       <vt:lpstr>FY28</vt:lpstr>
       <vt:lpstr>FY29</vt:lpstr>
+      <vt:lpstr>FY30</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vuma Financial Ltd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Vuma - Excel output</dc:title>
   <dc:description>Vuma - Excel output</dc:description>
   <dc:subject>Vuma - Excel output</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>