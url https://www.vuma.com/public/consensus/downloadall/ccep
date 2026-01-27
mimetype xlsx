--- v0 (2025-10-19)
+++ v1 (2026-01-27)
@@ -1,80 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
     <sheet name="FY25" sheetId="2" r:id="rId5"/>
-    <sheet name="Q3 FY25" sheetId="3" r:id="rId6"/>
+    <sheet name="Q4 FY25" sheetId="3" r:id="rId6"/>
+    <sheet name="FY26" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Coca-Cola Europacific Partners</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
-    <t>Q3 FY25</t>
+    <t>Q4 FY25</t>
+  </si>
+  <si>
+    <t>FY26</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>09/10/25</t>
+    <t>13/01/26</t>
   </si>
   <si>
     <t>Comparable (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Total CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Gross profit: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: TOTAL CCEP</t>
   </si>
@@ -144,99 +149,96 @@
   <si>
     <t>Other Items: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Dividend per share (€)</t>
   </si>
   <si>
     <t xml:space="preserve">  Depreciation &amp; amortisation (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Capital expenditure (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Free cashflow (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt/(cash) (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Dividend payment (€m)</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>Coca-Cola Europacific Partners plc (the “Company”) is not authorised or regulated by the UK Financial</t>
-[...47 lines deleted...]
-    <t>any person connected to the Company for their submission.</t>
+    <t>Coca-Cola Europacific Partners plc (the “Company”) is not authorised or regulated by the UK Financial Conduct</t>
+  </si>
+  <si>
+    <t>Authority and may not provide investment advice. The consensus data should not be construed as an invitation, inducement</t>
+  </si>
+  <si>
+    <t>or recommendation to buy or sell securities of the Company or to engage in any other form of investment activity. In</t>
+  </si>
+  <si>
+    <t>addition, the consensus data is not intended to constitute a financial promotion within the meaning of section 21 of the</t>
+  </si>
+  <si>
+    <t>Financial Services and Markets Act 2000.</t>
+  </si>
+  <si>
+    <t>The consensus data are based on submissions from registered investment analysts as to the Company’s expected future</t>
+  </si>
+  <si>
+    <t>performance. It is therefore speculative and forward-looking and subject to a number of uncertainties that may impact the</t>
+  </si>
+  <si>
+    <t>Company’s actual performance. Vuma Financial Ltd. collects and analyses the submissions which form the basis of the</t>
+  </si>
+  <si>
+    <t>consensus data and any Company information provided is publicly disclosed and available on the Company’s website, from</t>
+  </si>
+  <si>
+    <t>Euronext.com, londonstockexchange.com and/or filed with the US Securities and Exchange Commission . The figures presented</t>
+  </si>
+  <si>
+    <t>represent the arithmetic average of the submissions that have been provided, with each submission being given equal</t>
+  </si>
+  <si>
+    <t>weight. Moreover, the data has not been adjusted to exclude any submission. It is assumed that the submissions reflect the</t>
+  </si>
+  <si>
+    <t>analysts’ genuine opinions, forecasts, estimates, projections and predictions and that the analysts will, if relevant,</t>
+  </si>
+  <si>
+    <t>identify and disclose all conflicts of interest that are known or reasonably expected to be known to relate to them. No</t>
+  </si>
+  <si>
+    <t>analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the</t>
+  </si>
+  <si>
+    <t>Company for their submission.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
     <t>Coca-Cola Europacific Partners plc (the “Company”) is not authorised or regulated by the UK Financial Conduct Authority and may not</t>
   </si>
   <si>
     <t>provide investment advice. The consensus data should not be construed as an invitation, inducement or recommendation to buy or sell</t>
   </si>
   <si>
     <t>securities of the Company or to engage in any other form of investment activity. In addition, the consensus data is not intended to</t>
   </si>
@@ -247,53 +249,50 @@
     <t>The consensus data are based on submissions from registered investment analysts as to the Company’s expected future performance. It is</t>
   </si>
   <si>
     <t>therefore speculative and forward-looking and subject to a number of uncertainties that may impact the Company’s actual performance.</t>
   </si>
   <si>
     <t>Vuma Financial Ltd. collects and analyses the submissions which form the basis of the consensus data and any Company information</t>
   </si>
   <si>
     <t>provided is publicly disclosed and available on the Company’s website, from Euronext.com, londonstockexchange.com and/or filed with</t>
   </si>
   <si>
     <t>the US Securities and Exchange Commission . The figures presented represent the arithmetic average of the submissions that have been</t>
   </si>
   <si>
     <t>provided, with each submission being given equal weight. Moreover, the data has not been adjusted to exclude any submission. It is</t>
   </si>
   <si>
     <t>assumed that the submissions reflect the analysts’ genuine opinions, forecasts, estimates, projections and predictions and that the</t>
   </si>
   <si>
     <t>analysts will, if relevant, identify and disclose all conflicts of interest that are known or reasonably expected to be known to relate</t>
   </si>
   <si>
     <t>to them. No analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the</t>
-  </si>
-[...1 lines deleted...]
-    <t>Company for their submission.</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -476,51 +475,51 @@
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -776,1545 +775,1697 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C81"/>
+  <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A81" sqref="A81"/>
+      <selection activeCell="A80" sqref="A80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="104.974365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
-    </row>
-    <row r="3" spans="1:3">
+      <c r="D2" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
       <c r="B3" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>4</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="B4" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:3">
+        <v>5</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
-    </row>
-    <row r="6" spans="1:3">
+      <c r="D5" s="3"/>
+    </row>
+    <row r="6" spans="1:4">
       <c r="A6" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
-    </row>
-    <row r="7" spans="1:3">
+      <c r="D6" s="5"/>
+    </row>
+    <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B7" s="8">
-        <v>15443.0423</v>
+        <v>15413.9383</v>
       </c>
       <c r="C7" s="8">
-        <v>4185.9432</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:3">
+        <v>3748.9163</v>
+      </c>
+      <c r="D7" s="8">
+        <v>15858.223</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
       <c r="A8" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B8" s="9">
-        <v>2145.0392</v>
+        <v>2145.9502</v>
       </c>
       <c r="C8" s="13"/>
-    </row>
-    <row r="9" spans="1:3">
+      <c r="D8" s="9">
+        <v>2277.1091</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
       <c r="B9"/>
       <c r="C9"/>
-    </row>
-    <row r="10" spans="1:3">
+      <c r="D9"/>
+    </row>
+    <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B10" s="8">
-        <v>5507.2875</v>
+        <v>5495.0753</v>
       </c>
       <c r="C10" s="8">
-        <v>1214.7241</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:3">
+        <v>1476.0883</v>
+      </c>
+      <c r="D10" s="8">
+        <v>5568.2586</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
       <c r="A11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B11" s="9">
-        <v>654.2136</v>
+        <v>650.6357</v>
       </c>
       <c r="C11" s="13"/>
-    </row>
-    <row r="12" spans="1:3">
+      <c r="D11" s="9">
+        <v>690.4992</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
       <c r="B12"/>
       <c r="C12"/>
-    </row>
-    <row r="13" spans="1:3">
+      <c r="D12"/>
+    </row>
+    <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B13" s="8">
-        <v>20960.7081</v>
+        <v>20909.0851</v>
       </c>
       <c r="C13" s="8">
-        <v>5400.6673</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:3">
+        <v>5225.9436</v>
+      </c>
+      <c r="D13" s="8">
+        <v>21426.4816</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="8">
-        <v>7482.243</v>
+        <v>7451.6166</v>
       </c>
       <c r="C14" s="14"/>
-    </row>
-    <row r="15" spans="1:3">
+      <c r="D14" s="8">
+        <v>7675.3695</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
       <c r="A15" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="9">
-        <v>2794.2313</v>
+        <v>2795.5958</v>
       </c>
       <c r="C15" s="13"/>
-    </row>
-    <row r="16" spans="1:3">
+      <c r="D15" s="9">
+        <v>2967.2402</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
       <c r="B16"/>
       <c r="C16"/>
-    </row>
-    <row r="17" spans="1:3">
+      <c r="D16"/>
+    </row>
+    <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B17" s="8">
-        <v>219.1559</v>
+        <v>217.5677</v>
       </c>
       <c r="C17" s="14"/>
-    </row>
-    <row r="18" spans="1:3">
+      <c r="D17" s="8">
+        <v>219.1556</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B18" s="8">
-        <v>666.9404</v>
+        <v>669.7714</v>
       </c>
       <c r="C18" s="14"/>
-    </row>
-    <row r="19" spans="1:3">
+      <c r="D18" s="8">
+        <v>711.8599</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B19" s="8">
-        <v>1895.2977</v>
+        <v>1895.1156</v>
       </c>
       <c r="C19" s="14"/>
-    </row>
-    <row r="20" spans="1:3">
+      <c r="D19" s="8">
+        <v>2016.3977</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B20" s="8">
-        <v>42.6012</v>
+        <v>42.2286</v>
       </c>
       <c r="C20" s="14"/>
-    </row>
-    <row r="21" spans="1:3">
+      <c r="D20" s="8">
+        <v>46.4426</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
       <c r="A21" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B21" s="10">
-        <v>4.0849</v>
+        <v>4.0901</v>
       </c>
       <c r="C21" s="15"/>
-    </row>
-    <row r="22" spans="1:3">
+      <c r="D21" s="10">
+        <v>4.4482</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
       <c r="B22"/>
       <c r="C22"/>
-    </row>
-    <row r="23" spans="1:3">
+      <c r="D22"/>
+    </row>
+    <row r="23" spans="1:4">
       <c r="A23" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
-    </row>
-    <row r="24" spans="1:3">
+      <c r="D23" s="5"/>
+    </row>
+    <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B24" s="11">
-        <v>-0.2581</v>
+        <v>-0.5177</v>
       </c>
       <c r="C24" s="11">
-        <v>0.8334</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:3">
+        <v>0.4766</v>
+      </c>
+      <c r="D24" s="11">
+        <v>0.7748</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25" s="11">
-        <v>3.679</v>
+        <v>3.6552</v>
       </c>
       <c r="C25" s="11">
-        <v>3.3436</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:3">
+        <v>2.8147</v>
+      </c>
+      <c r="D25" s="11">
+        <v>2.3642</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B26" s="11">
-        <v>3.4077</v>
+        <v>3.1715</v>
       </c>
       <c r="C26" s="11">
-        <v>4.0429</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:3">
+        <v>3.5961</v>
+      </c>
+      <c r="D26" s="11">
+        <v>3.1483</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B27" s="11">
-        <v>3.2123</v>
+        <v>2.9465</v>
       </c>
       <c r="C27" s="11">
-        <v>3.6577</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:3">
+        <v>2.6054</v>
+      </c>
+      <c r="D27" s="11">
+        <v>2.8722</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
       <c r="B28"/>
       <c r="C28"/>
-    </row>
-    <row r="29" spans="1:3">
+      <c r="D28"/>
+    </row>
+    <row r="29" spans="1:4">
       <c r="A29" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
-    </row>
-    <row r="30" spans="1:3">
+      <c r="D29" s="5"/>
+    </row>
+    <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B30" s="11">
-        <v>0.2094</v>
+        <v>0.2729</v>
       </c>
       <c r="C30" s="11">
-        <v>-1.2429</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:3">
+        <v>1.683</v>
+      </c>
+      <c r="D30" s="11">
+        <v>2.4609</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B31" s="11">
-        <v>1.5838</v>
+        <v>1.6538</v>
       </c>
       <c r="C31" s="11">
-        <v>0.0608</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:3">
+        <v>-0.2108</v>
+      </c>
+      <c r="D31" s="11">
+        <v>1.2561</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B32" s="11">
-        <v>1.9081</v>
+        <v>2.0638</v>
       </c>
       <c r="C32" s="11">
-        <v>-1.3797</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:3">
+        <v>1.9331</v>
+      </c>
+      <c r="D32" s="11">
+        <v>3.6837</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B33" s="11">
-        <v>-2.9222</v>
+        <v>-3.4141</v>
       </c>
       <c r="C33" s="11">
-        <v>-7.7426</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:3">
+        <v>-6.3073</v>
+      </c>
+      <c r="D33" s="11">
+        <v>1.4732</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
       <c r="B34"/>
       <c r="C34"/>
-    </row>
-    <row r="35" spans="1:3">
+      <c r="D34"/>
+    </row>
+    <row r="35" spans="1:4">
       <c r="A35" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
-    </row>
-    <row r="36" spans="1:3">
+      <c r="D35" s="5"/>
+    </row>
+    <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="11">
-        <v>-0.0955</v>
+        <v>-0.2441</v>
       </c>
       <c r="C36" s="11">
-        <v>0.1775</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:3">
+        <v>0.952</v>
+      </c>
+      <c r="D36" s="11">
+        <v>1.3612</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B37" s="11">
-        <v>3.108</v>
+        <v>3.101</v>
       </c>
       <c r="C37" s="11">
-        <v>2.6568</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:3">
+        <v>2.2902</v>
+      </c>
+      <c r="D37" s="11">
+        <v>1.9419</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B38" s="11">
-        <v>2.9971</v>
+        <v>2.8455</v>
       </c>
       <c r="C38" s="11">
-        <v>2.6999</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:3">
+        <v>3.0334</v>
+      </c>
+      <c r="D38" s="11">
+        <v>3.2871</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B39" s="11">
-        <v>1.5092</v>
+        <v>1.1855</v>
       </c>
       <c r="C39" s="11">
-        <v>0.849</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:3">
+        <v>-0.1083</v>
+      </c>
+      <c r="D39" s="11">
+        <v>2.4962</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
       <c r="B40"/>
       <c r="C40"/>
-    </row>
-    <row r="41" spans="1:3">
+      <c r="D40"/>
+    </row>
+    <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B41" s="11">
-        <v>2.5483</v>
+        <v>2.6838</v>
       </c>
       <c r="C41" s="16"/>
-    </row>
-    <row r="42" spans="1:3">
+      <c r="D41" s="11">
+        <v>1.5604</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B42" s="11">
-        <v>6.808</v>
+        <v>6.7994</v>
       </c>
       <c r="C42" s="16"/>
-    </row>
-    <row r="43" spans="1:3">
+      <c r="D42" s="11">
+        <v>6.9158</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B43" s="11">
-        <v>4.9869</v>
+        <v>4.6382</v>
       </c>
       <c r="C43" s="16"/>
-    </row>
-    <row r="44" spans="1:3">
+      <c r="D43" s="11">
+        <v>5.6972</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B44" s="11">
-        <v>4.7121</v>
+        <v>4.955</v>
       </c>
       <c r="C44" s="16"/>
-    </row>
-    <row r="45" spans="1:3">
+      <c r="D44" s="11">
+        <v>9.354699999999999</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
       <c r="B45"/>
       <c r="C45"/>
-    </row>
-    <row r="46" spans="1:3">
+      <c r="D45"/>
+    </row>
+    <row r="46" spans="1:4">
       <c r="B46"/>
       <c r="C46"/>
-    </row>
-    <row r="47" spans="1:3">
+      <c r="D46"/>
+    </row>
+    <row r="47" spans="1:4">
       <c r="A47" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
-    </row>
-    <row r="48" spans="1:3">
+      <c r="D47" s="5"/>
+    </row>
+    <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B48" s="11">
-        <v>35.6972</v>
+        <v>35.6474</v>
       </c>
       <c r="C48" s="16"/>
-    </row>
-    <row r="49" spans="1:3">
+      <c r="D48" s="11">
+        <v>35.8443</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B49" s="11">
-        <v>13.3308</v>
+        <v>13.3702</v>
       </c>
       <c r="C49" s="16"/>
-    </row>
-    <row r="50" spans="1:3">
+      <c r="D49" s="11">
+        <v>13.8488</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B50" s="11">
-        <v>25.9507</v>
+        <v>25.9885</v>
       </c>
       <c r="C50" s="16"/>
-    </row>
-    <row r="51" spans="1:3">
+      <c r="D50" s="11">
+        <v>25.9115</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
       <c r="B51"/>
       <c r="C51"/>
-    </row>
-    <row r="52" spans="1:3">
+      <c r="D51"/>
+    </row>
+    <row r="52" spans="1:4">
       <c r="A52" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
-    </row>
-    <row r="53" spans="1:3">
+      <c r="D52" s="5"/>
+    </row>
+    <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B53" s="12">
-        <v>2.0493</v>
+        <v>2.0452</v>
       </c>
       <c r="C53" s="17"/>
-    </row>
-    <row r="54" spans="1:3">
+      <c r="D53" s="12">
+        <v>2.2112</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B54" s="8">
-        <v>954.2922</v>
+        <v>953.3099</v>
       </c>
       <c r="C54" s="14"/>
-    </row>
-    <row r="55" spans="1:3">
+      <c r="D54" s="8">
+        <v>970.8243</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
       <c r="B55"/>
       <c r="C55"/>
-    </row>
-    <row r="56" spans="1:3">
+      <c r="D55"/>
+    </row>
+    <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B56" s="8">
-        <v>1016.3954</v>
+        <v>1020.1649</v>
       </c>
       <c r="C56" s="14"/>
-    </row>
-    <row r="57" spans="1:3">
+      <c r="D56" s="8">
+        <v>1077.2427</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B57" s="8">
-        <v>1744.4038</v>
+        <v>1745.2856</v>
       </c>
       <c r="C57" s="14"/>
-    </row>
-    <row r="58" spans="1:3">
+      <c r="D57" s="8">
+        <v>1826.869</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B58" s="8">
-        <v>9818.574500000001</v>
+        <v>9903.761</v>
       </c>
       <c r="C58" s="14"/>
-    </row>
-    <row r="59" spans="1:3">
+      <c r="D58" s="8">
+        <v>9873.4074</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B59" s="8">
-        <v>933.2776</v>
+        <v>930.7509</v>
       </c>
       <c r="C59" s="14"/>
-    </row>
-    <row r="61" spans="1:3">
+      <c r="D59" s="8">
+        <v>982.326</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
       <c r="A61" s="18" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:3">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
-    </row>
-    <row r="63" spans="1:3">
+      <c r="D62"/>
+    </row>
+    <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
-    </row>
-    <row r="64" spans="1:3">
+      <c r="D63"/>
+    </row>
+    <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
-    </row>
-    <row r="65" spans="1:3">
+      <c r="D64"/>
+    </row>
+    <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B65"/>
       <c r="C65"/>
-    </row>
-    <row r="66" spans="1:3">
+      <c r="D65"/>
+    </row>
+    <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B66"/>
       <c r="C66"/>
-    </row>
-    <row r="67" spans="1:3">
+      <c r="D66"/>
+    </row>
+    <row r="67" spans="1:4">
       <c r="A67"/>
       <c r="B67"/>
       <c r="C67"/>
-    </row>
-    <row r="68" spans="1:3">
+      <c r="D67"/>
+    </row>
+    <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B68"/>
       <c r="C68"/>
-    </row>
-    <row r="69" spans="1:3">
+      <c r="D68"/>
+    </row>
+    <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B69"/>
       <c r="C69"/>
-    </row>
-    <row r="70" spans="1:3">
+      <c r="D69"/>
+    </row>
+    <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B70"/>
       <c r="C70"/>
-    </row>
-    <row r="71" spans="1:3">
+      <c r="D70"/>
+    </row>
+    <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
-    </row>
-    <row r="72" spans="1:3">
+      <c r="D71"/>
+    </row>
+    <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
-    </row>
-    <row r="73" spans="1:3">
+      <c r="D72"/>
+    </row>
+    <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
-    </row>
-    <row r="74" spans="1:3">
+      <c r="D73"/>
+    </row>
+    <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
-    </row>
-    <row r="75" spans="1:3">
+      <c r="D74"/>
+    </row>
+    <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
-    </row>
-    <row r="76" spans="1:3">
+      <c r="D75"/>
+    </row>
+    <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
-    </row>
-    <row r="77" spans="1:3">
+      <c r="D76"/>
+    </row>
+    <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
-    </row>
-    <row r="78" spans="1:3">
+      <c r="D77"/>
+    </row>
+    <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
-    </row>
-[...8 lines deleted...]
-      <c r="A81" s="19" t="s">
+      <c r="D78"/>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" s="19" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A62:C62"/>
-[...16 lines deleted...]
-    <mergeCell ref="A79:C79"/>
+    <mergeCell ref="A62:D62"/>
+    <mergeCell ref="A63:D63"/>
+    <mergeCell ref="A64:D64"/>
+    <mergeCell ref="A65:D65"/>
+    <mergeCell ref="A66:D66"/>
+    <mergeCell ref="A67:D67"/>
+    <mergeCell ref="A68:D68"/>
+    <mergeCell ref="A69:D69"/>
+    <mergeCell ref="A70:D70"/>
+    <mergeCell ref="A71:D71"/>
+    <mergeCell ref="A72:D72"/>
+    <mergeCell ref="A73:D73"/>
+    <mergeCell ref="A74:D74"/>
+    <mergeCell ref="A75:D75"/>
+    <mergeCell ref="A76:D76"/>
+    <mergeCell ref="A77:D77"/>
+    <mergeCell ref="A78:D78"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="61" man="1"/>
-    <brk id="81" man="1"/>
+    <brk id="80" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E78"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A78" sqref="A78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="104.974365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B7" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C7" s="8">
-        <v>15443.0423</v>
+        <v>15413.9383</v>
       </c>
       <c r="D7" s="8">
-        <v>15280.8739</v>
+        <v>15291.3086</v>
       </c>
       <c r="E7" s="8">
-        <v>15516.045</v>
+        <v>15492.6402</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B8" s="9">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C8" s="9">
-        <v>2145.0392</v>
+        <v>2145.9502</v>
       </c>
       <c r="D8" s="9">
-        <v>2096.61</v>
+        <v>2076.15</v>
       </c>
       <c r="E8" s="9">
-        <v>2213</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B10" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C10" s="8">
-        <v>5507.2875</v>
+        <v>5495.0753</v>
       </c>
       <c r="D10" s="8">
-        <v>5370.8055</v>
+        <v>5417.5296</v>
       </c>
       <c r="E10" s="8">
-        <v>5709.2959</v>
+        <v>5581.4925</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B11" s="9">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C11" s="9">
-        <v>654.2136</v>
+        <v>650.6357</v>
       </c>
       <c r="D11" s="9">
-        <v>580</v>
+        <v>600</v>
       </c>
       <c r="E11" s="9">
-        <v>697.3896999999999</v>
+        <v>676.7678</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B13" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C13" s="8">
-        <v>20960.7081</v>
+        <v>20909.0851</v>
       </c>
       <c r="D13" s="8">
-        <v>20655.0259</v>
+        <v>20798.1272</v>
       </c>
       <c r="E13" s="8">
-        <v>21145.3983</v>
+        <v>20977.677</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="8">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C14" s="8">
-        <v>7482.243</v>
+        <v>7451.6166</v>
       </c>
       <c r="D14" s="8">
-        <v>7320.628</v>
+        <v>7367.494</v>
       </c>
       <c r="E14" s="8">
-        <v>7677.437</v>
+        <v>7530.927</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="9">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C15" s="9">
-        <v>2794.2313</v>
+        <v>2795.5958</v>
       </c>
       <c r="D15" s="9">
-        <v>2746.29</v>
+        <v>2746.35</v>
       </c>
       <c r="E15" s="9">
-        <v>2816.2968</v>
+        <v>2815.9381</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B17" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C17" s="8">
-        <v>219.1559</v>
+        <v>217.5677</v>
       </c>
       <c r="D17" s="8">
-        <v>210.4773</v>
+        <v>195.9172</v>
       </c>
       <c r="E17" s="8">
-        <v>229.4635</v>
+        <v>235</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="8">
         <v>14</v>
       </c>
-      <c r="B18" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="8">
-        <v>666.9404</v>
+        <v>669.7714</v>
       </c>
       <c r="D18" s="8">
-        <v>638.534</v>
+        <v>651.0468</v>
       </c>
       <c r="E18" s="8">
-        <v>675.5112</v>
+        <v>679.7153</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B19" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C19" s="8">
-        <v>1895.2977</v>
+        <v>1895.1156</v>
       </c>
       <c r="D19" s="8">
-        <v>1862.7346</v>
+        <v>1864.4685</v>
       </c>
       <c r="E19" s="8">
-        <v>1924.7129</v>
+        <v>1917.6091</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B20" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C20" s="8">
-        <v>42.6012</v>
+        <v>42.2286</v>
       </c>
       <c r="D20" s="8">
         <v>36.6</v>
       </c>
       <c r="E20" s="8">
-        <v>48.5571</v>
+        <v>49.15</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B21" s="20">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C21" s="10">
-        <v>4.0849</v>
+        <v>4.0901</v>
       </c>
       <c r="D21" s="10">
-        <v>4.0301</v>
+        <v>4.06</v>
       </c>
       <c r="E21" s="10">
-        <v>4.1172</v>
+        <v>4.1128</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B24" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C24" s="11">
-        <v>-0.2581</v>
+        <v>-0.5177</v>
       </c>
       <c r="D24" s="11">
-        <v>-1.0132</v>
+        <v>-1.0588</v>
       </c>
       <c r="E24" s="11">
-        <v>0.1</v>
+        <v>0.1989</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25" s="8">
         <v>13</v>
       </c>
       <c r="C25" s="11">
-        <v>3.679</v>
+        <v>3.6552</v>
       </c>
       <c r="D25" s="11">
-        <v>2.9</v>
+        <v>2.9217</v>
       </c>
       <c r="E25" s="11">
-        <v>4.1638</v>
+        <v>4.1573</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B26" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C26" s="11">
-        <v>3.4077</v>
+        <v>3.1715</v>
       </c>
       <c r="D26" s="11">
-        <v>2.6613</v>
+        <v>2.709</v>
       </c>
       <c r="E26" s="11">
-        <v>3.7838</v>
+        <v>3.7235</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B27" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C27" s="11">
-        <v>3.2123</v>
+        <v>2.9465</v>
       </c>
       <c r="D27" s="11">
-        <v>2.0922</v>
+        <v>2.1395</v>
       </c>
       <c r="E27" s="11">
-        <v>3.6407</v>
+        <v>3.4843</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B30" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C30" s="11">
-        <v>0.2094</v>
+        <v>0.2729</v>
       </c>
       <c r="D30" s="11">
-        <v>-1.5623</v>
+        <v>-1.2561</v>
       </c>
       <c r="E30" s="11">
-        <v>0.9732</v>
+        <v>1.1144</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B31" s="8">
         <v>13</v>
       </c>
       <c r="C31" s="11">
-        <v>1.5838</v>
+        <v>1.6538</v>
       </c>
       <c r="D31" s="11">
-        <v>0.5073</v>
+        <v>0.9143</v>
       </c>
       <c r="E31" s="11">
-        <v>3.4265</v>
+        <v>3.2448</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B32" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C32" s="11">
-        <v>1.9081</v>
+        <v>2.0638</v>
       </c>
       <c r="D32" s="11">
-        <v>-0.7318</v>
+        <v>1.4832</v>
       </c>
       <c r="E32" s="11">
-        <v>3.4</v>
+        <v>3.3072</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B33" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C33" s="11">
-        <v>-2.9222</v>
+        <v>-3.4141</v>
       </c>
       <c r="D33" s="11">
-        <v>-5.4682</v>
+        <v>-5.5357</v>
       </c>
       <c r="E33" s="11">
-        <v>3.3046</v>
+        <v>5.9207</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C36" s="11">
-        <v>-0.0955</v>
+        <v>-0.2441</v>
       </c>
       <c r="D36" s="11">
-        <v>-0.9749</v>
+        <v>-0.9771</v>
       </c>
       <c r="E36" s="11">
-        <v>0.3</v>
+        <v>0.284</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>13</v>
       </c>
       <c r="C37" s="11">
-        <v>3.108</v>
+        <v>3.101</v>
       </c>
       <c r="D37" s="11">
-        <v>2.8</v>
+        <v>2.8445</v>
       </c>
       <c r="E37" s="11">
-        <v>3.6876</v>
+        <v>3.7643</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C38" s="11">
-        <v>2.9971</v>
+        <v>2.8455</v>
       </c>
       <c r="D38" s="11">
-        <v>1.7364</v>
+        <v>2.4356</v>
       </c>
       <c r="E38" s="11">
-        <v>3.3435</v>
+        <v>3.0209</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C39" s="11">
-        <v>1.5092</v>
+        <v>1.1855</v>
       </c>
       <c r="D39" s="11">
-        <v>0.8945</v>
+        <v>0.605</v>
       </c>
       <c r="E39" s="11">
-        <v>2.5675</v>
+        <v>3.1142</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B41" s="8">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C41" s="11">
-        <v>2.5483</v>
+        <v>2.6838</v>
       </c>
       <c r="D41" s="11">
-        <v>2.1127</v>
+        <v>1.7</v>
       </c>
       <c r="E41" s="11">
-        <v>3.6133</v>
+        <v>4.1732</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>12</v>
       </c>
       <c r="C42" s="11">
-        <v>6.808</v>
+        <v>6.7994</v>
       </c>
       <c r="D42" s="11">
-        <v>6.037</v>
+        <v>6.142</v>
       </c>
       <c r="E42" s="11">
-        <v>7.3359</v>
+        <v>7.1053</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B43" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C43" s="11">
-        <v>4.9869</v>
+        <v>4.6382</v>
       </c>
       <c r="D43" s="11">
-        <v>3.5404</v>
+        <v>0</v>
       </c>
       <c r="E43" s="11">
-        <v>7.1135</v>
+        <v>7.1157</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B44" s="8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C44" s="11">
-        <v>4.7121</v>
+        <v>4.955</v>
       </c>
       <c r="D44" s="11">
-        <v>2.6</v>
+        <v>2.9</v>
       </c>
       <c r="E44" s="11">
-        <v>6.4841</v>
+        <v>6.4124</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B48" s="8">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C48" s="11">
-        <v>35.6972</v>
+        <v>35.6474</v>
       </c>
       <c r="D48" s="11">
-        <v>34.8828</v>
+        <v>35.2083</v>
       </c>
       <c r="E48" s="11">
-        <v>36.5731</v>
+        <v>36.2096</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B49" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C49" s="11">
-        <v>13.3308</v>
+        <v>13.3702</v>
       </c>
       <c r="D49" s="11">
-        <v>13.1878</v>
+        <v>13.1904</v>
       </c>
       <c r="E49" s="11">
-        <v>13.4379</v>
+        <v>13.4537</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B50" s="8">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C50" s="11">
-        <v>25.9507</v>
+        <v>25.9885</v>
       </c>
       <c r="D50" s="11">
-        <v>25.4802</v>
+        <v>25.6173</v>
       </c>
       <c r="E50" s="11">
-        <v>26.1974</v>
+        <v>26.1963</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B53" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C53" s="12">
-        <v>2.0493</v>
+        <v>2.0452</v>
       </c>
       <c r="D53" s="12">
-        <v>2.0167</v>
+        <v>2.04</v>
       </c>
       <c r="E53" s="12">
-        <v>2.0801</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B54" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C54" s="8">
-        <v>954.2922</v>
+        <v>953.3099</v>
       </c>
       <c r="D54" s="8">
-        <v>868.749</v>
+        <v>868.6658</v>
       </c>
       <c r="E54" s="8">
-        <v>1147.5078</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B56" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C56" s="8">
-        <v>1016.3954</v>
+        <v>1020.1649</v>
       </c>
       <c r="D56" s="8">
-        <v>759.4555</v>
+        <v>757.6392</v>
       </c>
       <c r="E56" s="8">
-        <v>1307.9031</v>
+        <v>1313.1085</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B57" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C57" s="8">
-        <v>1744.4038</v>
+        <v>1745.2856</v>
       </c>
       <c r="D57" s="8">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="E57" s="8">
-        <v>1910.8882</v>
+        <v>1897.5954</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B58" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C58" s="8">
-        <v>9818.574500000001</v>
+        <v>9903.761</v>
       </c>
       <c r="D58" s="8">
-        <v>9054</v>
+        <v>9096</v>
       </c>
       <c r="E58" s="8">
-        <v>10207.2087</v>
+        <v>10313.288</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B59" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C59" s="8">
-        <v>933.2776</v>
+        <v>930.7509</v>
       </c>
       <c r="D59" s="8">
-        <v>909.5121</v>
+        <v>916.2089999999999</v>
       </c>
       <c r="E59" s="8">
-        <v>951.2988</v>
+        <v>950.52</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>64</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>65</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64"/>
@@ -2399,51 +2550,51 @@
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>75</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>76</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="19" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A62:E62"/>
     <mergeCell ref="A63:E63"/>
     <mergeCell ref="A64:E64"/>
     <mergeCell ref="A65:E65"/>
     <mergeCell ref="A66:E66"/>
     <mergeCell ref="A67:E67"/>
     <mergeCell ref="A68:E68"/>
     <mergeCell ref="A69:E69"/>
     <mergeCell ref="A70:E70"/>
     <mergeCell ref="A71:E71"/>
     <mergeCell ref="A72:E72"/>
@@ -2491,827 +2642,827 @@
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B7" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C7" s="8">
-        <v>4185.9432</v>
+        <v>3748.9163</v>
       </c>
       <c r="D7" s="8">
-        <v>4135.8348</v>
+        <v>3626</v>
       </c>
       <c r="E7" s="8">
-        <v>4235.1279</v>
+        <v>3827.6402</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B8" s="9">
         <v>0</v>
       </c>
       <c r="C8" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D8" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E8" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B10" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C10" s="8">
-        <v>1214.7241</v>
+        <v>1476.0883</v>
       </c>
       <c r="D10" s="8">
-        <v>1177.9051</v>
+        <v>1398.5296</v>
       </c>
       <c r="E10" s="8">
-        <v>1298.2959</v>
+        <v>1562.4925</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B11" s="9">
         <v>0</v>
       </c>
       <c r="C11" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D11" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B13" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C13" s="8">
-        <v>5400.6673</v>
+        <v>5225.9436</v>
       </c>
       <c r="D13" s="8">
-        <v>5360.0568</v>
+        <v>5114</v>
       </c>
       <c r="E13" s="8">
-        <v>5501.1079</v>
+        <v>5293.677</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="8">
         <v>0</v>
       </c>
       <c r="C14" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D14" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E14" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="9">
         <v>0</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D15" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E15" s="13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B17" s="8">
         <v>0</v>
       </c>
       <c r="C17" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D17" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E17" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B18" s="8">
         <v>0</v>
       </c>
       <c r="C18" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D18" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E18" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B19" s="8">
         <v>0</v>
       </c>
       <c r="C19" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D19" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E19" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B20" s="8">
         <v>0</v>
       </c>
       <c r="C20" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D20" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E20" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B21" s="20">
         <v>0</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B24" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C24" s="11">
-        <v>0.8334</v>
+        <v>0.4766</v>
       </c>
       <c r="D24" s="11">
-        <v>0.2864</v>
+        <v>-1.5</v>
       </c>
       <c r="E24" s="11">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25" s="8">
         <v>13</v>
       </c>
       <c r="C25" s="11">
-        <v>3.3436</v>
+        <v>2.8147</v>
       </c>
       <c r="D25" s="11">
-        <v>2.7</v>
+        <v>-1.0586</v>
       </c>
       <c r="E25" s="11">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B26" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C26" s="11">
-        <v>4.0429</v>
+        <v>3.5961</v>
       </c>
       <c r="D26" s="11">
-        <v>2.9282</v>
+        <v>1.5</v>
       </c>
       <c r="E26" s="11">
-        <v>5.271</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B27" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C27" s="11">
-        <v>3.6577</v>
+        <v>2.6054</v>
       </c>
       <c r="D27" s="11">
-        <v>2.3721</v>
+        <v>-0.7</v>
       </c>
       <c r="E27" s="11">
-        <v>4.8403</v>
+        <v>4.8094</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B30" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C30" s="11">
-        <v>-1.2429</v>
+        <v>1.683</v>
       </c>
       <c r="D30" s="11">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="E30" s="11">
-        <v>0.0612</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B31" s="8">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C31" s="11">
-        <v>0.0608</v>
+        <v>-0.2108</v>
       </c>
       <c r="D31" s="11">
-        <v>-2.5</v>
+        <v>-3.6671</v>
       </c>
       <c r="E31" s="11">
-        <v>4.2745</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B32" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C32" s="11">
-        <v>-1.3797</v>
+        <v>1.9331</v>
       </c>
       <c r="D32" s="11">
-        <v>-4.4916</v>
+        <v>0</v>
       </c>
       <c r="E32" s="11">
-        <v>2.465</v>
+        <v>5.21</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B33" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C33" s="11">
-        <v>-7.7426</v>
+        <v>-6.3073</v>
       </c>
       <c r="D33" s="11">
-        <v>-10.6294</v>
+        <v>-13.2773</v>
       </c>
       <c r="E33" s="11">
-        <v>-1.495</v>
+        <v>11.7</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C36" s="11">
-        <v>0.1775</v>
+        <v>0.952</v>
       </c>
       <c r="D36" s="11">
-        <v>-0.6</v>
+        <v>-1.7871</v>
       </c>
       <c r="E36" s="11">
-        <v>0.5429</v>
+        <v>1.8836</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B37" s="8">
         <v>13</v>
       </c>
       <c r="C37" s="11">
-        <v>2.6568</v>
+        <v>2.2902</v>
       </c>
       <c r="D37" s="11">
-        <v>1.7898</v>
+        <v>1.6136</v>
       </c>
       <c r="E37" s="11">
-        <v>3.7833</v>
+        <v>4.9019</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B38" s="8">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C38" s="11">
-        <v>2.6999</v>
+        <v>3.0334</v>
       </c>
       <c r="D38" s="11">
-        <v>1.084</v>
+        <v>1.6</v>
       </c>
       <c r="E38" s="11">
-        <v>4.0258</v>
+        <v>3.7449</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B39" s="8">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C39" s="11">
-        <v>0.849</v>
+        <v>-0.1083</v>
       </c>
       <c r="D39" s="11">
-        <v>0.2</v>
+        <v>-1.9942</v>
       </c>
       <c r="E39" s="11">
-        <v>2.6709</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B41" s="8">
         <v>0</v>
       </c>
       <c r="C41" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D41" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E41" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B42" s="8">
         <v>0</v>
       </c>
       <c r="C42" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D42" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E42" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B43" s="8">
         <v>0</v>
       </c>
       <c r="C43" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D43" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E43" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B44" s="8">
         <v>0</v>
       </c>
       <c r="C44" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D44" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E44" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B48" s="8">
         <v>0</v>
       </c>
       <c r="C48" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D48" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E48" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B49" s="8">
         <v>0</v>
       </c>
       <c r="C49" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D49" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E49" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B50" s="8">
         <v>0</v>
       </c>
       <c r="C50" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D50" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E50" s="16" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B53" s="8">
         <v>0</v>
       </c>
       <c r="C53" s="17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D53" s="17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E53" s="17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B54" s="8">
         <v>0</v>
       </c>
       <c r="C54" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D54" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E54" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B56" s="8">
         <v>0</v>
       </c>
       <c r="C56" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D56" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E56" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B57" s="8">
         <v>0</v>
       </c>
       <c r="C57" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D57" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E57" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B58" s="8">
         <v>0</v>
       </c>
       <c r="C58" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D58" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E58" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B59" s="8">
         <v>0</v>
       </c>
       <c r="C59" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D59" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E59" s="14" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>64</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>65</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64"/>
@@ -3396,51 +3547,1048 @@
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>75</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>76</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>77</v>
+        <v>58</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76"/>
+      <c r="D76"/>
+      <c r="E76"/>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" s="19" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A62:E62"/>
+    <mergeCell ref="A63:E63"/>
+    <mergeCell ref="A64:E64"/>
+    <mergeCell ref="A65:E65"/>
+    <mergeCell ref="A66:E66"/>
+    <mergeCell ref="A67:E67"/>
+    <mergeCell ref="A68:E68"/>
+    <mergeCell ref="A69:E69"/>
+    <mergeCell ref="A70:E70"/>
+    <mergeCell ref="A71:E71"/>
+    <mergeCell ref="A72:E72"/>
+    <mergeCell ref="A73:E73"/>
+    <mergeCell ref="A74:E74"/>
+    <mergeCell ref="A75:E75"/>
+    <mergeCell ref="A76:E76"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+  <rowBreaks count="2" manualBreakCount="2">
+    <brk id="61" man="1"/>
+    <brk id="78" man="1"/>
+  </rowBreaks>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E78"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A78" sqref="A78"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="104.974365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="B2"/>
+      <c r="C2" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="B3" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="B4" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="3"/>
+      <c r="E4" s="3"/>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="B5" s="3"/>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3"/>
+      <c r="E5" s="3"/>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" s="5"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="5"/>
+      <c r="E6" s="5"/>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="8">
+        <v>14</v>
+      </c>
+      <c r="C7" s="8">
+        <v>15858.223</v>
+      </c>
+      <c r="D7" s="8">
+        <v>15750.0479</v>
+      </c>
+      <c r="E7" s="8">
+        <v>16034.8826</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" s="9">
+        <v>12</v>
+      </c>
+      <c r="C8" s="9">
+        <v>2277.1091</v>
+      </c>
+      <c r="D8" s="9">
+        <v>2224.7705</v>
+      </c>
+      <c r="E8" s="9">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="B9"/>
+      <c r="C9"/>
+      <c r="D9"/>
+      <c r="E9"/>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B10" s="8">
+        <v>14</v>
+      </c>
+      <c r="C10" s="8">
+        <v>5568.2586</v>
+      </c>
+      <c r="D10" s="8">
+        <v>5400.3856</v>
+      </c>
+      <c r="E10" s="8">
+        <v>5829.9777</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="9">
+        <v>12</v>
+      </c>
+      <c r="C11" s="9">
+        <v>690.4992</v>
+      </c>
+      <c r="D11" s="9">
+        <v>625</v>
+      </c>
+      <c r="E11" s="9">
+        <v>728.88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="B12"/>
+      <c r="C12"/>
+      <c r="D12"/>
+      <c r="E12"/>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" s="8">
+        <v>14</v>
+      </c>
+      <c r="C13" s="8">
+        <v>21426.4816</v>
+      </c>
+      <c r="D13" s="8">
+        <v>21288.6027</v>
+      </c>
+      <c r="E13" s="8">
+        <v>21608.0697</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="8">
+        <v>13</v>
+      </c>
+      <c r="C14" s="8">
+        <v>7675.3695</v>
+      </c>
+      <c r="D14" s="8">
+        <v>7467.5426</v>
+      </c>
+      <c r="E14" s="8">
+        <v>7984.6094</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="9">
+        <v>14</v>
+      </c>
+      <c r="C15" s="9">
+        <v>2967.2402</v>
+      </c>
+      <c r="D15" s="9">
+        <v>2941.4393</v>
+      </c>
+      <c r="E15" s="9">
+        <v>2993.0338</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="B16"/>
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16"/>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="8">
+        <v>14</v>
+      </c>
+      <c r="C17" s="8">
+        <v>219.1556</v>
+      </c>
+      <c r="D17" s="8">
+        <v>185.0831</v>
+      </c>
+      <c r="E17" s="8">
+        <v>252.2624</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="8">
+        <v>14</v>
+      </c>
+      <c r="C18" s="8">
+        <v>711.8599</v>
+      </c>
+      <c r="D18" s="8">
+        <v>686.1493</v>
+      </c>
+      <c r="E18" s="8">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" s="8">
+        <v>14</v>
+      </c>
+      <c r="C19" s="8">
+        <v>2016.3977</v>
+      </c>
+      <c r="D19" s="8">
+        <v>1966.8677</v>
+      </c>
+      <c r="E19" s="8">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="8">
+        <v>14</v>
+      </c>
+      <c r="C20" s="8">
+        <v>46.4426</v>
+      </c>
+      <c r="D20" s="8">
+        <v>38</v>
+      </c>
+      <c r="E20" s="8">
+        <v>54.4893</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" s="20">
+        <v>14</v>
+      </c>
+      <c r="C21" s="10">
+        <v>4.4482</v>
+      </c>
+      <c r="D21" s="10">
+        <v>4.3714</v>
+      </c>
+      <c r="E21" s="10">
+        <v>4.56</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="B22"/>
+      <c r="C22"/>
+      <c r="D22"/>
+      <c r="E22"/>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B23" s="5"/>
+      <c r="C23" s="5"/>
+      <c r="D23" s="5"/>
+      <c r="E23" s="5"/>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s">
+        <v>20</v>
+      </c>
+      <c r="B24" s="8">
+        <v>14</v>
+      </c>
+      <c r="C24" s="11">
+        <v>0.7748</v>
+      </c>
+      <c r="D24" s="11">
+        <v>0.2299</v>
+      </c>
+      <c r="E24" s="11">
+        <v>1.8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s">
+        <v>21</v>
+      </c>
+      <c r="B25" s="8">
+        <v>13</v>
+      </c>
+      <c r="C25" s="11">
+        <v>2.3642</v>
+      </c>
+      <c r="D25" s="11">
+        <v>1.8</v>
+      </c>
+      <c r="E25" s="11">
+        <v>3.0008</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" s="8">
+        <v>14</v>
+      </c>
+      <c r="C26" s="11">
+        <v>3.1483</v>
+      </c>
+      <c r="D26" s="11">
+        <v>2.3563</v>
+      </c>
+      <c r="E26" s="11">
+        <v>3.8858</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s">
+        <v>23</v>
+      </c>
+      <c r="B27" s="8">
+        <v>13</v>
+      </c>
+      <c r="C27" s="11">
+        <v>2.8722</v>
+      </c>
+      <c r="D27" s="11">
+        <v>2.1906</v>
+      </c>
+      <c r="E27" s="11">
+        <v>3.5247</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="B28"/>
+      <c r="C28"/>
+      <c r="D28"/>
+      <c r="E28"/>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B29" s="5"/>
+      <c r="C29" s="5"/>
+      <c r="D29" s="5"/>
+      <c r="E29" s="5"/>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s">
+        <v>25</v>
+      </c>
+      <c r="B30" s="8">
+        <v>14</v>
+      </c>
+      <c r="C30" s="11">
+        <v>2.4609</v>
+      </c>
+      <c r="D30" s="11">
+        <v>0.0593</v>
+      </c>
+      <c r="E30" s="11">
+        <v>4.3382</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="8">
+        <v>13</v>
+      </c>
+      <c r="C31" s="11">
+        <v>1.2561</v>
+      </c>
+      <c r="D31" s="11">
+        <v>-0.12</v>
+      </c>
+      <c r="E31" s="11">
+        <v>2.7796</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s">
+        <v>22</v>
+      </c>
+      <c r="B32" s="8">
+        <v>14</v>
+      </c>
+      <c r="C32" s="11">
+        <v>3.6837</v>
+      </c>
+      <c r="D32" s="11">
+        <v>1.5552</v>
+      </c>
+      <c r="E32" s="11">
+        <v>5.2127</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B33" s="8">
+        <v>13</v>
+      </c>
+      <c r="C33" s="11">
+        <v>1.4732</v>
+      </c>
+      <c r="D33" s="11">
+        <v>-0.9018</v>
+      </c>
+      <c r="E33" s="11">
+        <v>5.8683</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="B34"/>
+      <c r="C34"/>
+      <c r="D34"/>
+      <c r="E34"/>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B35" s="5"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" t="s">
+        <v>25</v>
+      </c>
+      <c r="B36" s="8">
+        <v>14</v>
+      </c>
+      <c r="C36" s="11">
+        <v>1.3612</v>
+      </c>
+      <c r="D36" s="11">
+        <v>0.6729000000000001</v>
+      </c>
+      <c r="E36" s="11">
+        <v>1.9</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s">
+        <v>21</v>
+      </c>
+      <c r="B37" s="8">
+        <v>13</v>
+      </c>
+      <c r="C37" s="11">
+        <v>1.9419</v>
+      </c>
+      <c r="D37" s="11">
+        <v>1.323</v>
+      </c>
+      <c r="E37" s="11">
+        <v>2.8082</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s">
+        <v>22</v>
+      </c>
+      <c r="B38" s="8">
+        <v>14</v>
+      </c>
+      <c r="C38" s="11">
+        <v>3.2871</v>
+      </c>
+      <c r="D38" s="11">
+        <v>2.5907</v>
+      </c>
+      <c r="E38" s="11">
+        <v>3.8869</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="8">
+        <v>13</v>
+      </c>
+      <c r="C39" s="11">
+        <v>2.4962</v>
+      </c>
+      <c r="D39" s="11">
+        <v>1.7106</v>
+      </c>
+      <c r="E39" s="11">
+        <v>3.7595</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="B40"/>
+      <c r="C40"/>
+      <c r="D40"/>
+      <c r="E40"/>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" t="s">
+        <v>27</v>
+      </c>
+      <c r="B41" s="8">
+        <v>10</v>
+      </c>
+      <c r="C41" s="11">
+        <v>1.5604</v>
+      </c>
+      <c r="D41" s="11">
+        <v>0.8</v>
+      </c>
+      <c r="E41" s="11">
+        <v>2.2447</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" t="s">
+        <v>28</v>
+      </c>
+      <c r="B42" s="8">
+        <v>12</v>
+      </c>
+      <c r="C42" s="11">
+        <v>6.9158</v>
+      </c>
+      <c r="D42" s="11">
+        <v>6.0013</v>
+      </c>
+      <c r="E42" s="11">
+        <v>7.5343</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43" t="s">
+        <v>29</v>
+      </c>
+      <c r="B43" s="8">
+        <v>13</v>
+      </c>
+      <c r="C43" s="11">
+        <v>5.6972</v>
+      </c>
+      <c r="D43" s="11">
+        <v>0</v>
+      </c>
+      <c r="E43" s="11">
+        <v>7.2728</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" t="s">
+        <v>30</v>
+      </c>
+      <c r="B44" s="8">
+        <v>6</v>
+      </c>
+      <c r="C44" s="11">
+        <v>9.354699999999999</v>
+      </c>
+      <c r="D44" s="11">
+        <v>8.360099999999999</v>
+      </c>
+      <c r="E44" s="11">
+        <v>10.8691</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="B45"/>
+      <c r="C45"/>
+      <c r="D45"/>
+      <c r="E45"/>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="B46"/>
+      <c r="C46"/>
+      <c r="D46"/>
+      <c r="E46"/>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B47" s="5"/>
+      <c r="C47" s="5"/>
+      <c r="D47" s="5"/>
+      <c r="E47" s="5"/>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s">
+        <v>32</v>
+      </c>
+      <c r="B48" s="8">
+        <v>13</v>
+      </c>
+      <c r="C48" s="11">
+        <v>35.8443</v>
+      </c>
+      <c r="D48" s="11">
+        <v>35.0728</v>
+      </c>
+      <c r="E48" s="11">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" t="s">
+        <v>33</v>
+      </c>
+      <c r="B49" s="8">
+        <v>14</v>
+      </c>
+      <c r="C49" s="11">
+        <v>13.8488</v>
+      </c>
+      <c r="D49" s="11">
+        <v>13.687</v>
+      </c>
+      <c r="E49" s="11">
+        <v>14.0093</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" t="s">
+        <v>34</v>
+      </c>
+      <c r="B50" s="8">
+        <v>12</v>
+      </c>
+      <c r="C50" s="11">
+        <v>25.9115</v>
+      </c>
+      <c r="D50" s="11">
+        <v>25</v>
+      </c>
+      <c r="E50" s="11">
+        <v>26.0247</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="B51"/>
+      <c r="C51"/>
+      <c r="D51"/>
+      <c r="E51"/>
+    </row>
+    <row r="52" spans="1:5">
+      <c r="A52" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B52" s="5"/>
+      <c r="C52" s="5"/>
+      <c r="D52" s="5"/>
+      <c r="E52" s="5"/>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" t="s">
+        <v>36</v>
+      </c>
+      <c r="B53" s="8">
+        <v>13</v>
+      </c>
+      <c r="C53" s="12">
+        <v>2.2112</v>
+      </c>
+      <c r="D53" s="12">
+        <v>2.166</v>
+      </c>
+      <c r="E53" s="12">
+        <v>2.28</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5">
+      <c r="A54" t="s">
+        <v>37</v>
+      </c>
+      <c r="B54" s="8">
+        <v>13</v>
+      </c>
+      <c r="C54" s="8">
+        <v>970.8243</v>
+      </c>
+      <c r="D54" s="8">
+        <v>844.0503</v>
+      </c>
+      <c r="E54" s="8">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
+      <c r="B55"/>
+      <c r="C55"/>
+      <c r="D55"/>
+      <c r="E55"/>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" t="s">
+        <v>38</v>
+      </c>
+      <c r="B56" s="8">
+        <v>13</v>
+      </c>
+      <c r="C56" s="8">
+        <v>1077.2427</v>
+      </c>
+      <c r="D56" s="8">
+        <v>829.7148</v>
+      </c>
+      <c r="E56" s="8">
+        <v>1375.8343</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" t="s">
+        <v>39</v>
+      </c>
+      <c r="B57" s="8">
+        <v>13</v>
+      </c>
+      <c r="C57" s="8">
+        <v>1826.869</v>
+      </c>
+      <c r="D57" s="8">
+        <v>1539.2474</v>
+      </c>
+      <c r="E57" s="8">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" t="s">
+        <v>40</v>
+      </c>
+      <c r="B58" s="8">
+        <v>13</v>
+      </c>
+      <c r="C58" s="8">
+        <v>9873.4074</v>
+      </c>
+      <c r="D58" s="8">
+        <v>8375</v>
+      </c>
+      <c r="E58" s="8">
+        <v>10751.07</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="A59" t="s">
+        <v>41</v>
+      </c>
+      <c r="B59" s="8">
+        <v>13</v>
+      </c>
+      <c r="C59" s="8">
+        <v>982.326</v>
+      </c>
+      <c r="D59" s="8">
+        <v>942.8694</v>
+      </c>
+      <c r="E59" s="8">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" s="18" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
+      <c r="A62" t="s">
+        <v>64</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
+      <c r="E62"/>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" t="s">
+        <v>65</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+      <c r="D63"/>
+      <c r="E63"/>
+    </row>
+    <row r="64" spans="1:5">
+      <c r="A64" t="s">
+        <v>66</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+      <c r="D64"/>
+      <c r="E64"/>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" t="s">
+        <v>67</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+      <c r="D65"/>
+      <c r="E65"/>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66"/>
+      <c r="B66"/>
+      <c r="C66"/>
+      <c r="D66"/>
+      <c r="E66"/>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" t="s">
+        <v>68</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+      <c r="D67"/>
+      <c r="E67"/>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" t="s">
+        <v>69</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
+      <c r="E68"/>
+    </row>
+    <row r="69" spans="1:5">
+      <c r="A69" t="s">
+        <v>70</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
+      <c r="E69"/>
+    </row>
+    <row r="70" spans="1:5">
+      <c r="A70" t="s">
+        <v>71</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70"/>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" t="s">
+        <v>72</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+      <c r="D71"/>
+      <c r="E71"/>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" t="s">
+        <v>73</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
+      <c r="E72"/>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" t="s">
+        <v>74</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+      <c r="D73"/>
+      <c r="E73"/>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="A74" t="s">
+        <v>75</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74"/>
+      <c r="D74"/>
+      <c r="E74"/>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" t="s">
+        <v>76</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75"/>
+      <c r="D75"/>
+      <c r="E75"/>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" t="s">
+        <v>58</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="19" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A62:E62"/>
     <mergeCell ref="A63:E63"/>
     <mergeCell ref="A64:E64"/>
     <mergeCell ref="A65:E65"/>
     <mergeCell ref="A66:E66"/>
     <mergeCell ref="A67:E67"/>
     <mergeCell ref="A68:E68"/>
     <mergeCell ref="A69:E69"/>
     <mergeCell ref="A70:E70"/>
     <mergeCell ref="A71:E71"/>
     <mergeCell ref="A72:E72"/>
@@ -3456,58 +4604,59 @@
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="61" man="1"/>
     <brk id="78" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
       <vt:lpstr>FY25</vt:lpstr>
-      <vt:lpstr>Q3 FY25</vt:lpstr>
+      <vt:lpstr>Q4 FY25</vt:lpstr>
+      <vt:lpstr>FY26</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vuma Financial Ltd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Vuma - Excel output</dc:title>
   <dc:description>Vuma - Excel output</dc:description>
   <dc:subject>Vuma - Excel output</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>