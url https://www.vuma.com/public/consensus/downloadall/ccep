--- v1 (2026-01-27)
+++ v2 (2026-03-15)
@@ -1,85 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
-    <sheet name="FY25" sheetId="2" r:id="rId5"/>
-[...1 lines deleted...]
-    <sheet name="FY26" sheetId="4" r:id="rId7"/>
+    <sheet name="Q1 FY26" sheetId="2" r:id="rId5"/>
+    <sheet name="FY26" sheetId="3" r:id="rId6"/>
+    <sheet name="FY27" sheetId="4" r:id="rId7"/>
+    <sheet name="FY28" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Coca-Cola Europacific Partners</t>
   </si>
   <si>
-    <t>FY25</t>
-[...2 lines deleted...]
-    <t>Q4 FY25</t>
+    <t>Q1 FY26</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
+    <t>FY27</t>
+  </si>
+  <si>
+    <t>FY28</t>
+  </si>
+  <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>13/01/26</t>
+    <t>06/03/26</t>
+  </si>
+  <si>
+    <t>05/03/26</t>
   </si>
   <si>
     <t>Comparable (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Total CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Gross profit: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: TOTAL CCEP</t>
   </si>
@@ -149,150 +157,105 @@
   <si>
     <t>Other Items: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Dividend per share (€)</t>
   </si>
   <si>
     <t xml:space="preserve">  Depreciation &amp; amortisation (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Capital expenditure (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Free cashflow (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt/(cash) (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Dividend payment (€m)</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>Coca-Cola Europacific Partners plc (the “Company”) is not authorised or regulated by the UK Financial Conduct</t>
-[...41 lines deleted...]
-    <t>analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the</t>
+    <t>Coca-Cola Europacific Partners plc (the “Company”) is not authorised or regulated by the UK Financial Conduct Authority and may not</t>
+  </si>
+  <si>
+    <t>provide investment advice. The consensus data should not be construed as an invitation, inducement or recommendation to buy or sell</t>
+  </si>
+  <si>
+    <t>securities of the Company or to engage in any other form of investment activity. In addition, the consensus data is not intended to</t>
+  </si>
+  <si>
+    <t>constitute a financial promotion within the meaning of section 21 of the Financial Services and Markets Act 2000.</t>
+  </si>
+  <si>
+    <t>The consensus data are based on submissions from registered investment analysts as to the Company’s expected future performance. It is</t>
+  </si>
+  <si>
+    <t>therefore speculative and forward-looking and subject to a number of uncertainties that may impact the Company’s actual performance.</t>
+  </si>
+  <si>
+    <t>Vuma Financial Ltd. collects and analyses the submissions which form the basis of the consensus data and any Company information</t>
+  </si>
+  <si>
+    <t>provided is publicly disclosed and available on the Company’s website, from Euronext.com, londonstockexchange.com and/or filed with</t>
+  </si>
+  <si>
+    <t>the US Securities and Exchange Commission . The figures presented represent the arithmetic average of the submissions that have been</t>
+  </si>
+  <si>
+    <t>provided, with each submission being given equal weight. Moreover, the data has not been adjusted to exclude any submission. It is</t>
+  </si>
+  <si>
+    <t>assumed that the submissions reflect the analysts’ genuine opinions, forecasts, estimates, projections and predictions and that the</t>
+  </si>
+  <si>
+    <t>analysts will, if relevant, identify and disclose all conflicts of interest that are known or reasonably expected to be known to relate</t>
+  </si>
+  <si>
+    <t>to them. No analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the</t>
   </si>
   <si>
     <t>Company for their submission.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
-  </si>
-[...37 lines deleted...]
-    <t>to them. No analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -417,109 +380,109 @@
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
-[...14 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="7" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
     <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="6" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -779,1813 +742,1953 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D80"/>
+  <dimension ref="A1:E78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A80" sqref="A80"/>
+      <selection activeCell="A78" sqref="A78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="104.974365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
+    <row r="2" spans="1:5">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="3" spans="1:4">
+      <c r="E2" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4">
+        <v>5</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
       <c r="B4" s="4" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:4">
+        <v>7</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
-    </row>
-    <row r="6" spans="1:4">
+      <c r="E5" s="3"/>
+    </row>
+    <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
-    </row>
-    <row r="7" spans="1:4">
+      <c r="E6" s="5"/>
+    </row>
+    <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B7" s="8">
-        <v>15413.9383</v>
+        <v>3537.0203</v>
       </c>
       <c r="C7" s="8">
-        <v>3748.9163</v>
+        <v>15857.3081</v>
       </c>
       <c r="D7" s="8">
-        <v>15858.223</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:4">
+        <v>16361.3438</v>
+      </c>
+      <c r="E7" s="8">
+        <v>16868.5076</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
-        <v>8</v>
-[...9 lines deleted...]
-    <row r="9" spans="1:4">
+        <v>10</v>
+      </c>
+      <c r="B8" s="9"/>
+      <c r="C8" s="15">
+        <v>2284.6564</v>
+      </c>
+      <c r="D8" s="15">
+        <v>2421.1754</v>
+      </c>
+      <c r="E8" s="15">
+        <v>2560.6886</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
-    </row>
-    <row r="10" spans="1:4">
+      <c r="E9"/>
+    </row>
+    <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B10" s="8">
-        <v>5495.0753</v>
+        <v>1455.2495</v>
       </c>
       <c r="C10" s="8">
-        <v>1476.0883</v>
+        <v>5637.2314</v>
       </c>
       <c r="D10" s="8">
-        <v>5568.2586</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:4">
+        <v>5936.5525</v>
+      </c>
+      <c r="E10" s="8">
+        <v>6259.55</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>10</v>
-[...9 lines deleted...]
-    <row r="12" spans="1:4">
+        <v>12</v>
+      </c>
+      <c r="B11" s="9"/>
+      <c r="C11" s="15">
+        <v>829.0001</v>
+      </c>
+      <c r="D11" s="15">
+        <v>904.4</v>
+      </c>
+      <c r="E11" s="15">
+        <v>992.0631</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
-    </row>
-    <row r="13" spans="1:4">
+      <c r="E12"/>
+    </row>
+    <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B13" s="8">
-        <v>20909.0851</v>
+        <v>4992.2697</v>
       </c>
       <c r="C13" s="8">
-        <v>5225.9436</v>
+        <v>21494.4728</v>
       </c>
       <c r="D13" s="8">
-        <v>21426.4816</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:4">
+        <v>22297.8963</v>
+      </c>
+      <c r="E13" s="8">
+        <v>23127.9861</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="C14" s="14"/>
+        <v>14</v>
+      </c>
+      <c r="B14" s="10"/>
+      <c r="C14" s="8">
+        <v>7723.349</v>
+      </c>
       <c r="D14" s="8">
-        <v>7675.3695</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:4">
+        <v>8034.7003</v>
+      </c>
+      <c r="E14" s="8">
+        <v>8342.6427</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
       <c r="A15" s="6" t="s">
-        <v>13</v>
-[...9 lines deleted...]
-    <row r="16" spans="1:4">
+        <v>15</v>
+      </c>
+      <c r="B15" s="9"/>
+      <c r="C15" s="15">
+        <v>2990.8799</v>
+      </c>
+      <c r="D15" s="15">
+        <v>3196.011</v>
+      </c>
+      <c r="E15" s="15">
+        <v>3405.6654</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
-    </row>
-    <row r="17" spans="1:4">
+      <c r="E16"/>
+    </row>
+    <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="C17" s="14"/>
+        <v>16</v>
+      </c>
+      <c r="B17" s="10"/>
+      <c r="C17" s="8">
+        <v>255.7167</v>
+      </c>
       <c r="D17" s="8">
-        <v>219.1556</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:4">
+        <v>264.2802</v>
+      </c>
+      <c r="E17" s="8">
+        <v>268.4247</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="C18" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="B18" s="10"/>
+      <c r="C18" s="8">
+        <v>708.8801</v>
+      </c>
       <c r="D18" s="8">
-        <v>711.8599</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:4">
+        <v>758.9767000000001</v>
+      </c>
+      <c r="E18" s="8">
+        <v>812.4819</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="C19" s="14"/>
+        <v>18</v>
+      </c>
+      <c r="B19" s="10"/>
+      <c r="C19" s="8">
+        <v>2007.7522</v>
+      </c>
       <c r="D19" s="8">
-        <v>2016.3977</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:4">
+        <v>2152.9442</v>
+      </c>
+      <c r="E19" s="8">
+        <v>2303.4882</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="C20" s="14"/>
+        <v>19</v>
+      </c>
+      <c r="B20" s="10"/>
+      <c r="C20" s="8">
+        <v>43.4688</v>
+      </c>
       <c r="D20" s="8">
-        <v>46.4426</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:4">
+        <v>48.4262</v>
+      </c>
+      <c r="E20" s="8">
+        <v>52.7736</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
       <c r="A21" s="7" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-    <row r="22" spans="1:4">
+        <v>20</v>
+      </c>
+      <c r="B21" s="11"/>
+      <c r="C21" s="16">
+        <v>4.4489</v>
+      </c>
+      <c r="D21" s="16">
+        <v>4.8668</v>
+      </c>
+      <c r="E21" s="16">
+        <v>5.3232</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
-    </row>
-    <row r="23" spans="1:4">
+      <c r="E22"/>
+    </row>
+    <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
-    </row>
-    <row r="24" spans="1:4">
+      <c r="E23" s="5"/>
+    </row>
+    <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>20</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="B24" s="12">
+        <v>6.7409</v>
+      </c>
+      <c r="C24" s="12">
+        <v>0.723</v>
+      </c>
+      <c r="D24" s="12">
+        <v>0.9845</v>
+      </c>
+      <c r="E24" s="12">
+        <v>0.9925</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:4">
+        <v>23</v>
+      </c>
+      <c r="B25" s="12">
+        <v>2.646</v>
+      </c>
+      <c r="C25" s="12">
+        <v>2.434</v>
+      </c>
+      <c r="D25" s="12">
+        <v>2.165</v>
+      </c>
+      <c r="E25" s="12">
+        <v>2.1981</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>22</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:4">
+        <v>24</v>
+      </c>
+      <c r="B26" s="12">
+        <v>8.8805</v>
+      </c>
+      <c r="C26" s="12">
+        <v>3.0579</v>
+      </c>
+      <c r="D26" s="12">
+        <v>3.155</v>
+      </c>
+      <c r="E26" s="12">
+        <v>3.1942</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>23</v>
-[...11 lines deleted...]
-    <row r="28" spans="1:4">
+        <v>25</v>
+      </c>
+      <c r="B27" s="12">
+        <v>8.723100000000001</v>
+      </c>
+      <c r="C27" s="12">
+        <v>2.9437</v>
+      </c>
+      <c r="D27" s="12">
+        <v>3.1837</v>
+      </c>
+      <c r="E27" s="12">
+        <v>3.203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
-    </row>
-    <row r="29" spans="1:4">
+      <c r="E28"/>
+    </row>
+    <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
-    </row>
-    <row r="30" spans="1:4">
+      <c r="E29" s="5"/>
+    </row>
+    <row r="30" spans="1:5">
       <c r="A30" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="12">
+        <v>7.9864</v>
+      </c>
+      <c r="C30" s="12">
+        <v>2.4558</v>
+      </c>
+      <c r="D30" s="12">
+        <v>3.2596</v>
+      </c>
+      <c r="E30" s="12">
+        <v>3.247</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s">
+        <v>23</v>
+      </c>
+      <c r="B31" s="12">
+        <v>-0.0008</v>
+      </c>
+      <c r="C31" s="12">
+        <v>0.9749</v>
+      </c>
+      <c r="D31" s="12">
+        <v>2.1828</v>
+      </c>
+      <c r="E31" s="12">
+        <v>2.3523</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="12">
+        <v>7.654</v>
+      </c>
+      <c r="C32" s="12">
+        <v>3.473</v>
+      </c>
+      <c r="D32" s="12">
+        <v>5.4205</v>
+      </c>
+      <c r="E32" s="12">
+        <v>5.5422</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s">
         <v>25</v>
       </c>
-      <c r="B30" s="11">
-[...51 lines deleted...]
-    <row r="34" spans="1:4">
+      <c r="B33" s="12">
+        <v>1.3357</v>
+      </c>
+      <c r="C33" s="12">
+        <v>2.5484</v>
+      </c>
+      <c r="D33" s="12">
+        <v>5.3195</v>
+      </c>
+      <c r="E33" s="12">
+        <v>5.3604</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
-    </row>
-    <row r="35" spans="1:4">
+      <c r="E34"/>
+    </row>
+    <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
-    </row>
-    <row r="36" spans="1:4">
+      <c r="E35" s="5"/>
+    </row>
+    <row r="36" spans="1:5">
       <c r="A36" t="s">
+        <v>27</v>
+      </c>
+      <c r="B36" s="12">
+        <v>7.2737</v>
+      </c>
+      <c r="C36" s="12">
+        <v>1.3177</v>
+      </c>
+      <c r="D36" s="12">
+        <v>1.7835</v>
+      </c>
+      <c r="E36" s="12">
+        <v>1.7956</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="12">
+        <v>2.2801</v>
+      </c>
+      <c r="C37" s="12">
+        <v>1.9624</v>
+      </c>
+      <c r="D37" s="12">
+        <v>1.9872</v>
+      </c>
+      <c r="E37" s="12">
+        <v>2.0618</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" s="12">
+        <v>8.5221</v>
+      </c>
+      <c r="C38" s="12">
+        <v>3.1951</v>
+      </c>
+      <c r="D38" s="12">
+        <v>3.7916</v>
+      </c>
+      <c r="E38" s="12">
+        <v>3.8421</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" t="s">
         <v>25</v>
       </c>
-      <c r="B36" s="11">
-[...51 lines deleted...]
-    <row r="40" spans="1:4">
+      <c r="B39" s="12">
+        <v>6.5007</v>
+      </c>
+      <c r="C39" s="12">
+        <v>2.8333</v>
+      </c>
+      <c r="D39" s="12">
+        <v>3.7398</v>
+      </c>
+      <c r="E39" s="12">
+        <v>3.7781</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
-    </row>
-    <row r="41" spans="1:4">
+      <c r="E40"/>
+    </row>
+    <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-    <row r="42" spans="1:4">
+        <v>29</v>
+      </c>
+      <c r="B41" s="13"/>
+      <c r="C41" s="12">
+        <v>1.431</v>
+      </c>
+      <c r="D41" s="12">
+        <v>1.7476</v>
+      </c>
+      <c r="E41" s="12">
+        <v>1.8698</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>28</v>
-[...9 lines deleted...]
-    <row r="43" spans="1:4">
+        <v>30</v>
+      </c>
+      <c r="B42" s="13"/>
+      <c r="C42" s="12">
+        <v>6.9378</v>
+      </c>
+      <c r="D42" s="12">
+        <v>6.8516</v>
+      </c>
+      <c r="E42" s="12">
+        <v>6.6849</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>29</v>
-[...9 lines deleted...]
-    <row r="44" spans="1:4">
+        <v>31</v>
+      </c>
+      <c r="B43" s="13"/>
+      <c r="C43" s="12">
+        <v>6.6323</v>
+      </c>
+      <c r="D43" s="12">
+        <v>7.0768</v>
+      </c>
+      <c r="E43" s="12">
+        <v>6.7648</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>30</v>
-[...9 lines deleted...]
-    <row r="45" spans="1:4">
+        <v>32</v>
+      </c>
+      <c r="B44" s="13"/>
+      <c r="C44" s="12">
+        <v>8.484400000000001</v>
+      </c>
+      <c r="D44" s="12">
+        <v>9.0977</v>
+      </c>
+      <c r="E44" s="12">
+        <v>9.006500000000001</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
-    </row>
-    <row r="46" spans="1:4">
+      <c r="E45"/>
+    </row>
+    <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
-    </row>
-    <row r="47" spans="1:4">
+      <c r="E46"/>
+    </row>
+    <row r="47" spans="1:5">
       <c r="A47" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
-    </row>
-    <row r="48" spans="1:4">
+      <c r="E47" s="5"/>
+    </row>
+    <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-    <row r="49" spans="1:4">
+        <v>34</v>
+      </c>
+      <c r="B48" s="13"/>
+      <c r="C48" s="12">
+        <v>35.939</v>
+      </c>
+      <c r="D48" s="12">
+        <v>36.0483</v>
+      </c>
+      <c r="E48" s="12">
+        <v>36.096</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-    <row r="50" spans="1:4">
+        <v>35</v>
+      </c>
+      <c r="B49" s="13"/>
+      <c r="C49" s="12">
+        <v>13.9149</v>
+      </c>
+      <c r="D49" s="12">
+        <v>14.3335</v>
+      </c>
+      <c r="E49" s="12">
+        <v>14.7257</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-    <row r="51" spans="1:4">
+        <v>36</v>
+      </c>
+      <c r="B50" s="13"/>
+      <c r="C50" s="12">
+        <v>25.9554</v>
+      </c>
+      <c r="D50" s="12">
+        <v>25.9197</v>
+      </c>
+      <c r="E50" s="12">
+        <v>25.9197</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
-    </row>
-    <row r="52" spans="1:4">
+      <c r="E51"/>
+    </row>
+    <row r="52" spans="1:5">
       <c r="A52" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
-    </row>
-    <row r="53" spans="1:4">
+      <c r="E52" s="5"/>
+    </row>
+    <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>36</v>
-[...9 lines deleted...]
-    <row r="54" spans="1:4">
+        <v>38</v>
+      </c>
+      <c r="B53" s="14"/>
+      <c r="C53" s="17">
+        <v>2.2129</v>
+      </c>
+      <c r="D53" s="17">
+        <v>2.4049</v>
+      </c>
+      <c r="E53" s="17">
+        <v>2.6306</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="C54" s="14"/>
+        <v>39</v>
+      </c>
+      <c r="B54" s="10"/>
+      <c r="C54" s="8">
+        <v>945.3758</v>
+      </c>
       <c r="D54" s="8">
-        <v>970.8243</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:4">
+        <v>976.653</v>
+      </c>
+      <c r="E54" s="8">
+        <v>1006.3962</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
-    </row>
-    <row r="56" spans="1:4">
+      <c r="E55"/>
+    </row>
+    <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="C56" s="14"/>
+        <v>40</v>
+      </c>
+      <c r="B56" s="10"/>
+      <c r="C56" s="8">
+        <v>1050.96</v>
+      </c>
       <c r="D56" s="8">
-        <v>1077.2427</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:4">
+        <v>1066.2542</v>
+      </c>
+      <c r="E56" s="8">
+        <v>1095.9506</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      <c r="C57" s="14"/>
+        <v>41</v>
+      </c>
+      <c r="B57" s="10"/>
+      <c r="C57" s="8">
+        <v>1775.4822</v>
+      </c>
       <c r="D57" s="8">
-        <v>1826.869</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:4">
+        <v>2016.6004</v>
+      </c>
+      <c r="E57" s="8">
+        <v>2107.2291</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      <c r="C58" s="14"/>
+        <v>42</v>
+      </c>
+      <c r="B58" s="10"/>
+      <c r="C58" s="8">
+        <v>9953.7853</v>
+      </c>
       <c r="D58" s="8">
-        <v>9873.4074</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:4">
+        <v>9819.6315</v>
+      </c>
+      <c r="E58" s="8">
+        <v>9758.245800000001</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      <c r="C59" s="14"/>
+        <v>43</v>
+      </c>
+      <c r="B59" s="10"/>
+      <c r="C59" s="8">
+        <v>980.7676</v>
+      </c>
       <c r="D59" s="8">
-        <v>982.326</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:4">
+        <v>1043.6355</v>
+      </c>
+      <c r="E59" s="8">
+        <v>1117.4952</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
       <c r="A61" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:4">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
-    </row>
-    <row r="63" spans="1:4">
+      <c r="E62"/>
+    </row>
+    <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
-    </row>
-    <row r="64" spans="1:4">
+      <c r="E63"/>
+    </row>
+    <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
-    </row>
-    <row r="65" spans="1:4">
+      <c r="E64"/>
+    </row>
+    <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="E65"/>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66"/>
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A67"/>
+      <c r="E66"/>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" t="s">
+        <v>49</v>
+      </c>
       <c r="B67"/>
       <c r="C67"/>
       <c r="D67"/>
-    </row>
-    <row r="68" spans="1:4">
+      <c r="E67"/>
+    </row>
+    <row r="68" spans="1:5">
       <c r="A68" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
-    </row>
-    <row r="69" spans="1:4">
+      <c r="E68"/>
+    </row>
+    <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
-    </row>
-    <row r="70" spans="1:4">
+      <c r="E69"/>
+    </row>
+    <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
-    </row>
-    <row r="71" spans="1:4">
+      <c r="E70"/>
+    </row>
+    <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
-    </row>
-    <row r="72" spans="1:4">
+      <c r="E71"/>
+    </row>
+    <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
-    </row>
-    <row r="73" spans="1:4">
+      <c r="E72"/>
+    </row>
+    <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
-    </row>
-    <row r="74" spans="1:4">
+      <c r="E73"/>
+    </row>
+    <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
-    </row>
-    <row r="75" spans="1:4">
+      <c r="E74"/>
+    </row>
+    <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
-    </row>
-    <row r="76" spans="1:4">
+      <c r="E75"/>
+    </row>
+    <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
-    </row>
-[...17 lines deleted...]
-      <c r="A80" s="19" t="s">
+      <c r="E76"/>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" s="19" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A62:D62"/>
-[...15 lines deleted...]
-    <mergeCell ref="A78:D78"/>
+    <mergeCell ref="A62:E62"/>
+    <mergeCell ref="A63:E63"/>
+    <mergeCell ref="A64:E64"/>
+    <mergeCell ref="A65:E65"/>
+    <mergeCell ref="A66:E66"/>
+    <mergeCell ref="A67:E67"/>
+    <mergeCell ref="A68:E68"/>
+    <mergeCell ref="A69:E69"/>
+    <mergeCell ref="A70:E70"/>
+    <mergeCell ref="A71:E71"/>
+    <mergeCell ref="A72:E72"/>
+    <mergeCell ref="A73:E73"/>
+    <mergeCell ref="A74:E74"/>
+    <mergeCell ref="A75:E75"/>
+    <mergeCell ref="A76:E76"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="61" man="1"/>
-    <brk id="80" man="1"/>
+    <brk id="78" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E78"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A78" sqref="A78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="104.974365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B7" s="8">
         <v>14</v>
       </c>
       <c r="C7" s="8">
-        <v>15413.9383</v>
+        <v>3537.0203</v>
       </c>
       <c r="D7" s="8">
-        <v>15291.3086</v>
+        <v>3305</v>
       </c>
       <c r="E7" s="8">
-        <v>15492.6402</v>
+        <v>3626.28</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
-        <v>8</v>
-[...11 lines deleted...]
-        <v>2199</v>
+        <v>10</v>
+      </c>
+      <c r="B8" s="15">
+        <v>0</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" s="9" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B10" s="8">
         <v>14</v>
       </c>
       <c r="C10" s="8">
-        <v>5495.0753</v>
+        <v>1455.2495</v>
       </c>
       <c r="D10" s="8">
-        <v>5417.5296</v>
+        <v>1407.8281</v>
       </c>
       <c r="E10" s="8">
-        <v>5581.4925</v>
+        <v>1532.9088</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B11" s="9">
         <v>12</v>
       </c>
-      <c r="C11" s="9">
-[...6 lines deleted...]
-        <v>676.7678</v>
+      <c r="B11" s="15">
+        <v>0</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" s="9" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B13" s="8">
         <v>14</v>
       </c>
       <c r="C13" s="8">
-        <v>20909.0851</v>
+        <v>4992.2697</v>
       </c>
       <c r="D13" s="8">
-        <v>20798.1272</v>
+        <v>4750</v>
       </c>
       <c r="E13" s="8">
-        <v>20977.677</v>
+        <v>5159.1888</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B14" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>7530.927</v>
+        <v>0</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="6" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>2815.9381</v>
+        <v>15</v>
+      </c>
+      <c r="B15" s="15">
+        <v>0</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" s="9" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B17" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>235</v>
+        <v>0</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B18" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>679.7153</v>
+        <v>0</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B19" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>1917.6091</v>
+        <v>0</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>49.15</v>
+        <v>0</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B21" s="20">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>4.1128</v>
+        <v>0</v>
+      </c>
+      <c r="C21" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
         <v>14</v>
       </c>
-      <c r="C24" s="11">
-[...6 lines deleted...]
-        <v>0.1989</v>
+      <c r="C24" s="12">
+        <v>6.7409</v>
+      </c>
+      <c r="D24" s="12">
+        <v>1.1</v>
+      </c>
+      <c r="E24" s="12">
+        <v>9.208299999999999</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
         <v>13</v>
       </c>
-      <c r="C25" s="11">
-[...6 lines deleted...]
-        <v>4.1573</v>
+      <c r="C25" s="12">
+        <v>2.646</v>
+      </c>
+      <c r="D25" s="12">
+        <v>1.7708</v>
+      </c>
+      <c r="E25" s="12">
+        <v>3.3</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B26" s="8">
         <v>14</v>
       </c>
-      <c r="C26" s="11">
-[...6 lines deleted...]
-        <v>3.7235</v>
+      <c r="C26" s="12">
+        <v>8.8805</v>
+      </c>
+      <c r="D26" s="12">
+        <v>2.1</v>
+      </c>
+      <c r="E26" s="12">
+        <v>11.7083</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B27" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>3.4843</v>
+        <v>14</v>
+      </c>
+      <c r="C27" s="12">
+        <v>8.723100000000001</v>
+      </c>
+      <c r="D27" s="12">
+        <v>1.6</v>
+      </c>
+      <c r="E27" s="12">
+        <v>11.4749</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B30" s="8">
         <v>14</v>
       </c>
-      <c r="C30" s="11">
-[...6 lines deleted...]
-        <v>1.1144</v>
+      <c r="C30" s="12">
+        <v>7.9864</v>
+      </c>
+      <c r="D30" s="12">
+        <v>2.3</v>
+      </c>
+      <c r="E30" s="12">
+        <v>10.8966</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B31" s="8">
         <v>13</v>
       </c>
-      <c r="C31" s="11">
-[...6 lines deleted...]
-        <v>3.2448</v>
+      <c r="C31" s="12">
+        <v>-0.0008</v>
+      </c>
+      <c r="D31" s="12">
+        <v>-1.5</v>
+      </c>
+      <c r="E31" s="12">
+        <v>2.1</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B32" s="8">
         <v>14</v>
       </c>
-      <c r="C32" s="11">
-[...6 lines deleted...]
-        <v>3.3072</v>
+      <c r="C32" s="12">
+        <v>7.654</v>
+      </c>
+      <c r="D32" s="12">
+        <v>-0.9</v>
+      </c>
+      <c r="E32" s="12">
+        <v>10.4</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B33" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>5.9207</v>
+        <v>14</v>
+      </c>
+      <c r="C33" s="12">
+        <v>1.3357</v>
+      </c>
+      <c r="D33" s="12">
+        <v>-1.9618</v>
+      </c>
+      <c r="E33" s="12">
+        <v>6.7485</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B36" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>0.284</v>
+        <v>13</v>
+      </c>
+      <c r="C36" s="12">
+        <v>7.2737</v>
+      </c>
+      <c r="D36" s="12">
+        <v>1.6</v>
+      </c>
+      <c r="E36" s="12">
+        <v>9.039099999999999</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>3.7643</v>
+        <v>12</v>
+      </c>
+      <c r="C37" s="12">
+        <v>2.2801</v>
+      </c>
+      <c r="D37" s="12">
+        <v>1.1177</v>
+      </c>
+      <c r="E37" s="12">
+        <v>8.196099999999999</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B38" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>3.0209</v>
+        <v>13</v>
+      </c>
+      <c r="C38" s="12">
+        <v>8.5221</v>
+      </c>
+      <c r="D38" s="12">
+        <v>1.2</v>
+      </c>
+      <c r="E38" s="12">
+        <v>10.9651</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B39" s="8">
         <v>13</v>
       </c>
-      <c r="C39" s="11">
-[...6 lines deleted...]
-        <v>3.1142</v>
+      <c r="C39" s="12">
+        <v>6.5007</v>
+      </c>
+      <c r="D39" s="12">
+        <v>1.3</v>
+      </c>
+      <c r="E39" s="12">
+        <v>10.0275</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B41" s="8">
-        <v>10</v>
-[...8 lines deleted...]
-        <v>4.1732</v>
+        <v>0</v>
+      </c>
+      <c r="C41" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D41" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E41" s="13" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B42" s="8">
-        <v>12</v>
-[...8 lines deleted...]
-        <v>7.1053</v>
+        <v>0</v>
+      </c>
+      <c r="C42" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D42" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E42" s="13" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B43" s="8">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="D43" s="11">
         <v>0</v>
       </c>
-      <c r="E43" s="11">
-        <v>7.1157</v>
+      <c r="C43" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D43" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E43" s="13" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B44" s="8">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>6.4124</v>
+        <v>0</v>
+      </c>
+      <c r="C44" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D44" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E44" s="13" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B48" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>36.2096</v>
+        <v>0</v>
+      </c>
+      <c r="C48" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D48" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E48" s="13" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B49" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>13.4537</v>
+        <v>0</v>
+      </c>
+      <c r="C49" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D49" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E49" s="13" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
-        <v>12</v>
-[...8 lines deleted...]
-        <v>26.1963</v>
+        <v>0</v>
+      </c>
+      <c r="C50" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="D50" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E50" s="13" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>2.07</v>
+        <v>0</v>
+      </c>
+      <c r="C53" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D53" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="E53" s="14" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B54" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>1145</v>
+        <v>0</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E54" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B56" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>1313.1085</v>
+        <v>0</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B57" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>1897.5954</v>
+        <v>0</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E57" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B58" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>10313.288</v>
+        <v>0</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E58" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B59" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>950.52</v>
+        <v>0</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E59" s="10" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="18" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
     </row>
     <row r="66" spans="1:5">
       <c r="A66"/>
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="B67"/>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>58</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="19" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A62:E62"/>
     <mergeCell ref="A63:E63"/>
@@ -2642,947 +2745,947 @@
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B7" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C7" s="8">
-        <v>3748.9163</v>
+        <v>15857.3081</v>
       </c>
       <c r="D7" s="8">
-        <v>3626</v>
+        <v>15741.66</v>
       </c>
       <c r="E7" s="8">
-        <v>3827.6402</v>
+        <v>16102.42</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
-        <v>8</v>
-[...11 lines deleted...]
-        <v>77</v>
+        <v>10</v>
+      </c>
+      <c r="B8" s="15">
+        <v>13</v>
+      </c>
+      <c r="C8" s="15">
+        <v>2284.6564</v>
+      </c>
+      <c r="D8" s="15">
+        <v>2249.6713</v>
+      </c>
+      <c r="E8" s="15">
+        <v>2368.0625</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B10" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C10" s="8">
-        <v>1476.0883</v>
+        <v>5637.2314</v>
       </c>
       <c r="D10" s="8">
-        <v>1398.5296</v>
+        <v>5510.4534</v>
       </c>
       <c r="E10" s="8">
-        <v>1562.4925</v>
+        <v>5993.923</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>10</v>
-[...11 lines deleted...]
-        <v>77</v>
+        <v>12</v>
+      </c>
+      <c r="B11" s="15">
+        <v>13</v>
+      </c>
+      <c r="C11" s="15">
+        <v>829.0001</v>
+      </c>
+      <c r="D11" s="15">
+        <v>615.8048</v>
+      </c>
+      <c r="E11" s="15">
+        <v>2294.1111</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B13" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C13" s="8">
-        <v>5225.9436</v>
+        <v>21494.4728</v>
       </c>
       <c r="D13" s="8">
-        <v>5114</v>
+        <v>21390</v>
       </c>
       <c r="E13" s="8">
-        <v>5293.677</v>
+        <v>21735.583</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B14" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C14" s="8">
+        <v>7723.349</v>
+      </c>
+      <c r="D14" s="8">
+        <v>7649</v>
+      </c>
+      <c r="E14" s="8">
+        <v>8042.1657</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="6" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>77</v>
+        <v>15</v>
+      </c>
+      <c r="B15" s="15">
+        <v>15</v>
+      </c>
+      <c r="C15" s="15">
+        <v>2990.8799</v>
+      </c>
+      <c r="D15" s="15">
+        <v>2980</v>
+      </c>
+      <c r="E15" s="15">
+        <v>3000.78</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B17" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>15</v>
+      </c>
+      <c r="C17" s="8">
+        <v>255.7167</v>
+      </c>
+      <c r="D17" s="8">
+        <v>238.6448</v>
+      </c>
+      <c r="E17" s="8">
+        <v>261</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="8">
         <v>15</v>
       </c>
-      <c r="B18" s="8">
-[...9 lines deleted...]
-        <v>77</v>
+      <c r="C18" s="8">
+        <v>708.8801</v>
+      </c>
+      <c r="D18" s="8">
+        <v>697.8643</v>
+      </c>
+      <c r="E18" s="8">
+        <v>715.8818</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B19" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>15</v>
+      </c>
+      <c r="C19" s="8">
+        <v>2007.7522</v>
+      </c>
+      <c r="D19" s="8">
+        <v>1971.9288</v>
+      </c>
+      <c r="E19" s="8">
+        <v>2034.9245</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>15</v>
+      </c>
+      <c r="C20" s="8">
+        <v>43.4688</v>
+      </c>
+      <c r="D20" s="8">
+        <v>36.9145</v>
+      </c>
+      <c r="E20" s="8">
+        <v>46.3165</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B21" s="20">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>15</v>
+      </c>
+      <c r="C21" s="16">
+        <v>4.4489</v>
+      </c>
+      <c r="D21" s="16">
+        <v>4.421</v>
+      </c>
+      <c r="E21" s="16">
+        <v>4.5004</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>1.5</v>
+        <v>15</v>
+      </c>
+      <c r="C24" s="12">
+        <v>0.723</v>
+      </c>
+      <c r="D24" s="12">
+        <v>0.1001</v>
+      </c>
+      <c r="E24" s="12">
+        <v>1.8915</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>5</v>
+        <v>14</v>
+      </c>
+      <c r="C25" s="12">
+        <v>2.434</v>
+      </c>
+      <c r="D25" s="12">
+        <v>1.826</v>
+      </c>
+      <c r="E25" s="12">
+        <v>3.0203</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B26" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>4.8</v>
+        <v>15</v>
+      </c>
+      <c r="C26" s="12">
+        <v>3.0579</v>
+      </c>
+      <c r="D26" s="12">
+        <v>2</v>
+      </c>
+      <c r="E26" s="12">
+        <v>4.414</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B27" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>4.8094</v>
+        <v>15</v>
+      </c>
+      <c r="C27" s="12">
+        <v>2.9437</v>
+      </c>
+      <c r="D27" s="12">
+        <v>2.192</v>
+      </c>
+      <c r="E27" s="12">
+        <v>4.534</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B30" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>5</v>
+        <v>15</v>
+      </c>
+      <c r="C30" s="12">
+        <v>2.4558</v>
+      </c>
+      <c r="D30" s="12">
+        <v>0.8427</v>
+      </c>
+      <c r="E30" s="12">
+        <v>3.8083</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B31" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>14</v>
+      </c>
+      <c r="C31" s="12">
+        <v>0.9749</v>
+      </c>
+      <c r="D31" s="12">
+        <v>0.1415</v>
+      </c>
+      <c r="E31" s="12">
+        <v>1.9544</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B32" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>5.21</v>
+        <v>15</v>
+      </c>
+      <c r="C32" s="12">
+        <v>3.473</v>
+      </c>
+      <c r="D32" s="12">
+        <v>1.5455</v>
+      </c>
+      <c r="E32" s="12">
+        <v>4.7319</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B33" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>11.7</v>
+        <v>15</v>
+      </c>
+      <c r="C33" s="12">
+        <v>2.5484</v>
+      </c>
+      <c r="D33" s="12">
+        <v>0.2447</v>
+      </c>
+      <c r="E33" s="12">
+        <v>9.039899999999999</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B36" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>1.8836</v>
+        <v>15</v>
+      </c>
+      <c r="C36" s="12">
+        <v>1.3177</v>
+      </c>
+      <c r="D36" s="12">
+        <v>0.8111</v>
+      </c>
+      <c r="E36" s="12">
+        <v>1.7825</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>4.9019</v>
+        <v>14</v>
+      </c>
+      <c r="C37" s="12">
+        <v>1.9624</v>
+      </c>
+      <c r="D37" s="12">
+        <v>1.5</v>
+      </c>
+      <c r="E37" s="12">
+        <v>2.4303</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B38" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>3.7449</v>
+        <v>15</v>
+      </c>
+      <c r="C38" s="12">
+        <v>3.1951</v>
+      </c>
+      <c r="D38" s="12">
+        <v>2.1409</v>
+      </c>
+      <c r="E38" s="12">
+        <v>3.6613</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B39" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>2.6</v>
+        <v>15</v>
+      </c>
+      <c r="C39" s="12">
+        <v>2.8333</v>
+      </c>
+      <c r="D39" s="12">
+        <v>2.3</v>
+      </c>
+      <c r="E39" s="12">
+        <v>3.993</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B41" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>11</v>
+      </c>
+      <c r="C41" s="12">
+        <v>1.431</v>
+      </c>
+      <c r="D41" s="12">
+        <v>1</v>
+      </c>
+      <c r="E41" s="12">
+        <v>1.6358</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B42" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>13</v>
+      </c>
+      <c r="C42" s="12">
+        <v>6.9378</v>
+      </c>
+      <c r="D42" s="12">
+        <v>6.2617</v>
+      </c>
+      <c r="E42" s="12">
+        <v>7.4405</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B43" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C43" s="12">
+        <v>6.6323</v>
+      </c>
+      <c r="D43" s="12">
+        <v>6.1</v>
+      </c>
+      <c r="E43" s="12">
+        <v>8</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B44" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>7</v>
+      </c>
+      <c r="C44" s="12">
+        <v>8.484400000000001</v>
+      </c>
+      <c r="D44" s="12">
+        <v>7.6</v>
+      </c>
+      <c r="E44" s="12">
+        <v>9.2903</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B48" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C48" s="12">
+        <v>35.939</v>
+      </c>
+      <c r="D48" s="12">
+        <v>35.6994</v>
+      </c>
+      <c r="E48" s="12">
+        <v>37</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B49" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>15</v>
+      </c>
+      <c r="C49" s="12">
+        <v>13.9149</v>
+      </c>
+      <c r="D49" s="12">
+        <v>13.7714</v>
+      </c>
+      <c r="E49" s="12">
+        <v>14.0206</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C50" s="12">
+        <v>25.9554</v>
+      </c>
+      <c r="D50" s="12">
+        <v>25.5</v>
+      </c>
+      <c r="E50" s="12">
+        <v>26.0244</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C53" s="17">
+        <v>2.2129</v>
+      </c>
+      <c r="D53" s="17">
+        <v>2.176</v>
+      </c>
+      <c r="E53" s="17">
+        <v>2.2363</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B54" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C54" s="8">
+        <v>945.3758</v>
+      </c>
+      <c r="D54" s="8">
+        <v>812.519</v>
+      </c>
+      <c r="E54" s="8">
+        <v>1064.7231</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B56" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C56" s="8">
+        <v>1050.96</v>
+      </c>
+      <c r="D56" s="8">
+        <v>783.6027</v>
+      </c>
+      <c r="E56" s="8">
+        <v>1132.8806</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B57" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C57" s="8">
+        <v>1775.4822</v>
+      </c>
+      <c r="D57" s="8">
+        <v>1558.7196</v>
+      </c>
+      <c r="E57" s="8">
+        <v>1866.7877</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B58" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C58" s="8">
+        <v>9953.7853</v>
+      </c>
+      <c r="D58" s="8">
+        <v>9698.123</v>
+      </c>
+      <c r="E58" s="8">
+        <v>10110</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B59" s="8">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>77</v>
+        <v>14</v>
+      </c>
+      <c r="C59" s="8">
+        <v>980.7676</v>
+      </c>
+      <c r="D59" s="8">
+        <v>961.0659000000001</v>
+      </c>
+      <c r="E59" s="8">
+        <v>989.9669</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="18" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
     </row>
     <row r="66" spans="1:5">
       <c r="A66"/>
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="B67"/>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>58</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="19" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A62:E62"/>
     <mergeCell ref="A63:E63"/>
@@ -3639,947 +3742,1944 @@
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B7" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C7" s="8">
-        <v>15858.223</v>
+        <v>16361.3438</v>
       </c>
       <c r="D7" s="8">
-        <v>15750.0479</v>
+        <v>16170</v>
       </c>
       <c r="E7" s="8">
-        <v>16034.8826</v>
+        <v>16585.4926</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
-        <v>8</v>
-[...11 lines deleted...]
-        <v>2334</v>
+        <v>10</v>
+      </c>
+      <c r="B8" s="15">
+        <v>13</v>
+      </c>
+      <c r="C8" s="15">
+        <v>2421.1754</v>
+      </c>
+      <c r="D8" s="15">
+        <v>2367</v>
+      </c>
+      <c r="E8" s="15">
+        <v>2499.9554</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B10" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C10" s="8">
-        <v>5568.2586</v>
+        <v>5936.5525</v>
       </c>
       <c r="D10" s="8">
-        <v>5400.3856</v>
+        <v>5845.9023</v>
       </c>
       <c r="E10" s="8">
-        <v>5829.9777</v>
+        <v>6165.182</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="B11" s="9">
         <v>12</v>
       </c>
-      <c r="C11" s="9">
-[...6 lines deleted...]
-        <v>728.88</v>
+      <c r="B11" s="15">
+        <v>13</v>
+      </c>
+      <c r="C11" s="15">
+        <v>904.4</v>
+      </c>
+      <c r="D11" s="15">
+        <v>712.204</v>
+      </c>
+      <c r="E11" s="15">
+        <v>2437.3495</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B13" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C13" s="8">
-        <v>21426.4816</v>
+        <v>22297.8963</v>
       </c>
       <c r="D13" s="8">
-        <v>21288.6027</v>
+        <v>22124</v>
       </c>
       <c r="E13" s="8">
-        <v>21608.0697</v>
+        <v>22454.3319</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B14" s="8">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C14" s="8">
-        <v>7675.3695</v>
+        <v>8034.7003</v>
       </c>
       <c r="D14" s="8">
-        <v>7467.5426</v>
+        <v>7937</v>
       </c>
       <c r="E14" s="8">
-        <v>7984.6094</v>
+        <v>8280.263999999999</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="6" t="s">
-        <v>13</v>
-[...11 lines deleted...]
-        <v>2993.0338</v>
+        <v>15</v>
+      </c>
+      <c r="B15" s="15">
+        <v>15</v>
+      </c>
+      <c r="C15" s="15">
+        <v>3196.011</v>
+      </c>
+      <c r="D15" s="15">
+        <v>3177.8164</v>
+      </c>
+      <c r="E15" s="15">
+        <v>3215.6646</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B17" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C17" s="8">
-        <v>219.1556</v>
+        <v>264.2802</v>
       </c>
       <c r="D17" s="8">
-        <v>185.0831</v>
+        <v>226.5701</v>
       </c>
       <c r="E17" s="8">
-        <v>252.2624</v>
+        <v>306.0037</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="8">
         <v>15</v>
       </c>
-      <c r="B18" s="8">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="8">
-        <v>711.8599</v>
+        <v>758.9767000000001</v>
       </c>
       <c r="D18" s="8">
-        <v>686.1493</v>
+        <v>724.3131</v>
       </c>
       <c r="E18" s="8">
-        <v>724</v>
+        <v>768.6285</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B19" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C19" s="8">
-        <v>2016.3977</v>
+        <v>2152.9442</v>
       </c>
       <c r="D19" s="8">
-        <v>1966.8677</v>
+        <v>2096.1299</v>
       </c>
       <c r="E19" s="8">
-        <v>2058</v>
+        <v>2204.629</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B20" s="8">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C20" s="8">
-        <v>46.4426</v>
+        <v>48.4262</v>
       </c>
       <c r="D20" s="8">
-        <v>38</v>
+        <v>42.1379</v>
       </c>
       <c r="E20" s="8">
-        <v>54.4893</v>
+        <v>52.9</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B21" s="20">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>4.56</v>
+        <v>15</v>
+      </c>
+      <c r="C21" s="16">
+        <v>4.8668</v>
+      </c>
+      <c r="D21" s="16">
+        <v>4.7955</v>
+      </c>
+      <c r="E21" s="16">
+        <v>5.0249</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>1.8</v>
+        <v>15</v>
+      </c>
+      <c r="C24" s="12">
+        <v>0.9845</v>
+      </c>
+      <c r="D24" s="12">
+        <v>0.5</v>
+      </c>
+      <c r="E24" s="12">
+        <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B25" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>3.0008</v>
+        <v>14</v>
+      </c>
+      <c r="C25" s="12">
+        <v>2.165</v>
+      </c>
+      <c r="D25" s="12">
+        <v>1.5</v>
+      </c>
+      <c r="E25" s="12">
+        <v>2.7</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B26" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>3.8858</v>
+        <v>15</v>
+      </c>
+      <c r="C26" s="12">
+        <v>3.155</v>
+      </c>
+      <c r="D26" s="12">
+        <v>2.6</v>
+      </c>
+      <c r="E26" s="12">
+        <v>3.9264</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B27" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>3.5247</v>
+        <v>15</v>
+      </c>
+      <c r="C27" s="12">
+        <v>3.1837</v>
+      </c>
+      <c r="D27" s="12">
+        <v>2.6</v>
+      </c>
+      <c r="E27" s="12">
+        <v>3.9225</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B30" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>4.3382</v>
+        <v>15</v>
+      </c>
+      <c r="C30" s="12">
+        <v>3.2596</v>
+      </c>
+      <c r="D30" s="12">
+        <v>2.2</v>
+      </c>
+      <c r="E30" s="12">
+        <v>4.5</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B31" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>2.7796</v>
+        <v>14</v>
+      </c>
+      <c r="C31" s="12">
+        <v>2.1828</v>
+      </c>
+      <c r="D31" s="12">
+        <v>1</v>
+      </c>
+      <c r="E31" s="12">
+        <v>3.5</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B32" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>5.2127</v>
+        <v>15</v>
+      </c>
+      <c r="C32" s="12">
+        <v>5.4205</v>
+      </c>
+      <c r="D32" s="12">
+        <v>2.8572</v>
+      </c>
+      <c r="E32" s="12">
+        <v>6.8</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B33" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>5.8683</v>
+        <v>15</v>
+      </c>
+      <c r="C33" s="12">
+        <v>5.3195</v>
+      </c>
+      <c r="D33" s="12">
+        <v>2.8572</v>
+      </c>
+      <c r="E33" s="12">
+        <v>6.8</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B36" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>1.9</v>
+        <v>15</v>
+      </c>
+      <c r="C36" s="12">
+        <v>1.7835</v>
+      </c>
+      <c r="D36" s="12">
+        <v>1.2066</v>
+      </c>
+      <c r="E36" s="12">
+        <v>2.5398</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B37" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>2.8082</v>
+        <v>14</v>
+      </c>
+      <c r="C37" s="12">
+        <v>1.9872</v>
+      </c>
+      <c r="D37" s="12">
+        <v>1.4</v>
+      </c>
+      <c r="E37" s="12">
+        <v>2.6641</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B38" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>3.8869</v>
+        <v>15</v>
+      </c>
+      <c r="C38" s="12">
+        <v>3.7916</v>
+      </c>
+      <c r="D38" s="12">
+        <v>2.9606</v>
+      </c>
+      <c r="E38" s="12">
+        <v>4.3242</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B39" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>3.7595</v>
+        <v>15</v>
+      </c>
+      <c r="C39" s="12">
+        <v>3.7398</v>
+      </c>
+      <c r="D39" s="12">
+        <v>2.9606</v>
+      </c>
+      <c r="E39" s="12">
+        <v>4.3242</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B41" s="8">
-        <v>10</v>
-[...8 lines deleted...]
-        <v>2.2447</v>
+        <v>11</v>
+      </c>
+      <c r="C41" s="12">
+        <v>1.7476</v>
+      </c>
+      <c r="D41" s="12">
+        <v>0.8367</v>
+      </c>
+      <c r="E41" s="12">
+        <v>2.5</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B42" s="8">
-        <v>12</v>
-[...8 lines deleted...]
-        <v>7.5343</v>
+        <v>13</v>
+      </c>
+      <c r="C42" s="12">
+        <v>6.8516</v>
+      </c>
+      <c r="D42" s="12">
+        <v>6.1749</v>
+      </c>
+      <c r="E42" s="12">
+        <v>7.1</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B43" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>7.2728</v>
+        <v>14</v>
+      </c>
+      <c r="C43" s="12">
+        <v>7.0768</v>
+      </c>
+      <c r="D43" s="12">
+        <v>6.2269</v>
+      </c>
+      <c r="E43" s="12">
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B44" s="8">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>10.8691</v>
+        <v>7</v>
+      </c>
+      <c r="C44" s="12">
+        <v>9.0977</v>
+      </c>
+      <c r="D44" s="12">
+        <v>7.7967</v>
+      </c>
+      <c r="E44" s="12">
+        <v>9.7874</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B48" s="8">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="E48" s="11">
+        <v>14</v>
+      </c>
+      <c r="C48" s="12">
+        <v>36.0483</v>
+      </c>
+      <c r="D48" s="12">
+        <v>35.6976</v>
+      </c>
+      <c r="E48" s="12">
         <v>37</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B49" s="8">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>14.0093</v>
+        <v>15</v>
+      </c>
+      <c r="C49" s="12">
+        <v>14.3335</v>
+      </c>
+      <c r="D49" s="12">
+        <v>14.1524</v>
+      </c>
+      <c r="E49" s="12">
+        <v>14.4639</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B50" s="8">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="D50" s="11">
+        <v>14</v>
+      </c>
+      <c r="C50" s="12">
+        <v>25.9197</v>
+      </c>
+      <c r="D50" s="12">
         <v>25</v>
       </c>
-      <c r="E50" s="11">
-        <v>26.0247</v>
+      <c r="E50" s="12">
+        <v>26.0245</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B53" s="8">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>2.28</v>
+        <v>14</v>
+      </c>
+      <c r="C53" s="17">
+        <v>2.4049</v>
+      </c>
+      <c r="D53" s="17">
+        <v>2.2568</v>
+      </c>
+      <c r="E53" s="17">
+        <v>2.4998</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B54" s="8">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C54" s="8">
-        <v>970.8243</v>
+        <v>976.653</v>
       </c>
       <c r="D54" s="8">
-        <v>844.0503</v>
+        <v>854.2255</v>
       </c>
       <c r="E54" s="8">
-        <v>1166</v>
+        <v>1100.6694</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B56" s="8">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C56" s="8">
-        <v>1077.2427</v>
+        <v>1066.2542</v>
       </c>
       <c r="D56" s="8">
-        <v>829.7148</v>
+        <v>810.5915</v>
       </c>
       <c r="E56" s="8">
-        <v>1375.8343</v>
+        <v>1163.2443</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B57" s="8">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C57" s="8">
-        <v>1826.869</v>
+        <v>2016.6004</v>
       </c>
       <c r="D57" s="8">
-        <v>1539.2474</v>
+        <v>1730.8414</v>
       </c>
       <c r="E57" s="8">
-        <v>2103</v>
+        <v>2935.3654</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B58" s="8">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C58" s="8">
-        <v>9873.4074</v>
+        <v>9819.6315</v>
       </c>
       <c r="D58" s="8">
-        <v>8375</v>
+        <v>8047.5097</v>
       </c>
       <c r="E58" s="8">
-        <v>10751.07</v>
+        <v>11080.6112</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B59" s="8">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C59" s="8">
-        <v>982.326</v>
+        <v>1043.6355</v>
       </c>
       <c r="D59" s="8">
-        <v>942.8694</v>
+        <v>966.0657</v>
       </c>
       <c r="E59" s="8">
-        <v>1006</v>
+        <v>1068.3147</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="18" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
     </row>
     <row r="66" spans="1:5">
       <c r="A66"/>
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="B67"/>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>76</v>
+        <v>57</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75"/>
+      <c r="D75"/>
+      <c r="E75"/>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" t="s">
+        <v>58</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76"/>
+      <c r="D76"/>
+      <c r="E76"/>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" s="19" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A62:E62"/>
+    <mergeCell ref="A63:E63"/>
+    <mergeCell ref="A64:E64"/>
+    <mergeCell ref="A65:E65"/>
+    <mergeCell ref="A66:E66"/>
+    <mergeCell ref="A67:E67"/>
+    <mergeCell ref="A68:E68"/>
+    <mergeCell ref="A69:E69"/>
+    <mergeCell ref="A70:E70"/>
+    <mergeCell ref="A71:E71"/>
+    <mergeCell ref="A72:E72"/>
+    <mergeCell ref="A73:E73"/>
+    <mergeCell ref="A74:E74"/>
+    <mergeCell ref="A75:E75"/>
+    <mergeCell ref="A76:E76"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+  <rowBreaks count="2" manualBreakCount="2">
+    <brk id="61" man="1"/>
+    <brk id="78" man="1"/>
+  </rowBreaks>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E78"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A78" sqref="A78"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="104.974365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="B2"/>
+      <c r="C2" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="B3" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="B4" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="3"/>
+      <c r="E4" s="3"/>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="B5" s="3"/>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3"/>
+      <c r="E5" s="3"/>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="5"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="5"/>
+      <c r="E6" s="5"/>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="8">
+        <v>14</v>
+      </c>
+      <c r="C7" s="8">
+        <v>16868.5076</v>
+      </c>
+      <c r="D7" s="8">
+        <v>16594</v>
+      </c>
+      <c r="E7" s="8">
+        <v>17198.8091</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="15">
+        <v>12</v>
+      </c>
+      <c r="C8" s="15">
+        <v>2560.6886</v>
+      </c>
+      <c r="D8" s="15">
+        <v>2485</v>
+      </c>
+      <c r="E8" s="15">
+        <v>2622.8032</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="B9"/>
+      <c r="C9"/>
+      <c r="D9"/>
+      <c r="E9"/>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="8">
+        <v>14</v>
+      </c>
+      <c r="C10" s="8">
+        <v>6259.55</v>
+      </c>
+      <c r="D10" s="8">
+        <v>6119.2831</v>
+      </c>
+      <c r="E10" s="8">
+        <v>6402.1627</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="15">
+        <v>12</v>
+      </c>
+      <c r="C11" s="15">
+        <v>992.0631</v>
+      </c>
+      <c r="D11" s="15">
+        <v>757.0947</v>
+      </c>
+      <c r="E11" s="15">
+        <v>2578.6917</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="B12"/>
+      <c r="C12"/>
+      <c r="D12"/>
+      <c r="E12"/>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="8">
+        <v>14</v>
+      </c>
+      <c r="C13" s="8">
+        <v>23127.9861</v>
+      </c>
+      <c r="D13" s="8">
+        <v>22885</v>
+      </c>
+      <c r="E13" s="8">
+        <v>23391.4355</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="8">
+        <v>13</v>
+      </c>
+      <c r="C14" s="8">
+        <v>8342.6427</v>
+      </c>
+      <c r="D14" s="8">
+        <v>8229</v>
+      </c>
+      <c r="E14" s="8">
+        <v>8525.441800000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="15">
+        <v>14</v>
+      </c>
+      <c r="C15" s="15">
+        <v>3405.6654</v>
+      </c>
+      <c r="D15" s="15">
+        <v>3370.3101</v>
+      </c>
+      <c r="E15" s="15">
+        <v>3431.1203</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="B16"/>
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16"/>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="8">
+        <v>14</v>
+      </c>
+      <c r="C17" s="8">
+        <v>268.4247</v>
+      </c>
+      <c r="D17" s="8">
+        <v>191.4968</v>
+      </c>
+      <c r="E17" s="8">
+        <v>336.239</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="8">
+        <v>14</v>
+      </c>
+      <c r="C18" s="8">
+        <v>812.4819</v>
+      </c>
+      <c r="D18" s="8">
+        <v>771.4201</v>
+      </c>
+      <c r="E18" s="8">
+        <v>835.7742</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="8">
+        <v>14</v>
+      </c>
+      <c r="C19" s="8">
+        <v>2303.4882</v>
+      </c>
+      <c r="D19" s="8">
+        <v>2194.6837</v>
+      </c>
+      <c r="E19" s="8">
+        <v>2397.2206</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s">
+        <v>19</v>
+      </c>
+      <c r="B20" s="8">
+        <v>14</v>
+      </c>
+      <c r="C20" s="8">
+        <v>52.7736</v>
+      </c>
+      <c r="D20" s="8">
+        <v>45.3266</v>
+      </c>
+      <c r="E20" s="8">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" s="20">
+        <v>14</v>
+      </c>
+      <c r="C21" s="16">
+        <v>5.3232</v>
+      </c>
+      <c r="D21" s="16">
+        <v>5.0986</v>
+      </c>
+      <c r="E21" s="16">
+        <v>5.6994</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="B22"/>
+      <c r="C22"/>
+      <c r="D22"/>
+      <c r="E22"/>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="5"/>
+      <c r="C23" s="5"/>
+      <c r="D23" s="5"/>
+      <c r="E23" s="5"/>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="8">
+        <v>14</v>
+      </c>
+      <c r="C24" s="12">
+        <v>0.9925</v>
+      </c>
+      <c r="D24" s="12">
+        <v>0.5</v>
+      </c>
+      <c r="E24" s="12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="8">
+        <v>13</v>
+      </c>
+      <c r="C25" s="12">
+        <v>2.1981</v>
+      </c>
+      <c r="D25" s="12">
+        <v>1.5</v>
+      </c>
+      <c r="E25" s="12">
+        <v>2.7</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="8">
+        <v>14</v>
+      </c>
+      <c r="C26" s="12">
+        <v>3.1942</v>
+      </c>
+      <c r="D26" s="12">
+        <v>2.6</v>
+      </c>
+      <c r="E26" s="12">
+        <v>3.9268</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="8">
+        <v>14</v>
+      </c>
+      <c r="C27" s="12">
+        <v>3.203</v>
+      </c>
+      <c r="D27" s="12">
+        <v>2.6</v>
+      </c>
+      <c r="E27" s="12">
+        <v>3.9268</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="B28"/>
+      <c r="C28"/>
+      <c r="D28"/>
+      <c r="E28"/>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B29" s="5"/>
+      <c r="C29" s="5"/>
+      <c r="D29" s="5"/>
+      <c r="E29" s="5"/>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="8">
+        <v>14</v>
+      </c>
+      <c r="C30" s="12">
+        <v>3.247</v>
+      </c>
+      <c r="D30" s="12">
+        <v>2.2</v>
+      </c>
+      <c r="E30" s="12">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s">
+        <v>23</v>
+      </c>
+      <c r="B31" s="8">
+        <v>13</v>
+      </c>
+      <c r="C31" s="12">
+        <v>2.3523</v>
+      </c>
+      <c r="D31" s="12">
+        <v>1.2</v>
+      </c>
+      <c r="E31" s="12">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="8">
+        <v>14</v>
+      </c>
+      <c r="C32" s="12">
+        <v>5.5422</v>
+      </c>
+      <c r="D32" s="12">
+        <v>2.8584</v>
+      </c>
+      <c r="E32" s="12">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s">
+        <v>25</v>
+      </c>
+      <c r="B33" s="8">
+        <v>14</v>
+      </c>
+      <c r="C33" s="12">
+        <v>5.3604</v>
+      </c>
+      <c r="D33" s="12">
+        <v>2.8584</v>
+      </c>
+      <c r="E33" s="12">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="B34"/>
+      <c r="C34"/>
+      <c r="D34"/>
+      <c r="E34"/>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B35" s="5"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" t="s">
+        <v>27</v>
+      </c>
+      <c r="B36" s="8">
+        <v>14</v>
+      </c>
+      <c r="C36" s="12">
+        <v>1.7956</v>
+      </c>
+      <c r="D36" s="12">
+        <v>1.2157</v>
+      </c>
+      <c r="E36" s="12">
+        <v>2.5599</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="8">
+        <v>13</v>
+      </c>
+      <c r="C37" s="12">
+        <v>2.0618</v>
+      </c>
+      <c r="D37" s="12">
+        <v>1.4</v>
+      </c>
+      <c r="E37" s="12">
+        <v>2.6659</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" s="8">
+        <v>14</v>
+      </c>
+      <c r="C38" s="12">
+        <v>3.8421</v>
+      </c>
+      <c r="D38" s="12">
+        <v>2.961</v>
+      </c>
+      <c r="E38" s="12">
+        <v>4.3307</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" t="s">
+        <v>25</v>
+      </c>
+      <c r="B39" s="8">
+        <v>14</v>
+      </c>
+      <c r="C39" s="12">
+        <v>3.7781</v>
+      </c>
+      <c r="D39" s="12">
+        <v>2.961</v>
+      </c>
+      <c r="E39" s="12">
+        <v>4.3307</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="B40"/>
+      <c r="C40"/>
+      <c r="D40"/>
+      <c r="E40"/>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" t="s">
+        <v>29</v>
+      </c>
+      <c r="B41" s="8">
+        <v>10</v>
+      </c>
+      <c r="C41" s="12">
+        <v>1.8698</v>
+      </c>
+      <c r="D41" s="12">
+        <v>1.3</v>
+      </c>
+      <c r="E41" s="12">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" t="s">
+        <v>30</v>
+      </c>
+      <c r="B42" s="8">
+        <v>12</v>
+      </c>
+      <c r="C42" s="12">
+        <v>6.6849</v>
+      </c>
+      <c r="D42" s="12">
+        <v>5.8807</v>
+      </c>
+      <c r="E42" s="12">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43" t="s">
+        <v>31</v>
+      </c>
+      <c r="B43" s="8">
+        <v>13</v>
+      </c>
+      <c r="C43" s="12">
+        <v>6.7648</v>
+      </c>
+      <c r="D43" s="12">
+        <v>5</v>
+      </c>
+      <c r="E43" s="12">
+        <v>9.800000000000001</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" t="s">
+        <v>32</v>
+      </c>
+      <c r="B44" s="8">
+        <v>7</v>
+      </c>
+      <c r="C44" s="12">
+        <v>9.006500000000001</v>
+      </c>
+      <c r="D44" s="12">
+        <v>7.8</v>
+      </c>
+      <c r="E44" s="12">
+        <v>10.398</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="B45"/>
+      <c r="C45"/>
+      <c r="D45"/>
+      <c r="E45"/>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="B46"/>
+      <c r="C46"/>
+      <c r="D46"/>
+      <c r="E46"/>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B47" s="5"/>
+      <c r="C47" s="5"/>
+      <c r="D47" s="5"/>
+      <c r="E47" s="5"/>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s">
+        <v>34</v>
+      </c>
+      <c r="B48" s="8">
+        <v>13</v>
+      </c>
+      <c r="C48" s="12">
+        <v>36.096</v>
+      </c>
+      <c r="D48" s="12">
+        <v>35.5145</v>
+      </c>
+      <c r="E48" s="12">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" t="s">
+        <v>35</v>
+      </c>
+      <c r="B49" s="8">
+        <v>14</v>
+      </c>
+      <c r="C49" s="12">
+        <v>14.7257</v>
+      </c>
+      <c r="D49" s="12">
+        <v>14.5174</v>
+      </c>
+      <c r="E49" s="12">
+        <v>14.8875</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" t="s">
+        <v>36</v>
+      </c>
+      <c r="B50" s="8">
+        <v>14</v>
+      </c>
+      <c r="C50" s="12">
+        <v>25.9197</v>
+      </c>
+      <c r="D50" s="12">
+        <v>25</v>
+      </c>
+      <c r="E50" s="12">
+        <v>26.0245</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="B51"/>
+      <c r="C51"/>
+      <c r="D51"/>
+      <c r="E51"/>
+    </row>
+    <row r="52" spans="1:5">
+      <c r="A52" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B52" s="5"/>
+      <c r="C52" s="5"/>
+      <c r="D52" s="5"/>
+      <c r="E52" s="5"/>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" t="s">
+        <v>38</v>
+      </c>
+      <c r="B53" s="8">
+        <v>14</v>
+      </c>
+      <c r="C53" s="17">
+        <v>2.6306</v>
+      </c>
+      <c r="D53" s="17">
+        <v>2.3922</v>
+      </c>
+      <c r="E53" s="17">
+        <v>2.8354</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5">
+      <c r="A54" t="s">
+        <v>39</v>
+      </c>
+      <c r="B54" s="8">
+        <v>14</v>
+      </c>
+      <c r="C54" s="8">
+        <v>1006.3962</v>
+      </c>
+      <c r="D54" s="8">
+        <v>885.3672</v>
+      </c>
+      <c r="E54" s="8">
+        <v>1104.8978</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
+      <c r="B55"/>
+      <c r="C55"/>
+      <c r="D55"/>
+      <c r="E55"/>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" t="s">
+        <v>40</v>
+      </c>
+      <c r="B56" s="8">
+        <v>14</v>
+      </c>
+      <c r="C56" s="8">
+        <v>1095.9506</v>
+      </c>
+      <c r="D56" s="8">
+        <v>849.7526</v>
+      </c>
+      <c r="E56" s="8">
+        <v>1204.0643</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" t="s">
+        <v>41</v>
+      </c>
+      <c r="B57" s="8">
+        <v>14</v>
+      </c>
+      <c r="C57" s="8">
+        <v>2107.2291</v>
+      </c>
+      <c r="D57" s="8">
+        <v>1775.5894</v>
+      </c>
+      <c r="E57" s="8">
+        <v>2361.5784</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" t="s">
+        <v>42</v>
+      </c>
+      <c r="B58" s="8">
+        <v>14</v>
+      </c>
+      <c r="C58" s="8">
+        <v>9758.245800000001</v>
+      </c>
+      <c r="D58" s="8">
+        <v>7127.71</v>
+      </c>
+      <c r="E58" s="8">
+        <v>12592.255</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="A59" t="s">
+        <v>43</v>
+      </c>
+      <c r="B59" s="8">
+        <v>14</v>
+      </c>
+      <c r="C59" s="8">
+        <v>1117.4952</v>
+      </c>
+      <c r="D59" s="8">
+        <v>997.4869</v>
+      </c>
+      <c r="E59" s="8">
+        <v>1160.8282</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" s="18" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
+      <c r="A62" t="s">
+        <v>45</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
+      <c r="E62"/>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" t="s">
+        <v>46</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+      <c r="D63"/>
+      <c r="E63"/>
+    </row>
+    <row r="64" spans="1:5">
+      <c r="A64" t="s">
+        <v>47</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+      <c r="D64"/>
+      <c r="E64"/>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" t="s">
+        <v>48</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+      <c r="D65"/>
+      <c r="E65"/>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66"/>
+      <c r="B66"/>
+      <c r="C66"/>
+      <c r="D66"/>
+      <c r="E66"/>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" t="s">
+        <v>49</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+      <c r="D67"/>
+      <c r="E67"/>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" t="s">
+        <v>50</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
+      <c r="E68"/>
+    </row>
+    <row r="69" spans="1:5">
+      <c r="A69" t="s">
+        <v>51</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
+      <c r="E69"/>
+    </row>
+    <row r="70" spans="1:5">
+      <c r="A70" t="s">
+        <v>52</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70"/>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" t="s">
+        <v>53</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+      <c r="D71"/>
+      <c r="E71"/>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" t="s">
+        <v>54</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
+      <c r="E72"/>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" t="s">
+        <v>55</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+      <c r="D73"/>
+      <c r="E73"/>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="A74" t="s">
+        <v>56</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74"/>
+      <c r="D74"/>
+      <c r="E74"/>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" t="s">
+        <v>57</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>58</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="19" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A62:E62"/>
     <mergeCell ref="A63:E63"/>
@@ -4604,59 +5704,60 @@
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="61" man="1"/>
     <brk id="78" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
-      <vt:lpstr>FY25</vt:lpstr>
-      <vt:lpstr>Q4 FY25</vt:lpstr>
+      <vt:lpstr>Q1 FY26</vt:lpstr>
       <vt:lpstr>FY26</vt:lpstr>
+      <vt:lpstr>FY27</vt:lpstr>
+      <vt:lpstr>FY28</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vuma Financial Ltd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Vuma - Excel output</dc:title>
   <dc:description>Vuma - Excel output</dc:description>
   <dc:subject>Vuma - Excel output</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>