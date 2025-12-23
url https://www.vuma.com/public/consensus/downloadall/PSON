--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,71 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="FY24" sheetId="1" r:id="rId4"/>
-[...1 lines deleted...]
-    <sheet name="FY26" sheetId="3" r:id="rId6"/>
+    <sheet name="FY25" sheetId="1" r:id="rId4"/>
+    <sheet name="FY26" sheetId="2" r:id="rId5"/>
+    <sheet name="FY27" sheetId="3" r:id="rId6"/>
+    <sheet name="FY28" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t xml:space="preserve">Pearson PLC </t>
   </si>
   <si>
-    <t>FY24</t>
+    <t>FY25</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>Revenues - Geographic (All figures £'m unless stated)</t>
   </si>
   <si>
     <t xml:space="preserve">       Total - Organic CER growth %</t>
   </si>
   <si>
     <t>Operating Profit - Geographic- As Reported</t>
   </si>
   <si>
     <t xml:space="preserve">  Total</t>
   </si>
   <si>
     <t>Operating Profit - Adjusted Reported</t>
   </si>
   <si>
     <t xml:space="preserve">  Net Finance Cost (Adjusted)</t>
   </si>
   <si>
     <t xml:space="preserve">  Effective tax rate (%)</t>
   </si>
@@ -99,54 +101,57 @@
   <si>
     <t>completeness of this information and to the fullest extent permitted by law no responsibility</t>
   </si>
   <si>
     <t>or liability is accepted by any of those persons in respect of such information or any action</t>
   </si>
   <si>
     <t>taken or not taken in relation to it. Pearson plc assumes no obligation to update or</t>
   </si>
   <si>
     <t>supplement this information.</t>
   </si>
   <si>
     <t>Pearson plc is not regulated by the Financial Conduct Authority and cannot offer investment</t>
   </si>
   <si>
     <t>advice. Nothing in this analysis should be taken as a recommendation to buy or sell shares in</t>
   </si>
   <si>
     <t>Pearson or to take any other action or place any reliance on the analysis.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
   <si>
-    <t>FY25</t>
-[...1 lines deleted...]
-  <si>
     <t>FY26</t>
+  </si>
+  <si>
+    <t>FY27</t>
+  </si>
+  <si>
+    <t>FY28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
@@ -293,51 +298,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -593,169 +598,173 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A37" sqref="A37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.555908" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" s="3"/>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" s="3"/>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="4"/>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="8">
-        <v>2.9138</v>
+        <v>3.811</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8"/>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="6"/>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="9">
-        <v>598.2411</v>
+        <v>611.6319</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11"/>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="6"/>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="10">
-        <v>-45</v>
+        <v>-65.0179</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="8">
-        <v>24</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15"/>
     </row>
     <row r="16" spans="1:2">
       <c r="B16"/>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="6"/>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18"/>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>1.2785</v>
+        <v>1.32335</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>14</v>
       </c>
       <c r="B22"/>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23"/>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24"/>
     </row>
@@ -890,119 +899,119 @@
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" s="3"/>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" s="3"/>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="4"/>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="8">
-        <v>4.384</v>
+        <v>4.7591</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8"/>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="6"/>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="9">
-        <v>656</v>
+        <v>657.9488</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11"/>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="6"/>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="10">
-        <v>-51.625</v>
+        <v>-70</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="8">
-        <v>24</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15"/>
     </row>
     <row r="16" spans="1:2">
       <c r="B16"/>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="6"/>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18"/>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>1.23</v>
+        <v>1.3349</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>14</v>
       </c>
       <c r="B22"/>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23"/>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24"/>
     </row>
@@ -1137,119 +1146,366 @@
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" s="3"/>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" s="3"/>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="4"/>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="8">
-        <v>4.2</v>
+        <v>4.5545</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8"/>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="6"/>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="9">
-        <v>700.7802</v>
+        <v>711.9738</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11"/>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="6"/>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="10">
-        <v>-45</v>
+        <v>-65</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="8">
-        <v>24</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15"/>
     </row>
     <row r="16" spans="1:2">
       <c r="B16"/>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="6"/>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18"/>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>1.23</v>
+        <v>1.3398</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2">
+      <c r="A21" s="12" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2">
+      <c r="A22" t="s">
+        <v>14</v>
+      </c>
+      <c r="B22"/>
+    </row>
+    <row r="23" spans="1:2">
+      <c r="A23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23"/>
+    </row>
+    <row r="24" spans="1:2">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24"/>
+    </row>
+    <row r="25" spans="1:2">
+      <c r="A25"/>
+      <c r="B25"/>
+    </row>
+    <row r="26" spans="1:2">
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26"/>
+    </row>
+    <row r="27" spans="1:2">
+      <c r="A27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27"/>
+    </row>
+    <row r="28" spans="1:2">
+      <c r="A28" t="s">
+        <v>19</v>
+      </c>
+      <c r="B28"/>
+    </row>
+    <row r="29" spans="1:2">
+      <c r="A29" t="s">
+        <v>20</v>
+      </c>
+      <c r="B29"/>
+    </row>
+    <row r="30" spans="1:2">
+      <c r="A30" t="s">
+        <v>21</v>
+      </c>
+      <c r="B30"/>
+    </row>
+    <row r="31" spans="1:2">
+      <c r="A31" t="s">
+        <v>22</v>
+      </c>
+      <c r="B31"/>
+    </row>
+    <row r="32" spans="1:2">
+      <c r="A32"/>
+      <c r="B32"/>
+    </row>
+    <row r="33" spans="1:2">
+      <c r="A33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B33"/>
+    </row>
+    <row r="34" spans="1:2">
+      <c r="A34" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34"/>
+    </row>
+    <row r="35" spans="1:2">
+      <c r="A35" t="s">
+        <v>25</v>
+      </c>
+      <c r="B35"/>
+    </row>
+    <row r="37" spans="1:2">
+      <c r="A37" s="13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <mergeCells>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="A35:B35"/>
+  </mergeCells>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
+  <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
+    <oddHeader/>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
+  <rowBreaks count="2" manualBreakCount="2">
+    <brk id="21" man="1"/>
+    <brk id="37" man="1"/>
+  </rowBreaks>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:B37"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
+      <selection activeCell="A37" sqref="A37"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="63.555908" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:2">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2">
+      <c r="B2" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" s="3"/>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="B5" s="3"/>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="4"/>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="8">
+        <v>4.9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="B8"/>
+    </row>
+    <row r="9" spans="1:2">
+      <c r="A9" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="6"/>
+    </row>
+    <row r="10" spans="1:2">
+      <c r="A10" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="9">
+        <v>768.2616</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="B11"/>
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="6"/>
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" s="10">
+        <v>-65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2">
+      <c r="A14" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" s="8">
+        <v>24.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2">
+      <c r="B15"/>
+    </row>
+    <row r="16" spans="1:2">
+      <c r="B16"/>
+    </row>
+    <row r="17" spans="1:2">
+      <c r="A17" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" s="6"/>
+    </row>
+    <row r="18" spans="1:2">
+      <c r="A18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18"/>
+    </row>
+    <row r="19" spans="1:2">
+      <c r="A19" t="s">
+        <v>12</v>
+      </c>
+      <c r="B19" s="11">
+        <v>1.3399</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>14</v>
       </c>
       <c r="B22"/>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23"/>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24"/>
     </row>
@@ -1345,58 +1601,59 @@
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="21" man="1"/>
     <brk id="37" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>FY24</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>FY25</vt:lpstr>
       <vt:lpstr>FY26</vt:lpstr>
+      <vt:lpstr>FY27</vt:lpstr>
+      <vt:lpstr>FY28</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vuma Financial Ltd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Vuma - Excel output</dc:title>
   <dc:description>Vuma - Excel output</dc:description>
   <dc:subject>Vuma - Excel output</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>