--- v0 (2025-12-31)
+++ v1 (2026-03-24)
@@ -1,108 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
     <sheet name="FY25" sheetId="2" r:id="rId5"/>
     <sheet name="H2 FY25" sheetId="3" r:id="rId6"/>
-    <sheet name="Q3 FY25" sheetId="4" r:id="rId7"/>
-[...3 lines deleted...]
-    <sheet name="FY28" sheetId="8" r:id="rId11"/>
+    <sheet name="Q4 FY25" sheetId="4" r:id="rId7"/>
+    <sheet name="FY26" sheetId="5" r:id="rId8"/>
+    <sheet name="FY27" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Kingfisher plc</t>
   </si>
   <si>
     <t>FY 25/26</t>
   </si>
   <si>
     <t>H2 25/26</t>
-  </si>
-[...1 lines deleted...]
-    <t>Q3 25/26</t>
   </si>
   <si>
     <t>Q4 25/26</t>
   </si>
   <si>
     <t>FY 26/27</t>
   </si>
   <si>
     <t>FY 27/28</t>
   </si>
   <si>
-    <t>FY 28/29</t>
-[...1 lines deleted...]
-  <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>12/11/25</t>
-[...2 lines deleted...]
-    <t>17/11/25</t>
+    <t>12/02/26</t>
   </si>
   <si>
     <t>B&amp;Q</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL %</t>
   </si>
   <si>
     <t xml:space="preserve">  Total Sales (£m)</t>
   </si>
   <si>
     <t>Screwfix</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL (%)</t>
   </si>
   <si>
     <t xml:space="preserve">UK &amp; Ireland </t>
   </si>
   <si>
     <t xml:space="preserve">  GM movement YOY (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Retail profit (£m)</t>
   </si>
@@ -169,166 +156,127 @@
   <si>
     <t xml:space="preserve">  Adjusted EPS (basic) (P)</t>
   </si>
   <si>
     <t xml:space="preserve">  Ord Dividend per share (P)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt/EBITDA (x)</t>
   </si>
   <si>
     <t xml:space="preserve">  FCF (£m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Share Buybacks/Spec Divi (£m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Euro rate (Eur)</t>
   </si>
   <si>
     <t xml:space="preserve">  PLN rate (PLN )</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>The forecasts in this analysis have been gathered for Kingfisher through Vuma Consensus, an external web-based tool independently managed by Vuma Financial Limited, a company</t>
-[...58 lines deleted...]
-  <si>
     <t>The forecasts in this analysis have been gathered for Kingfisher through Vuma Consensus, an external web-based tool independently managed by Vuma</t>
   </si>
   <si>
     <t>Financial Limited, a company separate from Kingfisher.</t>
   </si>
   <si>
     <t>The consensus figures reflect the opinions of, and are updated by, investment analysts based on publicly available information.  Save as described</t>
   </si>
   <si>
     <t>below, consensus figures are a simple arithmetic average of recent forecasts that have been provided to Kingfisher via Vuma Consensus, by registered</t>
   </si>
   <si>
     <t>investment analysts. The figures do not give greater weight to the forecasts of any individual analyst and may or may not represent the market</t>
   </si>
   <si>
     <t>consensus. These average estimates are not endorsed by Kingfisher, nor does Kingfisher express a view on the consensus estimates or assume any</t>
   </si>
   <si>
     <t>obligation to update or revise them after the date noted below. Kingfisher does not warrant that the information presented is accurate or complete.</t>
   </si>
   <si>
     <t>Whilst Kingfisher reserves the right, from time to time, with or without notice, to exclude one or more analysts’ forecasts on the basis that</t>
   </si>
   <si>
     <t>Kingfisher believes them to be unrepresentative and/or out of date, any analysts forecasts submitted represents the independent opinion of that</t>
   </si>
   <si>
     <t>analyst and does not constitute the opinion of Kingfisher. In some instances, interim period forecasts (i.e. H1 and H2) may not reconcile to full year</t>
   </si>
   <si>
     <t>forecasts due to fewer analysts forecasting on an interim basis than a full year basis. Group LFL forecasts for some analysts exclude Romania and</t>
   </si>
   <si>
     <t>Iberia LFL sales forecasts.</t>
   </si>
   <si>
     <t>Nothing in this analysis should be taken as a recommendation to buy or sell shares in Kingfisher, to take or not take any other action or to place any</t>
   </si>
   <si>
     <t>reliance on the information presented here. Kingfisher shall have no liability whatsoever for the consequences of any reliance or actions taken or not</t>
   </si>
   <si>
     <t>taken based on any of the forecasts or information displayed. The information is made available here solely as a convenience to users of this website.</t>
   </si>
   <si>
+    <t>The consensus data was last updated on 12/02/2026</t>
+  </si>
+  <si>
+    <t>Powered by Vuma</t>
+  </si>
+  <si>
+    <t>NO. OF</t>
+  </si>
+  <si>
+    <t>MEDIAN</t>
+  </si>
+  <si>
+    <t>MIN</t>
+  </si>
+  <si>
+    <t>MAX</t>
+  </si>
+  <si>
+    <t>FORECASTS</t>
+  </si>
+  <si>
     <t>n/a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="14">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -395,99 +343,90 @@
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF666666"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF666666"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
-      <i val="1"/>
-[...7 lines deleted...]
-      <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FFAA4020"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <bottom style="medium">
         <color rgb="FFAAAAAA"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="25">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
@@ -512,105 +451,93 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
-[...2 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="10" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="11" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="10" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+    <xf xfId="0" fontId="3" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="12" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
-[...4 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    <xf xfId="0" fontId="12" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="13" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...2 lines deleted...]
-    <xf xfId="0" fontId="14" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -878,2877 +805,2671 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H91"/>
+  <dimension ref="A1:F93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A91" sqref="A91"/>
+      <selection activeCell="A93" sqref="A93"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.846436" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
-    <col min="7" max="7" width="14" customWidth="true" style="0"/>
-    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:8">
+    <row r="2" spans="1:6">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G2" s="2" t="s">
+    </row>
+    <row r="3" spans="1:6">
+      <c r="B3" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="H2" s="2" t="s">
+      <c r="C3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="B4" s="4" t="s">
         <v>7</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>9</v>
-[...8 lines deleted...]
-    <row r="5" spans="1:8">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
-      <c r="G5" s="3"/>
-[...2 lines deleted...]
-    <row r="6" spans="1:8">
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
-      <c r="G6" s="5"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:8">
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B7" s="10">
-        <v>3.2794</v>
+        <v>3.5333</v>
       </c>
       <c r="C7" s="10">
-        <v>1.8896</v>
+        <v>2.4733</v>
       </c>
       <c r="D7" s="10">
-        <v>1.78</v>
+        <v>1.675</v>
       </c>
       <c r="E7" s="10">
-        <v>1.4046</v>
+        <v>1.4733</v>
       </c>
       <c r="F7" s="10">
-        <v>1.4798</v>
-[...6 lines deleted...]
-    <row r="8" spans="1:8">
+        <v>1.5267</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B8" s="11">
-        <v>3969.0996</v>
+        <v>3977.7333</v>
       </c>
       <c r="C8" s="11">
-        <v>1799.128</v>
+        <v>1807.7333</v>
       </c>
       <c r="D8" s="11">
-        <v>962.6909000000001</v>
+        <v>834.5833</v>
       </c>
       <c r="E8" s="11">
-        <v>833.5128999999999</v>
+        <v>4056.7333</v>
       </c>
       <c r="F8" s="11">
-        <v>4043.3709</v>
-[...6 lines deleted...]
-    <row r="9" spans="1:8">
+        <v>4126.2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
-      <c r="G9"/>
-[...2 lines deleted...]
-    <row r="10" spans="1:8">
+    </row>
+    <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
-      <c r="G10" s="5"/>
-[...2 lines deleted...]
-    <row r="11" spans="1:8">
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B11" s="10">
-        <v>2.6872</v>
+        <v>3.14</v>
       </c>
       <c r="C11" s="10">
-        <v>2.3816</v>
+        <v>3.28</v>
       </c>
       <c r="D11" s="10">
-        <v>2.05</v>
+        <v>3.0583</v>
       </c>
       <c r="E11" s="10">
-        <v>2.476</v>
+        <v>2.4067</v>
       </c>
       <c r="F11" s="10">
-        <v>2.4307</v>
-[...6 lines deleted...]
-    <row r="12" spans="1:8">
+        <v>2.4</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
-        <v>2749.9379</v>
+        <v>2759.9333</v>
       </c>
       <c r="C12" s="11">
-        <v>1391.979</v>
+        <v>1401.9333</v>
       </c>
       <c r="D12" s="11">
-        <v>704.8287</v>
+        <v>689.4167</v>
       </c>
       <c r="E12" s="11">
-        <v>686.6925</v>
+        <v>2868.8</v>
       </c>
       <c r="F12" s="11">
-        <v>2861.48</v>
-[...6 lines deleted...]
-    <row r="13" spans="1:8">
+        <v>2977.7333</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
-      <c r="G13"/>
-[...2 lines deleted...]
-    <row r="14" spans="1:8">
+    </row>
+    <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
-      <c r="G14" s="7"/>
-[...2 lines deleted...]
-    <row r="15" spans="1:8">
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B15" s="12">
-        <v>2.9347</v>
+        <v>3.3786</v>
       </c>
       <c r="C15" s="12">
-        <v>1.8713</v>
+        <v>2.7857</v>
       </c>
       <c r="D15" s="12">
-        <v>1.8818</v>
+        <v>2.2917</v>
       </c>
       <c r="E15" s="12">
-        <v>1.8869</v>
+        <v>1.7786</v>
       </c>
       <c r="F15" s="12">
-        <v>1.7634</v>
-[...6 lines deleted...]
-    <row r="16" spans="1:8">
+        <v>1.7857</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B16" s="11">
-        <v>6719.1209</v>
+        <v>6737.9333</v>
       </c>
       <c r="C16" s="11">
-        <v>3191.107</v>
+        <v>3209.9333</v>
       </c>
       <c r="D16" s="11">
-        <v>1667.5393</v>
+        <v>1524.3333</v>
       </c>
       <c r="E16" s="11">
-        <v>1520.2055</v>
+        <v>6925.7333</v>
       </c>
       <c r="F16" s="11">
-        <v>6904.9341</v>
-[...6 lines deleted...]
-    <row r="17" spans="1:8">
+        <v>7104</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B17" s="13">
-        <v>0.6506</v>
+        <v>0.7</v>
       </c>
       <c r="C17" s="13">
-        <v>0.4731</v>
+        <v>0.4583</v>
       </c>
       <c r="D17" s="13">
         <v>0</v>
       </c>
       <c r="E17" s="13">
-        <v>0</v>
+        <v>0.1417</v>
       </c>
       <c r="F17" s="13">
-        <v>0.1335</v>
-[...6 lines deleted...]
-    <row r="18" spans="1:8">
+        <v>0.0833</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B18" s="14">
-        <v>574.1713999999999</v>
+        <v>583.4666999999999</v>
       </c>
       <c r="C18" s="14">
-        <v>230.1614</v>
-[...2 lines deleted...]
-      <c r="E18" s="19"/>
+        <v>239.5333</v>
+      </c>
+      <c r="D18" s="18"/>
+      <c r="E18" s="14">
+        <v>595.5333000000001</v>
+      </c>
       <c r="F18" s="14">
-        <v>592.3668</v>
-[...6 lines deleted...]
-    <row r="19" spans="1:8">
+        <v>611.5333000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
-      <c r="G19"/>
-[...2 lines deleted...]
-    <row r="20" spans="1:8">
+    </row>
+    <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
-      <c r="G20" s="7"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:8">
+    </row>
+    <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B21" s="12">
-        <v>-1.8524</v>
+        <v>-2.06</v>
       </c>
       <c r="C21" s="12">
-        <v>-2.283</v>
+        <v>-2.7467</v>
       </c>
       <c r="D21" s="12">
-        <v>-2.61</v>
+        <v>-1.9091</v>
       </c>
       <c r="E21" s="12">
-        <v>-1.3974</v>
+        <v>-0.1133</v>
       </c>
       <c r="F21" s="12">
-        <v>0.3683</v>
-[...6 lines deleted...]
-    <row r="22" spans="1:8">
+        <v>0.9867</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B22" s="11">
-        <v>1984.8447</v>
+        <v>2018.8</v>
       </c>
       <c r="C22" s="11">
-        <v>910.881</v>
+        <v>931.6</v>
       </c>
       <c r="D22" s="11">
-        <v>496.6333</v>
+        <v>431.4545</v>
       </c>
       <c r="E22" s="11">
-        <v>419.7053</v>
+        <v>2033</v>
       </c>
       <c r="F22" s="11">
-        <v>2006.276</v>
-[...6 lines deleted...]
-    <row r="23" spans="1:8">
+        <v>2048.9333</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
-      <c r="G23"/>
-[...2 lines deleted...]
-    <row r="24" spans="1:8">
+    </row>
+    <row r="24" spans="1:6">
       <c r="A24" s="7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
-      <c r="G24" s="7"/>
-[...2 lines deleted...]
-    <row r="25" spans="1:8">
+    </row>
+    <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B25" s="12">
-        <v>-2.6168</v>
+        <v>-2.2267</v>
       </c>
       <c r="C25" s="12">
-        <v>-2.2926</v>
+        <v>-1.4867</v>
       </c>
       <c r="D25" s="12">
-        <v>-2.73</v>
+        <v>-1.025</v>
       </c>
       <c r="E25" s="12">
-        <v>-1.9012</v>
+        <v>0.3867</v>
       </c>
       <c r="F25" s="12">
-        <v>0.6317</v>
-[...6 lines deleted...]
-    <row r="26" spans="1:8">
+        <v>1.2467</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>1840.065</v>
+        <v>1878.4</v>
       </c>
       <c r="C26" s="11">
-        <v>866.0302</v>
+        <v>892.8667</v>
       </c>
       <c r="D26" s="11">
-        <v>461.193</v>
+        <v>419.5833</v>
       </c>
       <c r="E26" s="11">
-        <v>407.594</v>
+        <v>1911.7333</v>
       </c>
       <c r="F26" s="11">
-        <v>1874.4848</v>
-[...6 lines deleted...]
-    <row r="27" spans="1:8">
+        <v>1941.7333</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
-      <c r="G27"/>
-[...2 lines deleted...]
-    <row r="28" spans="1:8">
+    </row>
+    <row r="28" spans="1:6">
       <c r="A28" s="7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
-      <c r="G28" s="7"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:8">
+    </row>
+    <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B29" s="12">
-        <v>-2.1688</v>
+        <v>-2.1357</v>
       </c>
       <c r="C29" s="12">
-        <v>-2.1617</v>
+        <v>-2.0538</v>
       </c>
       <c r="D29" s="12">
-        <v>-2.6663</v>
+        <v>-1.5417</v>
       </c>
       <c r="E29" s="12">
-        <v>-1.6458</v>
+        <v>-0.0429</v>
       </c>
       <c r="F29" s="12">
-        <v>0.3187</v>
-[...6 lines deleted...]
-    <row r="30" spans="1:8">
+        <v>0.9857</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B30" s="11">
-        <v>3824.9931</v>
+        <v>3854.5333</v>
       </c>
       <c r="C30" s="11">
-        <v>1776.9862</v>
+        <v>1806.5333</v>
       </c>
       <c r="D30" s="11">
-        <v>957.9263</v>
+        <v>839.3333</v>
       </c>
       <c r="E30" s="11">
-        <v>827.1993</v>
+        <v>3905.9333</v>
       </c>
       <c r="F30" s="11">
-        <v>3880.5942</v>
-[...6 lines deleted...]
-    <row r="31" spans="1:8">
+        <v>3951.8</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B31" s="13">
-        <v>0.6829</v>
+        <v>0.6333</v>
       </c>
       <c r="C31" s="13">
-        <v>0.1931</v>
-[...2 lines deleted...]
-      <c r="E31" s="20"/>
+        <v>0.175</v>
+      </c>
+      <c r="D31" s="19"/>
+      <c r="E31" s="13">
+        <v>0.2083</v>
+      </c>
       <c r="F31" s="13">
-        <v>0.2456</v>
-[...6 lines deleted...]
-    <row r="32" spans="1:8">
+        <v>0.175</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B32" s="14">
-        <v>90.8882</v>
+        <v>92.5333</v>
       </c>
       <c r="C32" s="14">
-        <v>18.9257</v>
-[...2 lines deleted...]
-      <c r="E32" s="19"/>
+        <v>20.5333</v>
+      </c>
+      <c r="D32" s="18"/>
+      <c r="E32" s="14">
+        <v>96.66670000000001</v>
+      </c>
       <c r="F32" s="14">
-        <v>100.3983</v>
-[...6 lines deleted...]
-    <row r="33" spans="1:8">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
-      <c r="G33"/>
-[...2 lines deleted...]
-    <row r="34" spans="1:8">
+    </row>
+    <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
-      <c r="G34" s="7"/>
-[...2 lines deleted...]
-    <row r="35" spans="1:8">
+    </row>
+    <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B35" s="12">
-        <v>-1.0796</v>
+        <v>-1.58</v>
       </c>
       <c r="C35" s="12">
-        <v>0.0582</v>
+        <v>-0.9267</v>
       </c>
       <c r="D35" s="12">
-        <v>-0.15</v>
+        <v>-0.6333</v>
       </c>
       <c r="E35" s="12">
-        <v>-0.1978</v>
+        <v>1.8267</v>
       </c>
       <c r="F35" s="12">
-        <v>1.893</v>
-[...6 lines deleted...]
-    <row r="36" spans="1:8">
+        <v>2.9</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B36" s="11">
-        <v>1830.7796</v>
+        <v>1823.8667</v>
       </c>
       <c r="C36" s="11">
-        <v>884.7499</v>
+        <v>877.8</v>
       </c>
       <c r="D36" s="11">
-        <v>487.0026</v>
+        <v>401.3333</v>
       </c>
       <c r="E36" s="11">
-        <v>395.8342</v>
+        <v>1929.4667</v>
       </c>
       <c r="F36" s="11">
-        <v>1926.588</v>
-[...6 lines deleted...]
-    <row r="37" spans="1:8">
+        <v>2038.8667</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
       <c r="A37" s="9" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B37" s="13">
-        <v>0.1195</v>
+        <v>0.1</v>
       </c>
       <c r="C37" s="13">
-        <v>0.109</v>
-[...2 lines deleted...]
-      <c r="E37" s="20"/>
+        <v>0.09</v>
+      </c>
+      <c r="D37" s="19"/>
+      <c r="E37" s="13">
+        <v>0.12</v>
+      </c>
       <c r="F37" s="13">
-        <v>0.127</v>
-[...6 lines deleted...]
-    <row r="38" spans="1:8">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B38" s="14">
-        <v>90.4832</v>
+        <v>87.9333</v>
       </c>
       <c r="C38" s="14">
-        <v>39.4954</v>
-[...2 lines deleted...]
-      <c r="E38" s="19"/>
+        <v>36.9333</v>
+      </c>
+      <c r="D38" s="18"/>
+      <c r="E38" s="14">
+        <v>93.8</v>
+      </c>
       <c r="F38" s="14">
-        <v>97.4924</v>
-[...6 lines deleted...]
-    <row r="39" spans="1:8">
+        <v>103.6667</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
-      <c r="G39"/>
-[...2 lines deleted...]
-    <row r="40" spans="1:8">
+    </row>
+    <row r="40" spans="1:6">
       <c r="A40" s="5" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
-      <c r="G40" s="5"/>
-[...2 lines deleted...]
-    <row r="41" spans="1:8">
+    </row>
+    <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B41" s="11">
-        <v>-9.75</v>
+        <v>-9.8667</v>
       </c>
       <c r="C41" s="11">
-        <v>-3.5</v>
-[...2 lines deleted...]
-      <c r="E41" s="17"/>
+        <v>-3.6667</v>
+      </c>
+      <c r="D41" s="20"/>
+      <c r="E41" s="11">
+        <v>-5.2</v>
+      </c>
       <c r="F41" s="11">
-        <v>-5.7917</v>
-[...6 lines deleted...]
-    <row r="42" spans="1:8">
+        <v>-1</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B42" s="11">
-        <v>13.6235</v>
+        <v>14.6</v>
       </c>
       <c r="C42" s="11">
-        <v>2.5932</v>
-[...2 lines deleted...]
-      <c r="E42" s="17"/>
+        <v>3.5333</v>
+      </c>
+      <c r="D42" s="20"/>
+      <c r="E42" s="11">
+        <v>15.1333</v>
+      </c>
       <c r="F42" s="11">
-        <v>14.6164</v>
-[...6 lines deleted...]
-    <row r="43" spans="1:8">
+        <v>16.4</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B43" s="11">
-        <v>-3</v>
+        <v>-2.7857</v>
       </c>
       <c r="C43" s="11">
         <v>0</v>
       </c>
-      <c r="D43" s="17"/>
-      <c r="E43" s="17"/>
+      <c r="D43" s="20"/>
+      <c r="E43" s="11">
+        <v>-0.2727</v>
+      </c>
       <c r="F43" s="11">
-        <v>-0.3333</v>
-[...6 lines deleted...]
-    <row r="44" spans="1:8">
+        <v>-0.2727</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B44" s="11">
-        <v>-32.9583</v>
+        <v>-31.7333</v>
       </c>
       <c r="C44" s="11">
-        <v>-15.9583</v>
-[...2 lines deleted...]
-      <c r="E44" s="17"/>
+        <v>-16.2</v>
+      </c>
+      <c r="D44" s="20"/>
+      <c r="E44" s="11">
+        <v>-24.9333</v>
+      </c>
       <c r="F44" s="11">
-        <v>-25.875</v>
-[...6 lines deleted...]
-    <row r="45" spans="1:8">
+        <v>-18.9333</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B45" s="14">
-        <v>-32.0848</v>
+        <v>-29.7857</v>
       </c>
       <c r="C45" s="14">
-        <v>-16.8651</v>
-[...2 lines deleted...]
-      <c r="E45" s="19"/>
+        <v>-16.3333</v>
+      </c>
+      <c r="D45" s="18"/>
+      <c r="E45" s="14">
+        <v>-15.2727</v>
+      </c>
       <c r="F45" s="14">
-        <v>-17.3836</v>
-[...6 lines deleted...]
-    <row r="46" spans="1:8">
+        <v>-3.8061</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
-      <c r="G46"/>
-[...2 lines deleted...]
-    <row r="47" spans="1:8">
+    </row>
+    <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
-      <c r="G47" s="7"/>
-[...2 lines deleted...]
-    <row r="48" spans="1:8">
+    </row>
+    <row r="48" spans="1:6">
       <c r="A48" s="8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B48" s="12">
-        <v>0.8245</v>
+        <v>1.0615</v>
       </c>
       <c r="C48" s="12">
-        <v>0.3873</v>
+        <v>0.8273</v>
       </c>
       <c r="D48" s="12">
-        <v>0.1731</v>
+        <v>0.77</v>
       </c>
       <c r="E48" s="12">
-        <v>0.6157</v>
+        <v>1.2333</v>
       </c>
       <c r="F48" s="12">
-        <v>1.2243</v>
-[...6 lines deleted...]
-    <row r="49" spans="1:8">
+        <v>1.7167</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B49" s="14">
-        <v>12850.9535</v>
+        <v>12902.8667</v>
       </c>
       <c r="C49" s="14">
-        <v>6055.4157</v>
+        <v>6107.8667</v>
       </c>
       <c r="D49" s="14">
-        <v>3215.4765</v>
+        <v>2865</v>
       </c>
       <c r="E49" s="14">
-        <v>2839.164</v>
+        <v>13225.0667</v>
       </c>
       <c r="F49" s="14">
-        <v>13163.0849</v>
-[...6 lines deleted...]
-    <row r="50" spans="1:8">
+        <v>13572.6</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
       <c r="A50" s="9" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B50" s="13">
-        <v>0.6498</v>
+        <v>0.6571</v>
       </c>
       <c r="C50" s="13">
-        <v>0.4187</v>
-[...2 lines deleted...]
-      <c r="E50" s="20"/>
+        <v>0.3545</v>
+      </c>
+      <c r="D50" s="19"/>
+      <c r="E50" s="13">
+        <v>0.1143</v>
+      </c>
       <c r="F50" s="13">
-        <v>0.127</v>
-[...6 lines deleted...]
-    <row r="51" spans="1:8">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B51" s="14">
-        <v>723.4579</v>
+        <v>734.1476</v>
       </c>
       <c r="C51" s="14">
-        <v>271.7174</v>
-[...2 lines deleted...]
-      <c r="E51" s="19"/>
+        <v>280.6667</v>
+      </c>
+      <c r="D51" s="18"/>
+      <c r="E51" s="14">
+        <v>770.7273</v>
+      </c>
       <c r="F51" s="14">
-        <v>772.874</v>
-[...6 lines deleted...]
-    <row r="52" spans="1:8">
+        <v>822.3939</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
       <c r="A52" s="9" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B52" s="13">
-        <v>5.6296</v>
+        <v>5.6898</v>
       </c>
       <c r="C52" s="13">
-        <v>4.4872</v>
-[...2 lines deleted...]
-      <c r="E52" s="20"/>
+        <v>4.5952</v>
+      </c>
+      <c r="D52" s="19"/>
+      <c r="E52" s="13">
+        <v>5.8278</v>
+      </c>
       <c r="F52" s="13">
-        <v>5.8715</v>
-[...6 lines deleted...]
-    <row r="53" spans="1:8">
+        <v>6.0592</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
-      <c r="G53"/>
-[...2 lines deleted...]
-    <row r="54" spans="1:8">
+    </row>
+    <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B54" s="11">
-        <v>-7.25</v>
+        <v>-6.4</v>
       </c>
       <c r="C54" s="11">
-        <v>-4.25</v>
-[...2 lines deleted...]
-      <c r="E54" s="17"/>
+        <v>-3.4</v>
+      </c>
+      <c r="D54" s="20"/>
+      <c r="E54" s="11">
+        <v>-6.1333</v>
+      </c>
       <c r="F54" s="11">
-        <v>-7.5</v>
-[...6 lines deleted...]
-    <row r="55" spans="1:8">
+        <v>-6.0667</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B55" s="11">
-        <v>-71.5767</v>
+        <v>-72.13330000000001</v>
       </c>
       <c r="C55" s="11">
-        <v>-35.5767</v>
-[...2 lines deleted...]
-      <c r="E55" s="17"/>
+        <v>-36.1333</v>
+      </c>
+      <c r="D55" s="20"/>
+      <c r="E55" s="11">
+        <v>-73.0667</v>
+      </c>
       <c r="F55" s="11">
-        <v>-72.45999999999999</v>
-[...6 lines deleted...]
-    <row r="56" spans="1:8">
+        <v>-74.86669999999999</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B56" s="11">
-        <v>-102.1102</v>
+        <v>-96.2667</v>
       </c>
       <c r="C56" s="11">
-        <v>-57.1086</v>
-[...2 lines deleted...]
-      <c r="E56" s="17"/>
+        <v>-51.2667</v>
+      </c>
+      <c r="D56" s="20"/>
+      <c r="E56" s="11">
+        <v>-96.0667</v>
+      </c>
       <c r="F56" s="11">
-        <v>-100.9885</v>
-[...6 lines deleted...]
-    <row r="57" spans="1:8">
+        <v>-93.33329999999999</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
-      <c r="G57"/>
-[...2 lines deleted...]
-    <row r="58" spans="1:8">
+    </row>
+    <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B58" s="14">
-        <v>542.521</v>
+        <v>559.3476000000001</v>
       </c>
       <c r="C58" s="14">
-        <v>174.782</v>
-[...2 lines deleted...]
-      <c r="E58" s="19"/>
+        <v>189.8667</v>
+      </c>
+      <c r="D58" s="18"/>
+      <c r="E58" s="14">
+        <v>596</v>
+      </c>
       <c r="F58" s="14">
-        <v>591.9256</v>
-[...6 lines deleted...]
-    <row r="59" spans="1:8">
+        <v>648.1273</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
-      <c r="G59"/>
-[...2 lines deleted...]
-    <row r="60" spans="1:8">
+    </row>
+    <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B60" s="11">
-        <v>142.9118</v>
+        <v>146.7333</v>
       </c>
       <c r="C60" s="11">
-        <v>45.5058</v>
-[...2 lines deleted...]
-      <c r="E60" s="17"/>
+        <v>49.4615</v>
+      </c>
+      <c r="D60" s="20"/>
+      <c r="E60" s="11">
+        <v>159.9333</v>
+      </c>
       <c r="F60" s="11">
-        <v>159.4445</v>
-[...6 lines deleted...]
-    <row r="61" spans="1:8">
+        <v>174.1333</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B61" s="14">
-        <v>399.6093</v>
+        <v>412.6143</v>
       </c>
       <c r="C61" s="14">
-        <v>129.2763</v>
-[...2 lines deleted...]
-      <c r="E61" s="19"/>
+        <v>140.4051</v>
+      </c>
+      <c r="D61" s="18"/>
+      <c r="E61" s="14">
+        <v>435.5273</v>
+      </c>
       <c r="F61" s="14">
-        <v>432.4811</v>
-[...6 lines deleted...]
-    <row r="62" spans="1:8">
+        <v>473.9939</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
-      <c r="G62"/>
-[...2 lines deleted...]
-    <row r="63" spans="1:8">
+    </row>
+    <row r="63" spans="1:6">
       <c r="A63" t="s">
+        <v>36</v>
+      </c>
+      <c r="B63" s="15">
+        <v>23.6667</v>
+      </c>
+      <c r="C63" s="15">
+        <v>8.244400000000001</v>
+      </c>
+      <c r="D63" s="17"/>
+      <c r="E63" s="15">
+        <v>25.9667</v>
+      </c>
+      <c r="F63" s="15">
+        <v>28.9917</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>37</v>
+      </c>
+      <c r="B64" s="15">
+        <v>12.4867</v>
+      </c>
+      <c r="C64" s="15">
+        <v>8.945499999999999</v>
+      </c>
+      <c r="D64" s="17"/>
+      <c r="E64" s="15">
+        <v>12.5667</v>
+      </c>
+      <c r="F64" s="15">
+        <v>12.7733</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>38</v>
+      </c>
+      <c r="B65" s="15">
+        <v>-1.4671</v>
+      </c>
+      <c r="C65" s="17"/>
+      <c r="D65" s="17"/>
+      <c r="E65" s="15">
+        <v>-1.3612</v>
+      </c>
+      <c r="F65" s="15">
+        <v>-1.2254</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" t="s">
         <v>39</v>
       </c>
-      <c r="B63" s="15">
-[...16 lines deleted...]
-      <c r="A64" t="s">
+      <c r="B66" s="11">
+        <v>488.4</v>
+      </c>
+      <c r="C66" s="11">
+        <v>-36</v>
+      </c>
+      <c r="D66" s="20"/>
+      <c r="E66" s="11">
+        <v>440.5333</v>
+      </c>
+      <c r="F66" s="11">
+        <v>444.7333</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
         <v>40</v>
       </c>
-      <c r="B64" s="15">
-[...54 lines deleted...]
-      </c>
       <c r="B67" s="11">
-        <v>-288.5833</v>
-[...3 lines deleted...]
-      <c r="E67" s="17"/>
+        <v>-286.9333</v>
+      </c>
+      <c r="C67" s="11">
+        <v>-102</v>
+      </c>
+      <c r="D67" s="20"/>
+      <c r="E67" s="11">
+        <v>-179.1429</v>
+      </c>
       <c r="F67" s="11">
-        <v>-180.2727</v>
-[...6 lines deleted...]
-    <row r="68" spans="1:8">
+        <v>-153.5714</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
-      <c r="G68"/>
-[...2 lines deleted...]
-    <row r="69" spans="1:8">
+    </row>
+    <row r="69" spans="1:6">
       <c r="A69" t="s">
+        <v>41</v>
+      </c>
+      <c r="B69" s="16">
+        <v>1.1622</v>
+      </c>
+      <c r="C69" s="16">
+        <v>1.146</v>
+      </c>
+      <c r="D69" s="16">
+        <v>1.1425</v>
+      </c>
+      <c r="E69" s="16">
+        <v>1.1489</v>
+      </c>
+      <c r="F69" s="16">
+        <v>1.1489</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>42</v>
+      </c>
+      <c r="B70" s="16">
+        <v>4.9611</v>
+      </c>
+      <c r="C70" s="16">
+        <v>4.88</v>
+      </c>
+      <c r="D70" s="16">
+        <v>4.855</v>
+      </c>
+      <c r="E70" s="16">
+        <v>4.88</v>
+      </c>
+      <c r="F70" s="16">
+        <v>4.8778</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" s="21" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
         <v>44</v>
-      </c>
-[...51 lines deleted...]
-        <v>47</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
-      <c r="G73"/>
-[...2 lines deleted...]
-    <row r="74" spans="1:8">
+    </row>
+    <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
-      <c r="G74"/>
-[...2 lines deleted...]
-    <row r="75" spans="1:8">
+    </row>
+    <row r="75" spans="1:6">
       <c r="A75"/>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
-      <c r="G75"/>
-[...2 lines deleted...]
-    <row r="76" spans="1:8">
+    </row>
+    <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
-      <c r="G76"/>
-[...2 lines deleted...]
-    <row r="77" spans="1:8">
+    </row>
+    <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
-      <c r="G77"/>
-[...2 lines deleted...]
-    <row r="78" spans="1:8">
+    </row>
+    <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
-      <c r="G78"/>
-[...2 lines deleted...]
-    <row r="79" spans="1:8">
+    </row>
+    <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
-      <c r="G79"/>
-[...2 lines deleted...]
-    <row r="80" spans="1:8">
+    </row>
+    <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
-      <c r="G80"/>
-[...2 lines deleted...]
-    <row r="81" spans="1:8">
+    </row>
+    <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
-      <c r="G81"/>
-[...2 lines deleted...]
-    <row r="82" spans="1:8">
+    </row>
+    <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
-      <c r="G82"/>
-[...2 lines deleted...]
-    <row r="83" spans="1:8">
+    </row>
+    <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
-      <c r="G83"/>
-[...3 lines deleted...]
-      <c r="A84"/>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" t="s">
+        <v>54</v>
+      </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
-      <c r="G84"/>
-[...2 lines deleted...]
-    <row r="85" spans="1:8">
+    </row>
+    <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
-      <c r="G85"/>
-[...5 lines deleted...]
-      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86"/>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
-      <c r="G86"/>
-[...2 lines deleted...]
-    <row r="87" spans="1:8">
+    </row>
+    <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
-      <c r="G87"/>
-[...3 lines deleted...]
-      <c r="A88"/>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>57</v>
+      </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
-      <c r="G88"/>
-[...2 lines deleted...]
-    <row r="89" spans="1:8">
+    </row>
+    <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
-      <c r="G89"/>
-[...4 lines deleted...]
-        <v>61</v>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90"/>
+      <c r="B90"/>
+      <c r="C90"/>
+      <c r="D90"/>
+      <c r="E90"/>
+      <c r="F90"/>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>59</v>
+      </c>
+      <c r="B91"/>
+      <c r="C91"/>
+      <c r="D91"/>
+      <c r="E91"/>
+      <c r="F91"/>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" s="22" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A73:H73"/>
-[...15 lines deleted...]
-    <mergeCell ref="A89:H89"/>
+    <mergeCell ref="A73:F73"/>
+    <mergeCell ref="A74:F74"/>
+    <mergeCell ref="A75:F75"/>
+    <mergeCell ref="A76:F76"/>
+    <mergeCell ref="A77:F77"/>
+    <mergeCell ref="A78:F78"/>
+    <mergeCell ref="A79:F79"/>
+    <mergeCell ref="A80:F80"/>
+    <mergeCell ref="A81:F81"/>
+    <mergeCell ref="A82:F82"/>
+    <mergeCell ref="A83:F83"/>
+    <mergeCell ref="A84:F84"/>
+    <mergeCell ref="A85:F85"/>
+    <mergeCell ref="A86:F86"/>
+    <mergeCell ref="A87:F87"/>
+    <mergeCell ref="A88:F88"/>
+    <mergeCell ref="A89:F89"/>
+    <mergeCell ref="A90:F90"/>
+    <mergeCell ref="A91:F91"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="72" man="1"/>
-    <brk id="91" man="1"/>
+    <brk id="93" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F93"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A93" sqref="A93"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="43.846436" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B7" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C7" s="10">
-        <v>3.2794</v>
+        <v>3.5333</v>
       </c>
       <c r="D7" s="10">
-        <v>3.08435</v>
+        <v>3.4</v>
       </c>
       <c r="E7" s="10">
-        <v>2.8469</v>
+        <v>3.3</v>
       </c>
       <c r="F7" s="10">
-        <v>5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B8" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C8" s="11">
-        <v>3969.0996</v>
+        <v>3977.7333</v>
       </c>
       <c r="D8" s="11">
-        <v>3958.3125</v>
+        <v>3977</v>
       </c>
       <c r="E8" s="11">
-        <v>3937.765</v>
+        <v>3966</v>
       </c>
       <c r="F8" s="11">
-        <v>4026</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B11" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C11" s="10">
-        <v>2.6872</v>
+        <v>3.14</v>
       </c>
       <c r="D11" s="10">
-        <v>2.6753</v>
+        <v>3.1</v>
       </c>
       <c r="E11" s="10">
-        <v>2.2403</v>
+        <v>2.8</v>
       </c>
       <c r="F11" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C12" s="11">
-        <v>2749.9379</v>
+        <v>2759.9333</v>
       </c>
       <c r="D12" s="11">
-        <v>2748</v>
+        <v>2756</v>
       </c>
       <c r="E12" s="11">
-        <v>2725.4958</v>
+        <v>2745</v>
       </c>
       <c r="F12" s="11">
-        <v>2768</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="23">
+        <v>14</v>
       </c>
       <c r="C15" s="12">
-        <v>2.9347</v>
+        <v>3.3786</v>
       </c>
       <c r="D15" s="12">
-        <v>2.9728</v>
+        <v>3.25</v>
       </c>
       <c r="E15" s="12">
-        <v>2.5992</v>
+        <v>3.1</v>
       </c>
       <c r="F15" s="12">
-        <v>3.1167</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B16" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C16" s="11">
-        <v>6719.1209</v>
+        <v>6737.9333</v>
       </c>
       <c r="D16" s="11">
-        <v>6710.41135</v>
+        <v>6728</v>
       </c>
       <c r="E16" s="11">
-        <v>6680.1573</v>
+        <v>6716</v>
       </c>
       <c r="F16" s="11">
-        <v>6776</v>
+        <v>6783</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="B17" s="24">
+        <v>12</v>
       </c>
       <c r="C17" s="13">
-        <v>0.6506</v>
+        <v>0.7</v>
       </c>
       <c r="D17" s="13">
-        <v>0.6523</v>
+        <v>0.75</v>
       </c>
       <c r="E17" s="13">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="F17" s="13">
-        <v>0.9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B18" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C18" s="14">
-        <v>574.1713999999999</v>
+        <v>583.4666999999999</v>
       </c>
       <c r="D18" s="14">
-        <v>570.5277</v>
+        <v>588</v>
       </c>
       <c r="E18" s="14">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F18" s="14">
-        <v>594</v>
+        <v>598</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B21" s="26">
         <v>12</v>
       </c>
+      <c r="B21" s="23">
+        <v>15</v>
+      </c>
       <c r="C21" s="12">
-        <v>-1.8524</v>
+        <v>-2.06</v>
       </c>
       <c r="D21" s="12">
-        <v>-1.7884</v>
+        <v>-2.1</v>
       </c>
       <c r="E21" s="12">
-        <v>-2.8</v>
+        <v>-2.5</v>
       </c>
       <c r="F21" s="12">
-        <v>-1.2126</v>
+        <v>-1.7</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B22" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C22" s="11">
-        <v>1984.8447</v>
+        <v>2018.8</v>
       </c>
       <c r="D22" s="11">
-        <v>1995.5</v>
+        <v>1997</v>
       </c>
       <c r="E22" s="11">
-        <v>1917</v>
+        <v>1974</v>
       </c>
       <c r="F22" s="11">
-        <v>2020.6711</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B25" s="26">
         <v>12</v>
       </c>
+      <c r="B25" s="23">
+        <v>15</v>
+      </c>
       <c r="C25" s="12">
-        <v>-2.6168</v>
+        <v>-2.2267</v>
       </c>
       <c r="D25" s="12">
-        <v>-2.55</v>
+        <v>-2.2</v>
       </c>
       <c r="E25" s="12">
-        <v>-3.5</v>
+        <v>-3</v>
       </c>
       <c r="F25" s="12">
-        <v>-2.1895</v>
+        <v>-1.8</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C26" s="11">
-        <v>1840.065</v>
+        <v>1878.4</v>
       </c>
       <c r="D26" s="11">
-        <v>1849.5625</v>
+        <v>1863</v>
       </c>
       <c r="E26" s="11">
-        <v>1800</v>
+        <v>1813</v>
       </c>
       <c r="F26" s="11">
-        <v>1866.0192</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="B29" s="23">
+        <v>14</v>
       </c>
       <c r="C29" s="12">
-        <v>-2.1688</v>
+        <v>-2.1357</v>
       </c>
       <c r="D29" s="12">
-        <v>-2.0586</v>
+        <v>-2.15</v>
       </c>
       <c r="E29" s="12">
-        <v>-3</v>
+        <v>-2.5</v>
       </c>
       <c r="F29" s="12">
         <v>-1.8</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B30" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C30" s="11">
-        <v>3824.9931</v>
+        <v>3854.5333</v>
       </c>
       <c r="D30" s="11">
-        <v>3844.27515</v>
+        <v>3863</v>
       </c>
       <c r="E30" s="11">
-        <v>3717</v>
+        <v>3787</v>
       </c>
       <c r="F30" s="11">
-        <v>3879.0599</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="B31" s="24">
+        <v>12</v>
       </c>
       <c r="C31" s="13">
-        <v>0.6829</v>
+        <v>0.6333</v>
       </c>
       <c r="D31" s="13">
-        <v>0.7355499999999999</v>
+        <v>0.75</v>
       </c>
       <c r="E31" s="13">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="F31" s="13">
-        <v>0.9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B32" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C32" s="14">
-        <v>90.8882</v>
+        <v>92.5333</v>
       </c>
       <c r="D32" s="14">
         <v>93</v>
       </c>
       <c r="E32" s="14">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="F32" s="14">
         <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B35" s="26">
         <v>12</v>
       </c>
+      <c r="B35" s="23">
+        <v>15</v>
+      </c>
       <c r="C35" s="12">
-        <v>-1.0796</v>
+        <v>-1.58</v>
       </c>
       <c r="D35" s="12">
+        <v>-1.5</v>
+      </c>
+      <c r="E35" s="12">
+        <v>-2.1</v>
+      </c>
+      <c r="F35" s="12">
         <v>-1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B36" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C36" s="11">
-        <v>1830.7796</v>
+        <v>1823.8667</v>
       </c>
       <c r="D36" s="11">
-        <v>1838.34075</v>
+        <v>1827</v>
       </c>
       <c r="E36" s="11">
-        <v>1766</v>
+        <v>1790</v>
       </c>
       <c r="F36" s="11">
-        <v>1851</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>14</v>
+      </c>
+      <c r="B37" s="24">
+        <v>10</v>
       </c>
       <c r="C37" s="13">
-        <v>0.1195</v>
+        <v>0.1</v>
       </c>
       <c r="D37" s="13">
         <v>0.1</v>
       </c>
       <c r="E37" s="13">
-        <v>0</v>
+        <v>-0.2</v>
       </c>
       <c r="F37" s="13">
         <v>0.3</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B38" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C38" s="14">
-        <v>90.4832</v>
+        <v>87.9333</v>
       </c>
       <c r="D38" s="14">
-        <v>91.10105</v>
+        <v>88</v>
       </c>
       <c r="E38" s="14">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="F38" s="14">
-        <v>95.884</v>
+        <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="5" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B41" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C41" s="11">
-        <v>-9.75</v>
+        <v>-9.8667</v>
       </c>
       <c r="D41" s="11">
-        <v>-9.5</v>
+        <v>-9</v>
       </c>
       <c r="E41" s="11">
-        <v>-14</v>
+        <v>-15</v>
       </c>
       <c r="F41" s="11">
         <v>-8</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B42" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C42" s="11">
-        <v>13.6235</v>
+        <v>14.6</v>
       </c>
       <c r="D42" s="11">
-        <v>14.31795</v>
+        <v>15</v>
       </c>
       <c r="E42" s="11">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F42" s="11">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B43" s="11">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C43" s="11">
-        <v>-3</v>
+        <v>-2.7857</v>
       </c>
       <c r="D43" s="11">
         <v>-3</v>
       </c>
       <c r="E43" s="11">
         <v>-3</v>
       </c>
       <c r="F43" s="11">
-        <v>-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B44" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C44" s="11">
-        <v>-32.9583</v>
+        <v>-31.7333</v>
       </c>
       <c r="D44" s="11">
-        <v>-32.75</v>
+        <v>-33</v>
       </c>
       <c r="E44" s="11">
-        <v>-39</v>
+        <v>-35</v>
       </c>
       <c r="F44" s="11">
-        <v>-28</v>
+        <v>-25</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B45" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C45" s="14">
-        <v>-32.0848</v>
+        <v>-29.7857</v>
       </c>
       <c r="D45" s="14">
-        <v>-31</v>
+        <v>-30</v>
       </c>
       <c r="E45" s="14">
-        <v>-39</v>
+        <v>-36</v>
       </c>
       <c r="F45" s="14">
-        <v>-25</v>
+        <v>-22</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B48" s="23">
+        <v>13</v>
       </c>
       <c r="C48" s="12">
-        <v>0.8245</v>
+        <v>1.0615</v>
       </c>
       <c r="D48" s="12">
-        <v>0.87305</v>
+        <v>1</v>
       </c>
       <c r="E48" s="12">
-        <v>0.4924</v>
+        <v>0.7</v>
       </c>
       <c r="F48" s="12">
-        <v>1.138</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B49" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C49" s="14">
-        <v>12850.9535</v>
+        <v>12902.8667</v>
       </c>
       <c r="D49" s="14">
-        <v>12865.66495</v>
+        <v>12925</v>
       </c>
       <c r="E49" s="14">
-        <v>12717.0177</v>
+        <v>12783</v>
       </c>
       <c r="F49" s="14">
-        <v>12947.8799</v>
+        <v>12983</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>14</v>
+      </c>
+      <c r="B50" s="24">
+        <v>14</v>
       </c>
       <c r="C50" s="13">
-        <v>0.6498</v>
+        <v>0.6571</v>
       </c>
       <c r="D50" s="13">
-        <v>0.71195</v>
+        <v>0.7</v>
       </c>
       <c r="E50" s="13">
-        <v>-0.1</v>
+        <v>0.2</v>
       </c>
       <c r="F50" s="13">
-        <v>0.9387</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B51" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C51" s="14">
-        <v>723.4579</v>
+        <v>734.1476</v>
       </c>
       <c r="D51" s="14">
-        <v>726.2673500000001</v>
+        <v>734</v>
       </c>
       <c r="E51" s="14">
-        <v>713</v>
+        <v>724</v>
       </c>
       <c r="F51" s="14">
-        <v>736</v>
+        <v>751</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="9" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>29</v>
+      </c>
+      <c r="B52" s="24">
+        <v>15</v>
       </c>
       <c r="C52" s="13">
-        <v>5.6296</v>
+        <v>5.6898</v>
       </c>
       <c r="D52" s="13">
-        <v>5.63255</v>
+        <v>5.688</v>
       </c>
       <c r="E52" s="13">
-        <v>5.5516</v>
+        <v>5.5989</v>
       </c>
       <c r="F52" s="13">
-        <v>5.7513</v>
+        <v>5.8312</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B54" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C54" s="11">
-        <v>-7.25</v>
+        <v>-6.4</v>
       </c>
       <c r="D54" s="11">
-        <v>-6.5</v>
+        <v>-6</v>
       </c>
       <c r="E54" s="11">
-        <v>-19</v>
+        <v>-11</v>
       </c>
       <c r="F54" s="11">
         <v>-3</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B55" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C55" s="11">
-        <v>-71.5767</v>
+        <v>-72.13330000000001</v>
       </c>
       <c r="D55" s="11">
         <v>-72</v>
       </c>
       <c r="E55" s="11">
-        <v>-76</v>
+        <v>-77</v>
       </c>
       <c r="F55" s="11">
-        <v>-64</v>
+        <v>-67</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B56" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C56" s="11">
-        <v>-102.1102</v>
+        <v>-96.2667</v>
       </c>
       <c r="D56" s="11">
-        <v>-100</v>
+        <v>-95</v>
       </c>
       <c r="E56" s="11">
-        <v>-116</v>
+        <v>-105</v>
       </c>
       <c r="F56" s="11">
-        <v>-97.5853</v>
+        <v>-93</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B58" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C58" s="14">
-        <v>542.521</v>
+        <v>559.3476000000001</v>
       </c>
       <c r="D58" s="14">
-        <v>540</v>
+        <v>559</v>
       </c>
       <c r="E58" s="14">
-        <v>530</v>
+        <v>553</v>
       </c>
       <c r="F58" s="14">
-        <v>553.2601</v>
+        <v>575</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B60" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C60" s="11">
-        <v>142.9118</v>
+        <v>146.7333</v>
       </c>
       <c r="D60" s="11">
-        <v>142.27365</v>
+        <v>146</v>
       </c>
       <c r="E60" s="11">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F60" s="11">
-        <v>148</v>
+        <v>155</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B61" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C61" s="14">
-        <v>399.6093</v>
+        <v>412.6143</v>
       </c>
       <c r="D61" s="14">
-        <v>399.5613</v>
+        <v>412</v>
       </c>
       <c r="E61" s="14">
-        <v>382</v>
+        <v>398</v>
       </c>
       <c r="F61" s="14">
-        <v>409.4125</v>
+        <v>427</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B63" s="11">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C63" s="15">
-        <v>23.0416</v>
+        <v>23.6667</v>
       </c>
       <c r="D63" s="15">
-        <v>23.1973</v>
+        <v>23.75</v>
       </c>
       <c r="E63" s="15">
-        <v>21.7</v>
+        <v>22.1</v>
       </c>
       <c r="F63" s="15">
-        <v>23.5</v>
+        <v>24.8</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B64" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C64" s="15">
-        <v>12.4157</v>
+        <v>12.4867</v>
       </c>
       <c r="D64" s="15">
         <v>12.4</v>
       </c>
       <c r="E64" s="15">
         <v>12.4</v>
       </c>
       <c r="F64" s="15">
-        <v>12.5879</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B65" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C65" s="15">
-        <v>-1.4621</v>
+        <v>-1.4671</v>
       </c>
       <c r="D65" s="15">
-        <v>-1.4777</v>
+        <v>-1.4796</v>
       </c>
       <c r="E65" s="15">
-        <v>-1.5805</v>
+        <v>-1.5836</v>
       </c>
       <c r="F65" s="15">
-        <v>-1.3152</v>
+        <v>-1.3137</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B66" s="11">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C66" s="11">
-        <v>502.975</v>
+        <v>488.4</v>
       </c>
       <c r="D66" s="11">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="E66" s="11">
-        <v>460</v>
+        <v>425</v>
       </c>
       <c r="F66" s="11">
-        <v>534.4165</v>
+        <v>518</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B67" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C67" s="11">
-        <v>-288.5833</v>
+        <v>-286.9333</v>
       </c>
       <c r="D67" s="11">
-        <v>-280.5</v>
+        <v>-286</v>
       </c>
       <c r="E67" s="11">
         <v>-351</v>
       </c>
       <c r="F67" s="11">
         <v>-220</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B69" s="11">
         <v>9</v>
       </c>
       <c r="C69" s="16">
-        <v>1.1732</v>
+        <v>1.1622</v>
       </c>
       <c r="D69" s="16">
+        <v>1.16</v>
+      </c>
+      <c r="E69" s="16">
+        <v>1.14</v>
+      </c>
+      <c r="F69" s="16">
         <v>1.17</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.2</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B70" s="11">
         <v>9</v>
       </c>
       <c r="C70" s="16">
-        <v>4.9834</v>
+        <v>4.9611</v>
       </c>
       <c r="D70" s="16">
-        <v>4.9458</v>
+        <v>4.94</v>
       </c>
       <c r="E70" s="16">
         <v>4.93</v>
       </c>
       <c r="F70" s="16">
-        <v>5.15</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="72" spans="1:6">
-      <c r="A72" s="24" t="s">
-        <v>46</v>
+      <c r="A72" s="21" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75"/>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>78</v>
+        <v>55</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86"/>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90"/>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
     </row>
     <row r="93" spans="1:6">
-      <c r="A93" s="25" t="s">
-        <v>61</v>
+      <c r="A93" s="22" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A74:F74"/>
     <mergeCell ref="A75:F75"/>
     <mergeCell ref="A76:F76"/>
     <mergeCell ref="A77:F77"/>
     <mergeCell ref="A78:F78"/>
     <mergeCell ref="A79:F79"/>
     <mergeCell ref="A80:F80"/>
     <mergeCell ref="A81:F81"/>
     <mergeCell ref="A82:F82"/>
     <mergeCell ref="A83:F83"/>
     <mergeCell ref="A84:F84"/>
     <mergeCell ref="A85:F85"/>
     <mergeCell ref="A86:F86"/>
     <mergeCell ref="A87:F87"/>
     <mergeCell ref="A88:F88"/>
     <mergeCell ref="A89:F89"/>
     <mergeCell ref="A90:F90"/>
     <mergeCell ref="A91:F91"/>
   </mergeCells>
@@ -3792,1316 +3513,1316 @@
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B7" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C7" s="10">
-        <v>1.8896</v>
+        <v>2.4733</v>
       </c>
       <c r="D7" s="10">
-        <v>1.5</v>
+        <v>2.2</v>
       </c>
       <c r="E7" s="10">
-        <v>0.75</v>
+        <v>2</v>
       </c>
       <c r="F7" s="10">
-        <v>5.7</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B8" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C8" s="11">
-        <v>1799.128</v>
+        <v>1807.7333</v>
       </c>
       <c r="D8" s="11">
-        <v>1788.3125</v>
+        <v>1807</v>
       </c>
       <c r="E8" s="11">
-        <v>1767.765</v>
+        <v>1796</v>
       </c>
       <c r="F8" s="11">
-        <v>1856</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B11" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C11" s="10">
-        <v>2.3816</v>
+        <v>3.28</v>
       </c>
       <c r="D11" s="10">
-        <v>2.37245</v>
+        <v>3.2</v>
       </c>
       <c r="E11" s="10">
-        <v>1.5</v>
+        <v>2.7</v>
       </c>
       <c r="F11" s="10">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C12" s="11">
-        <v>1391.979</v>
+        <v>1401.9333</v>
       </c>
       <c r="D12" s="11">
-        <v>1390</v>
+        <v>1398</v>
       </c>
       <c r="E12" s="11">
-        <v>1367.4958</v>
+        <v>1387</v>
       </c>
       <c r="F12" s="11">
-        <v>1410.4937</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="23">
+        <v>14</v>
       </c>
       <c r="C15" s="12">
-        <v>1.8713</v>
+        <v>2.7857</v>
       </c>
       <c r="D15" s="12">
-        <v>1.9</v>
+        <v>2.6</v>
       </c>
       <c r="E15" s="12">
-        <v>1.2167</v>
+        <v>2.3</v>
       </c>
       <c r="F15" s="12">
-        <v>2.2581</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B16" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C16" s="11">
-        <v>3191.107</v>
+        <v>3209.9333</v>
       </c>
       <c r="D16" s="11">
-        <v>3182.41135</v>
+        <v>3200</v>
       </c>
       <c r="E16" s="11">
-        <v>3152.1573</v>
+        <v>3188</v>
       </c>
       <c r="F16" s="11">
-        <v>3248</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>14</v>
+      </c>
+      <c r="B17" s="24">
+        <v>12</v>
       </c>
       <c r="C17" s="13">
-        <v>0.4731</v>
+        <v>0.4583</v>
       </c>
       <c r="D17" s="13">
-        <v>0.5266</v>
+        <v>0.55</v>
       </c>
       <c r="E17" s="13">
-        <v>-0.1</v>
+        <v>-0.9</v>
       </c>
       <c r="F17" s="13">
-        <v>0.9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B18" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C18" s="14">
-        <v>230.1614</v>
+        <v>239.5333</v>
       </c>
       <c r="D18" s="14">
-        <v>226.5277</v>
+        <v>244</v>
       </c>
       <c r="E18" s="14">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="F18" s="14">
-        <v>250</v>
+        <v>254</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B21" s="26">
         <v>12</v>
       </c>
+      <c r="B21" s="23">
+        <v>15</v>
+      </c>
       <c r="C21" s="12">
-        <v>-2.283</v>
+        <v>-2.7467</v>
       </c>
       <c r="D21" s="12">
-        <v>-2.13915</v>
+        <v>-2.7</v>
       </c>
       <c r="E21" s="12">
-        <v>-4.5</v>
+        <v>-3.7</v>
       </c>
       <c r="F21" s="12">
-        <v>-1</v>
+        <v>-2</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B22" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C22" s="11">
-        <v>910.881</v>
+        <v>931.6</v>
       </c>
       <c r="D22" s="11">
-        <v>921.5</v>
+        <v>923</v>
       </c>
       <c r="E22" s="11">
-        <v>843</v>
+        <v>900</v>
       </c>
       <c r="F22" s="11">
-        <v>946.6711</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B25" s="26">
         <v>12</v>
       </c>
+      <c r="B25" s="23">
+        <v>15</v>
+      </c>
       <c r="C25" s="12">
-        <v>-2.2926</v>
+        <v>-1.4867</v>
       </c>
       <c r="D25" s="12">
-        <v>-2.15</v>
+        <v>-1.5</v>
       </c>
       <c r="E25" s="12">
-        <v>-4.2</v>
+        <v>-3.1</v>
       </c>
       <c r="F25" s="12">
-        <v>-1.1465</v>
+        <v>-0.6</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C26" s="11">
-        <v>866.0302</v>
+        <v>892.8667</v>
       </c>
       <c r="D26" s="11">
-        <v>875.5625</v>
+        <v>889</v>
       </c>
       <c r="E26" s="11">
-        <v>826</v>
+        <v>839</v>
       </c>
       <c r="F26" s="11">
-        <v>892.0192</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="B29" s="23">
+        <v>13</v>
       </c>
       <c r="C29" s="12">
-        <v>-2.1617</v>
+        <v>-2.0538</v>
       </c>
       <c r="D29" s="12">
-        <v>-1.8</v>
+        <v>-2.2</v>
       </c>
       <c r="E29" s="12">
-        <v>-4</v>
+        <v>-2.6</v>
       </c>
       <c r="F29" s="12">
-        <v>-1.2422</v>
+        <v>-1.4</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B30" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C30" s="11">
-        <v>1776.9862</v>
+        <v>1806.5333</v>
       </c>
       <c r="D30" s="11">
-        <v>1796.27515</v>
+        <v>1815</v>
       </c>
       <c r="E30" s="11">
-        <v>1669</v>
+        <v>1739</v>
       </c>
       <c r="F30" s="11">
-        <v>1831.0599</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="B31" s="24">
+        <v>12</v>
       </c>
       <c r="C31" s="13">
-        <v>0.1931</v>
+        <v>0.175</v>
       </c>
       <c r="D31" s="13">
-        <v>0.31835</v>
+        <v>0.3</v>
       </c>
       <c r="E31" s="13">
-        <v>-0.7</v>
+        <v>-1.3</v>
       </c>
       <c r="F31" s="13">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B32" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C32" s="14">
-        <v>18.9257</v>
+        <v>20.5333</v>
       </c>
       <c r="D32" s="14">
-        <v>21.22495</v>
+        <v>21</v>
       </c>
       <c r="E32" s="14">
-        <v>-4</v>
+        <v>9</v>
       </c>
       <c r="F32" s="14">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B35" s="26">
         <v>12</v>
       </c>
+      <c r="B35" s="23">
+        <v>15</v>
+      </c>
       <c r="C35" s="12">
-        <v>0.0582</v>
+        <v>-0.9267</v>
       </c>
       <c r="D35" s="12">
-        <v>0.1683</v>
+        <v>-0.8</v>
       </c>
       <c r="E35" s="12">
         <v>-1.9</v>
       </c>
       <c r="F35" s="12">
-        <v>2.3</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B36" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C36" s="11">
-        <v>884.7499</v>
+        <v>877.8</v>
       </c>
       <c r="D36" s="11">
-        <v>892.2134</v>
+        <v>881</v>
       </c>
       <c r="E36" s="11">
-        <v>819.8992</v>
+        <v>844</v>
       </c>
       <c r="F36" s="11">
-        <v>905</v>
+        <v>902</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>14</v>
+      </c>
+      <c r="B37" s="24">
+        <v>10</v>
       </c>
       <c r="C37" s="13">
-        <v>0.109</v>
+        <v>0.09</v>
       </c>
       <c r="D37" s="13">
         <v>0.1</v>
       </c>
       <c r="E37" s="13">
-        <v>-0.2</v>
+        <v>-0.6</v>
       </c>
       <c r="F37" s="13">
         <v>0.5</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B38" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C38" s="14">
-        <v>39.4954</v>
+        <v>36.9333</v>
       </c>
       <c r="D38" s="14">
-        <v>40.10105</v>
+        <v>37</v>
       </c>
       <c r="E38" s="14">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F38" s="14">
-        <v>44.884</v>
+        <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="5" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B41" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C41" s="11">
-        <v>-3.5</v>
+        <v>-3.6667</v>
       </c>
       <c r="D41" s="11">
-        <v>-3.5</v>
+        <v>-3</v>
       </c>
       <c r="E41" s="11">
-        <v>-5</v>
+        <v>-9</v>
       </c>
       <c r="F41" s="11">
         <v>-2</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B42" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C42" s="11">
-        <v>2.5932</v>
+        <v>3.5333</v>
       </c>
       <c r="D42" s="11">
-        <v>3.31795</v>
+        <v>4</v>
       </c>
       <c r="E42" s="11">
         <v>-3</v>
       </c>
       <c r="F42" s="11">
-        <v>5.6366</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B43" s="11">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C43" s="11">
         <v>0</v>
       </c>
       <c r="D43" s="11">
         <v>0</v>
       </c>
       <c r="E43" s="11">
         <v>0</v>
       </c>
       <c r="F43" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B44" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C44" s="11">
-        <v>-15.9583</v>
+        <v>-16.2</v>
       </c>
       <c r="D44" s="11">
         <v>-16</v>
       </c>
       <c r="E44" s="11">
-        <v>-19</v>
+        <v>-30</v>
       </c>
       <c r="F44" s="11">
-        <v>-11</v>
+        <v>-8</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B45" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C45" s="14">
-        <v>-16.8651</v>
+        <v>-16.3333</v>
       </c>
       <c r="D45" s="14">
-        <v>-16</v>
+        <v>-15</v>
       </c>
       <c r="E45" s="14">
-        <v>-24</v>
+        <v>-37</v>
       </c>
       <c r="F45" s="14">
-        <v>-13</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="B48" s="23">
+        <v>11</v>
       </c>
       <c r="C48" s="12">
-        <v>0.3873</v>
+        <v>0.8273</v>
       </c>
       <c r="D48" s="12">
-        <v>0.4315</v>
+        <v>0.8</v>
       </c>
       <c r="E48" s="12">
-        <v>-0.1</v>
+        <v>0.5</v>
       </c>
       <c r="F48" s="12">
-        <v>0.9565</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B49" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C49" s="14">
-        <v>6055.4157</v>
+        <v>6107.8667</v>
       </c>
       <c r="D49" s="14">
-        <v>6054.4191</v>
+        <v>6120</v>
       </c>
       <c r="E49" s="14">
-        <v>5966.0177</v>
+        <v>6032</v>
       </c>
       <c r="F49" s="14">
-        <v>6136.8799</v>
+        <v>6172</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="B50" s="24">
+        <v>11</v>
       </c>
       <c r="C50" s="13">
-        <v>0.4187</v>
+        <v>0.3545</v>
       </c>
       <c r="D50" s="13">
-        <v>0.435</v>
+        <v>0.4</v>
       </c>
       <c r="E50" s="13">
-        <v>0.1</v>
+        <v>-0.8</v>
       </c>
       <c r="F50" s="13">
-        <v>0.8569</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B51" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C51" s="14">
-        <v>271.7174</v>
+        <v>280.6667</v>
       </c>
       <c r="D51" s="14">
-        <v>274.26735</v>
+        <v>281</v>
       </c>
       <c r="E51" s="14">
-        <v>261.113</v>
+        <v>272</v>
       </c>
       <c r="F51" s="14">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="9" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>29</v>
+      </c>
+      <c r="B52" s="24">
+        <v>15</v>
       </c>
       <c r="C52" s="13">
-        <v>4.4872</v>
+        <v>4.5952</v>
       </c>
       <c r="D52" s="13">
-        <v>4.470549999999999</v>
+        <v>4.5897</v>
       </c>
       <c r="E52" s="13">
-        <v>4.3413</v>
+        <v>4.4437</v>
       </c>
       <c r="F52" s="13">
-        <v>4.7444</v>
+        <v>4.7248</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B54" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C54" s="11">
-        <v>-4.25</v>
+        <v>-3.4</v>
       </c>
       <c r="D54" s="11">
-        <v>-3.5</v>
+        <v>-3</v>
       </c>
       <c r="E54" s="11">
-        <v>-16</v>
+        <v>-8</v>
       </c>
       <c r="F54" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B55" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C55" s="11">
-        <v>-35.5767</v>
+        <v>-36.1333</v>
       </c>
       <c r="D55" s="11">
         <v>-36</v>
       </c>
       <c r="E55" s="11">
-        <v>-40</v>
+        <v>-41</v>
       </c>
       <c r="F55" s="11">
-        <v>-28</v>
+        <v>-31</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B56" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C56" s="11">
-        <v>-57.1086</v>
+        <v>-51.2667</v>
       </c>
       <c r="D56" s="11">
-        <v>-55</v>
+        <v>-50</v>
       </c>
       <c r="E56" s="11">
-        <v>-71</v>
+        <v>-60</v>
       </c>
       <c r="F56" s="11">
-        <v>-52.5853</v>
+        <v>-48</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B58" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C58" s="14">
-        <v>174.782</v>
+        <v>189.8667</v>
       </c>
       <c r="D58" s="14">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="E58" s="14">
-        <v>159</v>
+        <v>182</v>
       </c>
       <c r="F58" s="14">
-        <v>185.1911</v>
+        <v>196</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B60" s="11">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C60" s="11">
-        <v>45.5058</v>
+        <v>49.4615</v>
       </c>
       <c r="D60" s="11">
-        <v>45.5473</v>
+        <v>50</v>
       </c>
       <c r="E60" s="11">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F60" s="11">
-        <v>51</v>
+        <v>58</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B61" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C61" s="14">
-        <v>129.2763</v>
+        <v>140.4051</v>
       </c>
       <c r="D61" s="14">
-        <v>132.99495</v>
+        <v>143</v>
       </c>
       <c r="E61" s="14">
-        <v>108</v>
+        <v>124</v>
       </c>
       <c r="F61" s="14">
-        <v>171.8954</v>
+        <v>194</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B63" s="11">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C63" s="15">
-        <v>7.4736</v>
+        <v>8.244400000000001</v>
       </c>
       <c r="D63" s="15">
-        <v>7.6</v>
+        <v>8.300000000000001</v>
       </c>
       <c r="E63" s="15">
-        <v>6.4</v>
+        <v>7.4</v>
       </c>
       <c r="F63" s="15">
-        <v>7.9</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B64" s="11">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C64" s="15">
-        <v>8.6</v>
+        <v>8.945499999999999</v>
       </c>
       <c r="D64" s="15">
         <v>8.6</v>
       </c>
       <c r="E64" s="15">
         <v>8.6</v>
       </c>
       <c r="F64" s="15">
-        <v>8.6</v>
+        <v>12.4</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B65" s="11">
         <v>0</v>
       </c>
-      <c r="C65" s="18" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C65" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="D65" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E65" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="F65" s="17" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B66" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>1</v>
+      </c>
+      <c r="C66" s="11">
+        <v>-36</v>
+      </c>
+      <c r="D66" s="11">
+        <v>-36</v>
+      </c>
+      <c r="E66" s="11">
+        <v>-36</v>
+      </c>
+      <c r="F66" s="11">
+        <v>-36</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B67" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>1</v>
+      </c>
+      <c r="C67" s="11">
+        <v>-102</v>
+      </c>
+      <c r="D67" s="11">
+        <v>-102</v>
+      </c>
+      <c r="E67" s="11">
+        <v>-102</v>
+      </c>
+      <c r="F67" s="11">
+        <v>-102</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B69" s="11">
         <v>5</v>
       </c>
       <c r="C69" s="16">
-        <v>1.1487</v>
+        <v>1.146</v>
       </c>
       <c r="D69" s="16">
-        <v>1.1486</v>
+        <v>1.15</v>
       </c>
       <c r="E69" s="16">
         <v>1.14</v>
       </c>
       <c r="F69" s="16">
-        <v>1.1632</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B70" s="11">
         <v>5</v>
       </c>
       <c r="C70" s="16">
-        <v>4.8903</v>
+        <v>4.88</v>
       </c>
       <c r="D70" s="16">
-        <v>4.8914</v>
+        <v>4.86</v>
       </c>
       <c r="E70" s="16">
-        <v>4.85</v>
+        <v>4.86</v>
       </c>
       <c r="F70" s="16">
-        <v>4.9563</v>
+        <v>4.92</v>
       </c>
     </row>
     <row r="72" spans="1:6">
-      <c r="A72" s="24" t="s">
-        <v>46</v>
+      <c r="A72" s="21" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75"/>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>78</v>
+        <v>55</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86"/>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90"/>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
     </row>
     <row r="93" spans="1:6">
-      <c r="A93" s="25" t="s">
-        <v>61</v>
+      <c r="A93" s="22" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A74:F74"/>
     <mergeCell ref="A75:F75"/>
     <mergeCell ref="A76:F76"/>
     <mergeCell ref="A77:F77"/>
     <mergeCell ref="A78:F78"/>
     <mergeCell ref="A79:F79"/>
     <mergeCell ref="A80:F80"/>
     <mergeCell ref="A81:F81"/>
     <mergeCell ref="A82:F82"/>
     <mergeCell ref="A83:F83"/>
     <mergeCell ref="A84:F84"/>
     <mergeCell ref="A85:F85"/>
     <mergeCell ref="A86:F86"/>
     <mergeCell ref="A87:F87"/>
     <mergeCell ref="A88:F88"/>
     <mergeCell ref="A89:F89"/>
     <mergeCell ref="A90:F90"/>
     <mergeCell ref="A91:F91"/>
   </mergeCells>
@@ -5145,1316 +4866,1316 @@
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="14">
         <v>12</v>
       </c>
-      <c r="B7" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="10">
-        <v>1.78</v>
+        <v>1.675</v>
       </c>
       <c r="D7" s="10">
-        <v>1.75</v>
+        <v>1.4</v>
       </c>
       <c r="E7" s="10">
         <v>1</v>
       </c>
       <c r="F7" s="10">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B8" s="11">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C8" s="11">
-        <v>962.6909000000001</v>
+        <v>834.5833</v>
       </c>
       <c r="D8" s="11">
-        <v>960.7477</v>
+        <v>833.5</v>
       </c>
       <c r="E8" s="11">
-        <v>954.72</v>
+        <v>825</v>
       </c>
       <c r="F8" s="11">
-        <v>980.3031</v>
+        <v>853</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B11" s="14">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C11" s="10">
-        <v>2.05</v>
+        <v>3.0583</v>
       </c>
       <c r="D11" s="10">
+        <v>3</v>
+      </c>
+      <c r="E11" s="10">
         <v>2</v>
       </c>
-      <c r="E11" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C12" s="11">
-        <v>704.8287</v>
+        <v>689.4167</v>
       </c>
       <c r="D12" s="11">
-        <v>705.4175</v>
+        <v>686</v>
       </c>
       <c r="E12" s="11">
-        <v>692.5538</v>
+        <v>675</v>
       </c>
       <c r="F12" s="11">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="23">
+        <v>12</v>
       </c>
       <c r="C15" s="12">
-        <v>1.8818</v>
+        <v>2.2917</v>
       </c>
       <c r="D15" s="12">
-        <v>1.9583</v>
+        <v>2.2</v>
       </c>
       <c r="E15" s="12">
-        <v>1.2106</v>
+        <v>1.4</v>
       </c>
       <c r="F15" s="12">
-        <v>2.4</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B16" s="11">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C16" s="11">
-        <v>1667.5393</v>
+        <v>1524.3333</v>
       </c>
       <c r="D16" s="11">
-        <v>1668.81825</v>
+        <v>1520</v>
       </c>
       <c r="E16" s="11">
-        <v>1649.4272</v>
+        <v>1503</v>
       </c>
       <c r="F16" s="11">
-        <v>1676.9315</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>14</v>
+      </c>
+      <c r="B17" s="24">
+        <v>4</v>
       </c>
       <c r="C17" s="13">
         <v>0</v>
       </c>
       <c r="D17" s="13">
         <v>0</v>
       </c>
       <c r="E17" s="13">
         <v>0</v>
       </c>
       <c r="F17" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B18" s="14">
         <v>0</v>
       </c>
-      <c r="C18" s="19" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C18" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F18" s="18" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B21" s="23">
+        <v>11</v>
       </c>
       <c r="C21" s="12">
-        <v>-2.61</v>
+        <v>-1.9091</v>
       </c>
       <c r="D21" s="12">
-        <v>-2.5</v>
+        <v>-2</v>
       </c>
       <c r="E21" s="12">
-        <v>-4</v>
+        <v>-3.5</v>
       </c>
       <c r="F21" s="12">
-        <v>-1.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B22" s="11">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C22" s="11">
-        <v>496.6333</v>
+        <v>431.4545</v>
       </c>
       <c r="D22" s="11">
-        <v>496.82435</v>
+        <v>428</v>
       </c>
       <c r="E22" s="11">
-        <v>483</v>
+        <v>406</v>
       </c>
       <c r="F22" s="11">
-        <v>507.1192</v>
+        <v>511</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B25" s="23">
+        <v>12</v>
       </c>
       <c r="C25" s="12">
-        <v>-2.73</v>
+        <v>-1.025</v>
       </c>
       <c r="D25" s="12">
-        <v>-2.5</v>
+        <v>-1.25</v>
       </c>
       <c r="E25" s="12">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="F25" s="12">
-        <v>-1.8</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C26" s="11">
-        <v>461.193</v>
+        <v>419.5833</v>
       </c>
       <c r="D26" s="11">
-        <v>463.7281</v>
+        <v>420</v>
       </c>
       <c r="E26" s="11">
-        <v>445</v>
+        <v>392</v>
       </c>
       <c r="F26" s="11">
-        <v>470.5522</v>
+        <v>472</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B29" s="23">
+        <v>12</v>
       </c>
       <c r="C29" s="12">
-        <v>-2.6663</v>
+        <v>-1.5417</v>
       </c>
       <c r="D29" s="12">
-        <v>-2.5</v>
+        <v>-1.8</v>
       </c>
       <c r="E29" s="12">
-        <v>-4.4795</v>
+        <v>-2.4</v>
       </c>
       <c r="F29" s="12">
-        <v>-1.696</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B30" s="11">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C30" s="11">
-        <v>957.9263</v>
+        <v>839.3333</v>
       </c>
       <c r="D30" s="11">
-        <v>960.61325</v>
+        <v>847</v>
       </c>
       <c r="E30" s="11">
-        <v>928</v>
+        <v>801</v>
       </c>
       <c r="F30" s="11">
-        <v>974.4416</v>
+        <v>861</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B31" s="27">
+        <v>14</v>
+      </c>
+      <c r="B31" s="24">
         <v>0</v>
       </c>
-      <c r="C31" s="20" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C31" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E31" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="F31" s="19" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B32" s="14">
         <v>0</v>
       </c>
-      <c r="C32" s="19" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C32" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D32" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F32" s="18" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B35" s="23">
+        <v>12</v>
       </c>
       <c r="C35" s="12">
-        <v>-0.15</v>
+        <v>-0.6333</v>
       </c>
       <c r="D35" s="12">
-        <v>0.25</v>
+        <v>-0.9</v>
       </c>
       <c r="E35" s="12">
-        <v>-2</v>
+        <v>-2.6</v>
       </c>
       <c r="F35" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B36" s="11">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C36" s="11">
-        <v>487.0026</v>
+        <v>401.3333</v>
       </c>
       <c r="D36" s="11">
-        <v>488.8643</v>
+        <v>403</v>
       </c>
       <c r="E36" s="11">
-        <v>468</v>
+        <v>383</v>
       </c>
       <c r="F36" s="11">
-        <v>502</v>
+        <v>421</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="9" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B37" s="27">
+        <v>14</v>
+      </c>
+      <c r="B37" s="24">
         <v>0</v>
       </c>
-      <c r="C37" s="20" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C37" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="D37" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E37" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="F37" s="19" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B38" s="14">
         <v>0</v>
       </c>
-      <c r="C38" s="19" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C38" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D38" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F38" s="18" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="5" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B41" s="11">
         <v>0</v>
       </c>
-      <c r="C41" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C41" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D41" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E41" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F41" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B42" s="11">
         <v>0</v>
       </c>
-      <c r="C42" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C42" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D42" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E42" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F42" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B43" s="11">
         <v>0</v>
       </c>
-      <c r="C43" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C43" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D43" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E43" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F43" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B44" s="11">
         <v>0</v>
       </c>
-      <c r="C44" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C44" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D44" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E44" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F44" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B45" s="14">
         <v>0</v>
       </c>
-      <c r="C45" s="19" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C45" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F45" s="18" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="B48" s="23">
+        <v>10</v>
       </c>
       <c r="C48" s="12">
-        <v>0.1731</v>
+        <v>0.77</v>
       </c>
       <c r="D48" s="12">
-        <v>0.16075</v>
+        <v>0.75</v>
       </c>
       <c r="E48" s="12">
-        <v>-0.3463</v>
+        <v>0</v>
       </c>
       <c r="F48" s="12">
-        <v>0.8</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B49" s="14">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C49" s="14">
-        <v>3215.4765</v>
+        <v>2865</v>
       </c>
       <c r="D49" s="14">
-        <v>3217.2097</v>
+        <v>2874</v>
       </c>
       <c r="E49" s="14">
-        <v>3177.5765</v>
+        <v>2812</v>
       </c>
       <c r="F49" s="14">
-        <v>3256</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="9" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B50" s="27">
+        <v>14</v>
+      </c>
+      <c r="B50" s="24">
         <v>0</v>
       </c>
-      <c r="C50" s="20" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C50" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="D50" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E50" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="F50" s="19" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B51" s="14">
         <v>0</v>
       </c>
-      <c r="C51" s="19" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C51" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D51" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E51" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F51" s="18" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="9" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="B52" s="27">
+        <v>29</v>
+      </c>
+      <c r="B52" s="24">
         <v>0</v>
       </c>
-      <c r="C52" s="20" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C52" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="D52" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E52" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="F52" s="19" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B54" s="11">
         <v>0</v>
       </c>
-      <c r="C54" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C54" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D54" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E54" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F54" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B55" s="11">
         <v>0</v>
       </c>
-      <c r="C55" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C55" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D55" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E55" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F55" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B56" s="11">
         <v>0</v>
       </c>
-      <c r="C56" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C56" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D56" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E56" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F56" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B58" s="14">
         <v>0</v>
       </c>
-      <c r="C58" s="19" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C58" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D58" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E58" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F58" s="18" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B60" s="11">
         <v>0</v>
       </c>
-      <c r="C60" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C60" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D60" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E60" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F60" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B61" s="14">
         <v>0</v>
       </c>
-      <c r="C61" s="19" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C61" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D61" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F61" s="18" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B63" s="11">
         <v>0</v>
       </c>
-      <c r="C63" s="18" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C63" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="D63" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E63" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="F63" s="17" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B64" s="11">
         <v>0</v>
       </c>
-      <c r="C64" s="18" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C64" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="D64" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E64" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="F64" s="17" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B65" s="11">
         <v>0</v>
       </c>
-      <c r="C65" s="18" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C65" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="D65" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E65" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="F65" s="17" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B66" s="11">
         <v>0</v>
       </c>
-      <c r="C66" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C66" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D66" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E66" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F66" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B67" s="11">
         <v>0</v>
       </c>
-      <c r="C67" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="C67" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D67" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="E67" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F67" s="20" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B69" s="11">
         <v>4</v>
       </c>
       <c r="C69" s="16">
-        <v>1.1542</v>
+        <v>1.1425</v>
       </c>
       <c r="D69" s="16">
-        <v>1.15225</v>
+        <v>1.14</v>
       </c>
       <c r="E69" s="16">
+        <v>1.14</v>
+      </c>
+      <c r="F69" s="16">
         <v>1.15</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.1625</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B70" s="11">
         <v>4</v>
       </c>
       <c r="C70" s="16">
-        <v>4.9157</v>
+        <v>4.855</v>
       </c>
       <c r="D70" s="16">
-        <v>4.9065</v>
+        <v>4.84</v>
       </c>
       <c r="E70" s="16">
-        <v>4.8997</v>
+        <v>4.82</v>
       </c>
       <c r="F70" s="16">
-        <v>4.9502</v>
+        <v>4.92</v>
       </c>
     </row>
     <row r="72" spans="1:6">
-      <c r="A72" s="24" t="s">
-        <v>46</v>
+      <c r="A72" s="21" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75"/>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>78</v>
+        <v>55</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86"/>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90"/>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
     </row>
     <row r="93" spans="1:6">
-      <c r="A93" s="25" t="s">
-        <v>61</v>
+      <c r="A93" s="22" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A74:F74"/>
     <mergeCell ref="A75:F75"/>
     <mergeCell ref="A76:F76"/>
     <mergeCell ref="A77:F77"/>
     <mergeCell ref="A78:F78"/>
     <mergeCell ref="A79:F79"/>
     <mergeCell ref="A80:F80"/>
     <mergeCell ref="A81:F81"/>
     <mergeCell ref="A82:F82"/>
     <mergeCell ref="A83:F83"/>
     <mergeCell ref="A84:F84"/>
     <mergeCell ref="A85:F85"/>
     <mergeCell ref="A86:F86"/>
     <mergeCell ref="A87:F87"/>
     <mergeCell ref="A88:F88"/>
     <mergeCell ref="A89:F89"/>
     <mergeCell ref="A90:F90"/>
     <mergeCell ref="A91:F91"/>
   </mergeCells>
@@ -6498,1316 +6219,1316 @@
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B7" s="14">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C7" s="10">
-        <v>1.4046</v>
+        <v>1.4733</v>
       </c>
       <c r="D7" s="10">
         <v>1.5</v>
       </c>
       <c r="E7" s="10">
-        <v>0</v>
+        <v>-0.5</v>
       </c>
       <c r="F7" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B8" s="11">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C8" s="11">
-        <v>833.5128999999999</v>
+        <v>4056.7333</v>
       </c>
       <c r="D8" s="11">
-        <v>829.6125</v>
+        <v>4052</v>
       </c>
       <c r="E8" s="11">
-        <v>813.045</v>
+        <v>3983</v>
       </c>
       <c r="F8" s="11">
-        <v>871.8918</v>
+        <v>4112</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B11" s="14">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C11" s="10">
-        <v>2.476</v>
+        <v>2.4067</v>
       </c>
       <c r="D11" s="10">
-        <v>2.3806</v>
+        <v>2.5</v>
       </c>
       <c r="E11" s="10">
         <v>1.5</v>
       </c>
       <c r="F11" s="10">
-        <v>3.5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C12" s="11">
-        <v>686.6925</v>
+        <v>2868.8</v>
       </c>
       <c r="D12" s="11">
-        <v>685.98675</v>
+        <v>2867</v>
       </c>
       <c r="E12" s="11">
-        <v>674.942</v>
+        <v>2827</v>
       </c>
       <c r="F12" s="11">
-        <v>699.0255</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="23">
+        <v>14</v>
       </c>
       <c r="C15" s="12">
-        <v>1.8869</v>
+        <v>1.7786</v>
       </c>
       <c r="D15" s="12">
-        <v>1.971</v>
+        <v>1.75</v>
       </c>
       <c r="E15" s="12">
-        <v>1.2235</v>
+        <v>0.5</v>
       </c>
       <c r="F15" s="12">
-        <v>2.3941</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B16" s="11">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C16" s="11">
-        <v>1520.2055</v>
+        <v>6925.7333</v>
       </c>
       <c r="D16" s="11">
-        <v>1513.5931</v>
+        <v>6934</v>
       </c>
       <c r="E16" s="11">
-        <v>1496.475</v>
+        <v>6852</v>
       </c>
       <c r="F16" s="11">
-        <v>1570.5612</v>
+        <v>7018</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>14</v>
+      </c>
+      <c r="B17" s="24">
+        <v>12</v>
       </c>
       <c r="C17" s="13">
-        <v>0</v>
+        <v>0.1417</v>
       </c>
       <c r="D17" s="13">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="E17" s="13">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="F17" s="13">
-        <v>0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B18" s="14">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C18" s="14">
+        <v>595.5333000000001</v>
+      </c>
+      <c r="D18" s="14">
+        <v>600</v>
+      </c>
+      <c r="E18" s="14">
+        <v>569</v>
+      </c>
+      <c r="F18" s="14">
+        <v>614</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B21" s="23">
+        <v>15</v>
       </c>
       <c r="C21" s="12">
-        <v>-1.3974</v>
+        <v>-0.1133</v>
       </c>
       <c r="D21" s="12">
-        <v>-1.29775</v>
+        <v>0</v>
       </c>
       <c r="E21" s="12">
-        <v>-3.5765</v>
+        <v>-2.3</v>
       </c>
       <c r="F21" s="12">
-        <v>0.1981</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B22" s="11">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C22" s="11">
-        <v>419.7053</v>
+        <v>2033</v>
       </c>
       <c r="D22" s="11">
-        <v>422.35685</v>
+        <v>2018</v>
       </c>
       <c r="E22" s="11">
-        <v>378.9523</v>
+        <v>1943</v>
       </c>
       <c r="F22" s="11">
-        <v>442.2333</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B25" s="23">
+        <v>15</v>
       </c>
       <c r="C25" s="12">
-        <v>-1.9012</v>
+        <v>0.3867</v>
       </c>
       <c r="D25" s="12">
-        <v>-1.96</v>
+        <v>0.2</v>
       </c>
       <c r="E25" s="12">
-        <v>-3.2675</v>
+        <v>-2</v>
       </c>
       <c r="F25" s="12">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C26" s="11">
-        <v>407.594</v>
+        <v>1911.7333</v>
       </c>
       <c r="D26" s="11">
-        <v>410.4475</v>
+        <v>1908</v>
       </c>
       <c r="E26" s="11">
-        <v>388</v>
+        <v>1803</v>
       </c>
       <c r="F26" s="11">
-        <v>421.467</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B29" s="23">
+        <v>14</v>
       </c>
       <c r="C29" s="12">
-        <v>-1.6458</v>
+        <v>-0.0429</v>
       </c>
       <c r="D29" s="12">
-        <v>-1.4822</v>
+        <v>0.1</v>
       </c>
       <c r="E29" s="12">
-        <v>-3.4317</v>
+        <v>-2</v>
       </c>
       <c r="F29" s="12">
-        <v>0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B30" s="11">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C30" s="11">
-        <v>827.1993</v>
+        <v>3905.9333</v>
       </c>
       <c r="D30" s="11">
-        <v>833.7562</v>
+        <v>3921</v>
       </c>
       <c r="E30" s="11">
-        <v>777.6134</v>
+        <v>3746</v>
       </c>
       <c r="F30" s="11">
-        <v>860.0497</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B31" s="27">
+        <v>14</v>
+      </c>
+      <c r="B31" s="24">
+        <v>12</v>
+      </c>
+      <c r="C31" s="13">
+        <v>0.2083</v>
+      </c>
+      <c r="D31" s="13">
+        <v>0.15</v>
+      </c>
+      <c r="E31" s="13">
         <v>0</v>
       </c>
-      <c r="C31" s="20" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="F31" s="13">
+        <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B32" s="14">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C32" s="14">
+        <v>96.66670000000001</v>
+      </c>
+      <c r="D32" s="14">
+        <v>95</v>
+      </c>
+      <c r="E32" s="14">
+        <v>79</v>
+      </c>
+      <c r="F32" s="14">
+        <v>111</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B35" s="23">
+        <v>15</v>
       </c>
       <c r="C35" s="12">
-        <v>-0.1978</v>
+        <v>1.8267</v>
       </c>
       <c r="D35" s="12">
-        <v>0.1366</v>
+        <v>1.5</v>
       </c>
       <c r="E35" s="12">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="F35" s="12">
-        <v>1.5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B36" s="11">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C36" s="11">
-        <v>395.8342</v>
+        <v>1929.4667</v>
       </c>
       <c r="D36" s="11">
-        <v>403.4523</v>
+        <v>1931</v>
       </c>
       <c r="E36" s="11">
-        <v>351.8992</v>
+        <v>1854</v>
       </c>
       <c r="F36" s="11">
-        <v>408.4876</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="9" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B37" s="27">
+        <v>14</v>
+      </c>
+      <c r="B37" s="24">
+        <v>10</v>
+      </c>
+      <c r="C37" s="13">
+        <v>0.12</v>
+      </c>
+      <c r="D37" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="E37" s="13">
         <v>0</v>
       </c>
-      <c r="C37" s="20" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="F37" s="13">
+        <v>0.3</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B38" s="14">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="C38" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="C38" s="14">
+        <v>93.8</v>
+      </c>
+      <c r="D38" s="14">
+        <v>94</v>
+      </c>
+      <c r="E38" s="14">
         <v>82</v>
       </c>
-      <c r="D38" s="19" t="s">
-[...6 lines deleted...]
-        <v>82</v>
+      <c r="F38" s="14">
+        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="5" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B41" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C41" s="11">
+        <v>-5.2</v>
+      </c>
+      <c r="D41" s="11">
+        <v>-5</v>
+      </c>
+      <c r="E41" s="11">
+        <v>-12</v>
+      </c>
+      <c r="F41" s="11">
+        <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B42" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C42" s="11">
+        <v>15.1333</v>
+      </c>
+      <c r="D42" s="11">
+        <v>15</v>
+      </c>
+      <c r="E42" s="11">
+        <v>9</v>
+      </c>
+      <c r="F42" s="11">
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B43" s="11">
+        <v>11</v>
+      </c>
+      <c r="C43" s="11">
+        <v>-0.2727</v>
+      </c>
+      <c r="D43" s="11">
         <v>0</v>
       </c>
-      <c r="C43" s="17" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="E43" s="11">
+        <v>-3</v>
+      </c>
+      <c r="F43" s="11">
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B44" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C44" s="11">
+        <v>-24.9333</v>
+      </c>
+      <c r="D44" s="11">
+        <v>-25</v>
+      </c>
+      <c r="E44" s="11">
+        <v>-31</v>
+      </c>
+      <c r="F44" s="11">
+        <v>-15</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B45" s="14">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C45" s="14">
+        <v>-15.2727</v>
+      </c>
+      <c r="D45" s="14">
+        <v>-16</v>
+      </c>
+      <c r="E45" s="14">
+        <v>-26</v>
+      </c>
+      <c r="F45" s="14">
+        <v>-1</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="B48" s="23">
+        <v>12</v>
       </c>
       <c r="C48" s="12">
-        <v>0.6157</v>
+        <v>1.2333</v>
       </c>
       <c r="D48" s="12">
-        <v>0.6975</v>
+        <v>1.15</v>
       </c>
       <c r="E48" s="12">
-        <v>-0.0278</v>
+        <v>0.5</v>
       </c>
       <c r="F48" s="12">
-        <v>1.2419</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B49" s="14">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C49" s="14">
-        <v>2839.164</v>
+        <v>13225.0667</v>
       </c>
       <c r="D49" s="14">
-        <v>2845.3746</v>
+        <v>13220</v>
       </c>
       <c r="E49" s="14">
-        <v>2738.712</v>
+        <v>12985</v>
       </c>
       <c r="F49" s="14">
-        <v>2900.0825</v>
+        <v>13382</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="9" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B50" s="27">
+        <v>14</v>
+      </c>
+      <c r="B50" s="24">
+        <v>14</v>
+      </c>
+      <c r="C50" s="13">
+        <v>0.1143</v>
+      </c>
+      <c r="D50" s="13">
+        <v>0.1</v>
+      </c>
+      <c r="E50" s="13">
         <v>0</v>
       </c>
-      <c r="C50" s="20" t="s">
-[...9 lines deleted...]
-        <v>82</v>
+      <c r="F50" s="13">
+        <v>0.4</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B51" s="14">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C51" s="14">
+        <v>770.7273</v>
+      </c>
+      <c r="D51" s="14">
+        <v>773</v>
+      </c>
+      <c r="E51" s="14">
+        <v>746</v>
+      </c>
+      <c r="F51" s="14">
+        <v>795</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="9" t="s">
-        <v>32</v>
-[...14 lines deleted...]
-        <v>82</v>
+        <v>29</v>
+      </c>
+      <c r="B52" s="24">
+        <v>15</v>
+      </c>
+      <c r="C52" s="13">
+        <v>5.8278</v>
+      </c>
+      <c r="D52" s="13">
+        <v>5.8614</v>
+      </c>
+      <c r="E52" s="13">
+        <v>5.6165</v>
+      </c>
+      <c r="F52" s="13">
+        <v>6.0136</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B54" s="11">
+        <v>15</v>
+      </c>
+      <c r="C54" s="11">
+        <v>-6.1333</v>
+      </c>
+      <c r="D54" s="11">
+        <v>-6</v>
+      </c>
+      <c r="E54" s="11">
+        <v>-11</v>
+      </c>
+      <c r="F54" s="11">
         <v>0</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B55" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C55" s="11">
+        <v>-73.0667</v>
+      </c>
+      <c r="D55" s="11">
+        <v>-74</v>
+      </c>
+      <c r="E55" s="11">
+        <v>-79</v>
+      </c>
+      <c r="F55" s="11">
+        <v>-60</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B56" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C56" s="11">
+        <v>-96.0667</v>
+      </c>
+      <c r="D56" s="11">
+        <v>-95</v>
+      </c>
+      <c r="E56" s="11">
+        <v>-110</v>
+      </c>
+      <c r="F56" s="11">
+        <v>-86</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B58" s="14">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C58" s="14">
+        <v>596</v>
+      </c>
+      <c r="D58" s="14">
+        <v>596</v>
+      </c>
+      <c r="E58" s="14">
+        <v>579</v>
+      </c>
+      <c r="F58" s="14">
+        <v>624</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B60" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C60" s="11">
+        <v>159.9333</v>
+      </c>
+      <c r="D60" s="11">
+        <v>160</v>
+      </c>
+      <c r="E60" s="11">
+        <v>150</v>
+      </c>
+      <c r="F60" s="11">
+        <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B61" s="14">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C61" s="14">
+        <v>435.5273</v>
+      </c>
+      <c r="D61" s="14">
+        <v>433</v>
+      </c>
+      <c r="E61" s="14">
+        <v>417</v>
+      </c>
+      <c r="F61" s="14">
+        <v>463</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B63" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>12</v>
+      </c>
+      <c r="C63" s="15">
+        <v>25.9667</v>
+      </c>
+      <c r="D63" s="15">
+        <v>25.9</v>
+      </c>
+      <c r="E63" s="15">
+        <v>23.9</v>
+      </c>
+      <c r="F63" s="15">
+        <v>27.9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B64" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C64" s="15">
+        <v>12.5667</v>
+      </c>
+      <c r="D64" s="15">
+        <v>12.4</v>
+      </c>
+      <c r="E64" s="15">
+        <v>12.4</v>
+      </c>
+      <c r="F64" s="15">
+        <v>13.7</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B65" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C65" s="15">
+        <v>-1.3612</v>
+      </c>
+      <c r="D65" s="15">
+        <v>-1.3737</v>
+      </c>
+      <c r="E65" s="15">
+        <v>-1.5404</v>
+      </c>
+      <c r="F65" s="15">
+        <v>-1.1366</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B66" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>15</v>
+      </c>
+      <c r="C66" s="11">
+        <v>440.5333</v>
+      </c>
+      <c r="D66" s="11">
+        <v>451</v>
+      </c>
+      <c r="E66" s="11">
+        <v>295</v>
+      </c>
+      <c r="F66" s="11">
+        <v>584</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B67" s="11">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>82</v>
+        <v>14</v>
+      </c>
+      <c r="C67" s="11">
+        <v>-179.1429</v>
+      </c>
+      <c r="D67" s="11">
+        <v>-191.5</v>
+      </c>
+      <c r="E67" s="11">
+        <v>-300</v>
+      </c>
+      <c r="F67" s="11">
+        <v>-50</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B69" s="11">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C69" s="16">
-        <v>1.1474</v>
+        <v>1.1489</v>
       </c>
       <c r="D69" s="16">
-        <v>1.14535</v>
+        <v>1.14</v>
       </c>
       <c r="E69" s="16">
-        <v>1.135</v>
+        <v>1.14</v>
       </c>
       <c r="F69" s="16">
-        <v>1.164</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B70" s="11">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C70" s="16">
-        <v>4.8845</v>
+        <v>4.88</v>
       </c>
       <c r="D70" s="16">
-        <v>4.877800000000001</v>
+        <v>4.82</v>
       </c>
       <c r="E70" s="16">
-        <v>4.82</v>
+        <v>4.8</v>
       </c>
       <c r="F70" s="16">
-        <v>4.9624</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="72" spans="1:6">
-      <c r="A72" s="24" t="s">
-        <v>46</v>
+      <c r="A72" s="21" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75"/>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>78</v>
+        <v>55</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86"/>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90"/>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
     </row>
     <row r="93" spans="1:6">
-      <c r="A93" s="25" t="s">
-        <v>61</v>
+      <c r="A93" s="22" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A74:F74"/>
     <mergeCell ref="A75:F75"/>
     <mergeCell ref="A76:F76"/>
     <mergeCell ref="A77:F77"/>
     <mergeCell ref="A78:F78"/>
     <mergeCell ref="A79:F79"/>
     <mergeCell ref="A80:F80"/>
     <mergeCell ref="A81:F81"/>
     <mergeCell ref="A82:F82"/>
     <mergeCell ref="A83:F83"/>
     <mergeCell ref="A84:F84"/>
     <mergeCell ref="A85:F85"/>
     <mergeCell ref="A86:F86"/>
     <mergeCell ref="A87:F87"/>
     <mergeCell ref="A88:F88"/>
     <mergeCell ref="A89:F89"/>
     <mergeCell ref="A90:F90"/>
     <mergeCell ref="A91:F91"/>
   </mergeCells>
@@ -7851,4022 +7572,1316 @@
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="C3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="F3" s="3" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="B4" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B7" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C7" s="10">
-        <v>1.4798</v>
+        <v>1.5267</v>
       </c>
       <c r="D7" s="10">
-        <v>1.2644</v>
+        <v>1.5</v>
       </c>
       <c r="E7" s="10">
-        <v>0.3041</v>
+        <v>0</v>
       </c>
       <c r="F7" s="10">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B8" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C8" s="11">
-        <v>4043.3709</v>
+        <v>4126.2</v>
       </c>
       <c r="D8" s="11">
-        <v>4037.07795</v>
+        <v>4125</v>
       </c>
       <c r="E8" s="11">
-        <v>3978.2752</v>
+        <v>4008</v>
       </c>
       <c r="F8" s="11">
-        <v>4159</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B11" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C11" s="10">
-        <v>2.4307</v>
+        <v>2.4</v>
       </c>
       <c r="D11" s="10">
         <v>2.5</v>
       </c>
       <c r="E11" s="10">
-        <v>1.5376</v>
+        <v>1.2</v>
       </c>
       <c r="F11" s="10">
-        <v>3</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C12" s="11">
-        <v>2861.48</v>
+        <v>2977.7333</v>
       </c>
       <c r="D12" s="11">
-        <v>2863.46375</v>
+        <v>2998</v>
       </c>
       <c r="E12" s="11">
-        <v>2825</v>
+        <v>2885</v>
       </c>
       <c r="F12" s="11">
-        <v>2895</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="B15" s="23">
+        <v>14</v>
       </c>
       <c r="C15" s="12">
-        <v>1.7634</v>
+        <v>1.7857</v>
       </c>
       <c r="D15" s="12">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="E15" s="12">
-        <v>0.8498</v>
+        <v>0.8</v>
       </c>
       <c r="F15" s="12">
-        <v>2.8</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B16" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C16" s="11">
-        <v>6904.9341</v>
+        <v>7104</v>
       </c>
       <c r="D16" s="11">
-        <v>6902.5</v>
+        <v>7113</v>
       </c>
       <c r="E16" s="11">
-        <v>6818</v>
+        <v>6957</v>
       </c>
       <c r="F16" s="11">
-        <v>7032</v>
+        <v>7231</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="B17" s="24">
+        <v>12</v>
       </c>
       <c r="C17" s="13">
-        <v>0.1335</v>
+        <v>0.0833</v>
       </c>
       <c r="D17" s="13">
         <v>0.1</v>
       </c>
       <c r="E17" s="13">
         <v>-0.1</v>
       </c>
       <c r="F17" s="13">
-        <v>0.5</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B18" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C18" s="14">
-        <v>592.3668</v>
+        <v>611.5333000000001</v>
       </c>
       <c r="D18" s="14">
-        <v>592.75725</v>
+        <v>615</v>
       </c>
       <c r="E18" s="14">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="F18" s="14">
-        <v>619</v>
+        <v>639</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B21" s="26">
         <v>12</v>
       </c>
+      <c r="B21" s="23">
+        <v>15</v>
+      </c>
       <c r="C21" s="12">
-        <v>0.3683</v>
+        <v>0.9867</v>
       </c>
       <c r="D21" s="12">
-        <v>0.93625</v>
+        <v>1</v>
       </c>
       <c r="E21" s="12">
-        <v>-2</v>
+        <v>-1.5</v>
       </c>
       <c r="F21" s="12">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B22" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C22" s="11">
-        <v>2006.276</v>
+        <v>2048.9333</v>
       </c>
       <c r="D22" s="11">
-        <v>2001.16385</v>
+        <v>2053</v>
       </c>
       <c r="E22" s="11">
-        <v>1931.1586</v>
+        <v>1914</v>
       </c>
       <c r="F22" s="11">
-        <v>2098.3914</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B25" s="26">
         <v>12</v>
       </c>
+      <c r="B25" s="23">
+        <v>15</v>
+      </c>
       <c r="C25" s="12">
-        <v>0.6317</v>
+        <v>1.2467</v>
       </c>
       <c r="D25" s="12">
-        <v>0.93485</v>
+        <v>1</v>
       </c>
       <c r="E25" s="12">
-        <v>-2</v>
+        <v>-1.5</v>
       </c>
       <c r="F25" s="12">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C26" s="11">
-        <v>1874.4848</v>
+        <v>1941.7333</v>
       </c>
       <c r="D26" s="11">
-        <v>1872.5</v>
+        <v>1950</v>
       </c>
       <c r="E26" s="11">
-        <v>1775.8384</v>
+        <v>1776</v>
       </c>
       <c r="F26" s="11">
-        <v>1932.2544</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="B29" s="23">
+        <v>14</v>
       </c>
       <c r="C29" s="12">
-        <v>0.3187</v>
+        <v>0.9857</v>
       </c>
       <c r="D29" s="12">
-        <v>0.8735000000000001</v>
+        <v>1.05</v>
       </c>
       <c r="E29" s="12">
-        <v>-2</v>
+        <v>-1.5</v>
       </c>
       <c r="F29" s="12">
-        <v>1.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B30" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C30" s="11">
-        <v>3880.5942</v>
+        <v>3951.8</v>
       </c>
       <c r="D30" s="11">
-        <v>3863</v>
+        <v>3994</v>
       </c>
       <c r="E30" s="11">
-        <v>3706.997</v>
+        <v>3690</v>
       </c>
       <c r="F30" s="11">
-        <v>4030.6458</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="B31" s="24">
+        <v>12</v>
       </c>
       <c r="C31" s="13">
-        <v>0.2456</v>
+        <v>0.175</v>
       </c>
       <c r="D31" s="13">
-        <v>0.25</v>
+        <v>0.15</v>
       </c>
       <c r="E31" s="13">
         <v>0</v>
       </c>
       <c r="F31" s="13">
-        <v>0.5064</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B32" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C32" s="14">
-        <v>100.3983</v>
+        <v>111</v>
       </c>
       <c r="D32" s="14">
-        <v>96.69095</v>
+        <v>109</v>
       </c>
       <c r="E32" s="14">
-        <v>87.34180000000001</v>
+        <v>92</v>
       </c>
       <c r="F32" s="14">
-        <v>118.258</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B35" s="26">
         <v>12</v>
       </c>
+      <c r="B35" s="23">
+        <v>15</v>
+      </c>
       <c r="C35" s="12">
-        <v>1.893</v>
+        <v>2.9</v>
       </c>
       <c r="D35" s="12">
-        <v>2</v>
+        <v>2.5</v>
       </c>
       <c r="E35" s="12">
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="F35" s="12">
-        <v>3.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B36" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C36" s="11">
-        <v>1926.588</v>
+        <v>2038.8667</v>
       </c>
       <c r="D36" s="11">
-        <v>1936.4052</v>
+        <v>2007</v>
       </c>
       <c r="E36" s="11">
-        <v>1833</v>
+        <v>1934</v>
       </c>
       <c r="F36" s="11">
-        <v>1988.248</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>14</v>
+      </c>
+      <c r="B37" s="24">
+        <v>10</v>
       </c>
       <c r="C37" s="13">
-        <v>0.127</v>
+        <v>0.13</v>
       </c>
       <c r="D37" s="13">
         <v>0.1</v>
       </c>
       <c r="E37" s="13">
         <v>0</v>
       </c>
       <c r="F37" s="13">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B38" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C38" s="14">
-        <v>97.4924</v>
+        <v>103.6667</v>
       </c>
       <c r="D38" s="14">
-        <v>94.9743</v>
+        <v>103</v>
       </c>
       <c r="E38" s="14">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F38" s="14">
-        <v>109.5639</v>
+        <v>118</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="5" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B41" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C41" s="11">
-        <v>-5.7917</v>
+        <v>-1</v>
       </c>
       <c r="D41" s="11">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="E41" s="11">
-        <v>-12</v>
+        <v>-10</v>
       </c>
       <c r="F41" s="11">
-        <v>-1.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B42" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C42" s="11">
-        <v>14.6164</v>
+        <v>16.4</v>
       </c>
       <c r="D42" s="11">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E42" s="11">
         <v>9</v>
       </c>
       <c r="F42" s="11">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B43" s="11">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C43" s="11">
-        <v>-0.3333</v>
+        <v>-0.2727</v>
       </c>
       <c r="D43" s="11">
         <v>0</v>
       </c>
       <c r="E43" s="11">
         <v>-3</v>
       </c>
       <c r="F43" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B44" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C44" s="11">
-        <v>-25.875</v>
+        <v>-18.9333</v>
       </c>
       <c r="D44" s="11">
-        <v>-25.25</v>
+        <v>-20</v>
       </c>
       <c r="E44" s="11">
-        <v>-35</v>
+        <v>-31</v>
       </c>
       <c r="F44" s="11">
-        <v>-15</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B45" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C45" s="14">
-        <v>-17.3836</v>
+        <v>-3.8061</v>
       </c>
       <c r="D45" s="14">
-        <v>-16.8985</v>
+        <v>-3</v>
       </c>
       <c r="E45" s="14">
-        <v>-31</v>
+        <v>-18</v>
       </c>
       <c r="F45" s="14">
-        <v>-5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="8" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="B48" s="23">
+        <v>12</v>
       </c>
       <c r="C48" s="12">
-        <v>1.2243</v>
+        <v>1.7167</v>
       </c>
       <c r="D48" s="12">
-        <v>1.21895</v>
+        <v>1.75</v>
       </c>
       <c r="E48" s="12">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="F48" s="12">
-        <v>2.0195</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B49" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C49" s="14">
-        <v>13163.0849</v>
+        <v>13572.6</v>
       </c>
       <c r="D49" s="14">
-        <v>13163.0444</v>
+        <v>13630</v>
       </c>
       <c r="E49" s="14">
-        <v>12969.6741</v>
+        <v>13208</v>
       </c>
       <c r="F49" s="14">
-        <v>13448.3534</v>
+        <v>13839</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="9" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>14</v>
+      </c>
+      <c r="B50" s="24">
+        <v>14</v>
       </c>
       <c r="C50" s="13">
-        <v>0.127</v>
+        <v>0.1</v>
       </c>
       <c r="D50" s="13">
         <v>0.1</v>
       </c>
       <c r="E50" s="13">
         <v>0</v>
       </c>
       <c r="F50" s="13">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B51" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C51" s="14">
-        <v>772.874</v>
+        <v>822.3939</v>
       </c>
       <c r="D51" s="14">
-        <v>773.5</v>
+        <v>822</v>
       </c>
       <c r="E51" s="14">
-        <v>743</v>
+        <v>774</v>
       </c>
       <c r="F51" s="14">
-        <v>795</v>
+        <v>851</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="9" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>29</v>
+      </c>
+      <c r="B52" s="24">
+        <v>15</v>
       </c>
       <c r="C52" s="13">
-        <v>5.8715</v>
+        <v>6.0592</v>
       </c>
       <c r="D52" s="13">
-        <v>5.919</v>
+        <v>6.0934</v>
       </c>
       <c r="E52" s="13">
-        <v>5.6549</v>
+        <v>5.7628</v>
       </c>
       <c r="F52" s="13">
-        <v>6.0086</v>
+        <v>6.2404</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B54" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C54" s="11">
-        <v>-7.5</v>
+        <v>-6.0667</v>
       </c>
       <c r="D54" s="11">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="E54" s="11">
-        <v>-19</v>
+        <v>-11</v>
       </c>
       <c r="F54" s="11">
-        <v>-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B55" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C55" s="11">
-        <v>-72.45999999999999</v>
+        <v>-74.86669999999999</v>
       </c>
       <c r="D55" s="11">
-        <v>-74</v>
+        <v>-76</v>
       </c>
       <c r="E55" s="11">
-        <v>-77.52</v>
+        <v>-81</v>
       </c>
       <c r="F55" s="11">
         <v>-60</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B56" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C56" s="11">
-        <v>-100.9885</v>
+        <v>-93.33329999999999</v>
       </c>
       <c r="D56" s="11">
-        <v>-100</v>
+        <v>-95</v>
       </c>
       <c r="E56" s="11">
-        <v>-113</v>
+        <v>-110</v>
       </c>
       <c r="F56" s="11">
-        <v>-90</v>
+        <v>-74</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B58" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C58" s="14">
-        <v>591.9256</v>
+        <v>648.1273</v>
       </c>
       <c r="D58" s="14">
-        <v>593.5</v>
+        <v>644</v>
       </c>
       <c r="E58" s="14">
-        <v>575</v>
+        <v>607</v>
       </c>
       <c r="F58" s="14">
-        <v>608</v>
+        <v>680</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B60" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C60" s="11">
-        <v>159.4445</v>
+        <v>174.1333</v>
       </c>
       <c r="D60" s="11">
-        <v>159.33925</v>
+        <v>175</v>
       </c>
       <c r="E60" s="11">
-        <v>150.9959</v>
+        <v>158</v>
       </c>
       <c r="F60" s="11">
-        <v>170</v>
+        <v>182</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B61" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C61" s="14">
-        <v>432.4811</v>
+        <v>473.9939</v>
       </c>
       <c r="D61" s="14">
-        <v>434.7979</v>
+        <v>470</v>
       </c>
       <c r="E61" s="14">
-        <v>411</v>
+        <v>449</v>
       </c>
       <c r="F61" s="14">
-        <v>445.4043</v>
+        <v>504</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B63" s="11">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C63" s="15">
-        <v>25.889</v>
+        <v>28.9917</v>
       </c>
       <c r="D63" s="15">
-        <v>26.2</v>
+        <v>28.55</v>
       </c>
       <c r="E63" s="15">
-        <v>24.4</v>
+        <v>26.6</v>
       </c>
       <c r="F63" s="15">
-        <v>26.9</v>
+        <v>31.4</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B64" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C64" s="15">
-        <v>12.4914</v>
+        <v>12.7733</v>
       </c>
       <c r="D64" s="15">
         <v>12.4</v>
       </c>
       <c r="E64" s="15">
         <v>12.4</v>
       </c>
       <c r="F64" s="15">
-        <v>13.02</v>
+        <v>14.6</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B65" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C65" s="15">
-        <v>-1.3412</v>
+        <v>-1.2254</v>
       </c>
       <c r="D65" s="15">
-        <v>-1.3632</v>
+        <v>-1.2563</v>
       </c>
       <c r="E65" s="15">
-        <v>-1.5288</v>
+        <v>-1.4861</v>
       </c>
       <c r="F65" s="15">
-        <v>-1.1572</v>
+        <v>-0.8124</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B66" s="11">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C66" s="11">
-        <v>449.8424</v>
+        <v>444.7333</v>
       </c>
       <c r="D66" s="11">
-        <v>458</v>
+        <v>442</v>
       </c>
       <c r="E66" s="11">
-        <v>308.427</v>
+        <v>317</v>
       </c>
       <c r="F66" s="11">
-        <v>581.4384</v>
+        <v>640</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B67" s="11">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C67" s="11">
-        <v>-180.2727</v>
+        <v>-153.5714</v>
       </c>
       <c r="D67" s="11">
-        <v>-183</v>
+        <v>-175</v>
       </c>
       <c r="E67" s="11">
         <v>-300</v>
       </c>
       <c r="F67" s="11">
-        <v>-50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B69" s="11">
         <v>9</v>
       </c>
       <c r="C69" s="16">
-        <v>1.1612</v>
+        <v>1.1489</v>
       </c>
       <c r="D69" s="16">
-        <v>1.15</v>
+        <v>1.14</v>
       </c>
       <c r="E69" s="16">
-        <v>1.135</v>
+        <v>1.14</v>
       </c>
       <c r="F69" s="16">
-        <v>1.2</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B70" s="11">
         <v>9</v>
       </c>
       <c r="C70" s="16">
-        <v>4.9402</v>
+        <v>4.8778</v>
       </c>
       <c r="D70" s="16">
-        <v>4.89</v>
+        <v>4.82</v>
       </c>
       <c r="E70" s="16">
-        <v>4.81</v>
+        <v>4.8</v>
       </c>
       <c r="F70" s="16">
-        <v>5.15</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="72" spans="1:6">
-      <c r="A72" s="24" t="s">
-        <v>46</v>
+      <c r="A72" s="21" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75"/>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>78</v>
+        <v>55</v>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86"/>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90"/>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
     </row>
     <row r="93" spans="1:6">
-      <c r="A93" s="25" t="s">
-[...1342 lines deleted...]
-      <c r="A91" t="s">
+      <c r="A93" s="22" t="s">
         <v>60</v>
-      </c>
-[...1361 lines deleted...]
-        <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A74:F74"/>
     <mergeCell ref="A75:F75"/>
     <mergeCell ref="A76:F76"/>
     <mergeCell ref="A77:F77"/>
     <mergeCell ref="A78:F78"/>
     <mergeCell ref="A79:F79"/>
     <mergeCell ref="A80:F80"/>
     <mergeCell ref="A81:F81"/>
     <mergeCell ref="A82:F82"/>
     <mergeCell ref="A83:F83"/>
     <mergeCell ref="A84:F84"/>
     <mergeCell ref="A85:F85"/>
     <mergeCell ref="A86:F86"/>
     <mergeCell ref="A87:F87"/>
     <mergeCell ref="A88:F88"/>
     <mergeCell ref="A89:F89"/>
     <mergeCell ref="A90:F90"/>
     <mergeCell ref="A91:F91"/>
   </mergeCells>
@@ -11877,63 +8892,61 @@
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="72" man="1"/>
     <brk id="93" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
       <vt:lpstr>FY25</vt:lpstr>
       <vt:lpstr>H2 FY25</vt:lpstr>
-      <vt:lpstr>Q3 FY25</vt:lpstr>
       <vt:lpstr>Q4 FY25</vt:lpstr>
       <vt:lpstr>FY26</vt:lpstr>
       <vt:lpstr>FY27</vt:lpstr>
-      <vt:lpstr>FY28</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vuma Financial Ltd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Vuma - Excel output</dc:title>
   <dc:description>Vuma - Excel output</dc:description>
   <dc:subject>Vuma - Excel output</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>