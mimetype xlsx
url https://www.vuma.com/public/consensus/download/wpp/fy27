--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -41,51 +41,51 @@
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>AVG</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>02/10/25</t>
+    <t>17/11/25</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue Less PT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  Growth (calculated off Revenue Less PT) %</t>
   </si>
   <si>
     <t xml:space="preserve">    Organic Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Acquisition Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    FX Impact (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Reportable Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit (ex associates)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit Margin (ex associates) %</t>
   </si>
@@ -107,51 +107,51 @@
   <si>
     <t xml:space="preserve">  HL Tax - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax/PBT (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Minority Interest - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL FD EPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL DPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  FD weighted average shares o/s</t>
   </si>
   <si>
     <t xml:space="preserve">  Cash Flow Components</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted Operating Cash Flow Pre Working Capital</t>
   </si>
   <si>
-    <t xml:space="preserve">  Free cash flow</t>
+    <t xml:space="preserve">  Adjusted free cash flow</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt</t>
   </si>
   <si>
     <t xml:space="preserve">  Average Net Debt for the Period</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external web-based tool independently managed by Vuma Financial</t>
   </si>
   <si>
     <t>Limited, a company separate from WPP. The analysis is provided purely for convenience of users of our website and for information purposes only. The publication of</t>
   </si>
   <si>
     <t>the forecasts does not imply that WPP endorses, confirms or expresses a view on any forecast or on the analysis.</t>
   </si>
   <si>
     <t>Consensus is calculated by taking the simple average of the constituent analyst forecasts. The forecasts in this analysis are from a number of registered investment</t>
   </si>
@@ -786,635 +786,635 @@
     </row>
     <row r="5" spans="1:7">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="19">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C7" s="18">
-        <v>10305.5083</v>
+        <v>9934.009599999999</v>
       </c>
       <c r="D7" s="18">
-        <v>10305.50833333</v>
+        <v>9934.009627269999</v>
       </c>
       <c r="E7" s="18">
-        <v>10318.7</v>
+        <v>10052.1695</v>
       </c>
       <c r="F7" s="18">
-        <v>9768.6</v>
+        <v>9398.200000000001</v>
       </c>
       <c r="G7" s="18">
-        <v>10800.3</v>
+        <v>10678.7796</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C10" s="12">
-        <v>1.3833</v>
+        <v>0.5506</v>
       </c>
       <c r="D10" s="12">
-        <v>1.38333333</v>
+        <v>0.55059091</v>
       </c>
       <c r="E10" s="12">
-        <v>1.7</v>
+        <v>1</v>
       </c>
       <c r="F10" s="12">
-        <v>-0.4</v>
+        <v>-2</v>
       </c>
       <c r="G10" s="12">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C11" s="12">
-        <v>0.31</v>
+        <v>0.2406</v>
       </c>
       <c r="D11" s="12">
-        <v>0.31</v>
+        <v>0.24055455</v>
       </c>
       <c r="E11" s="12">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="F11" s="12">
         <v>0</v>
       </c>
       <c r="G11" s="12">
-        <v>1</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="13">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C12" s="12">
-        <v>0</v>
+        <v>-0.0333</v>
       </c>
       <c r="D12" s="12">
-        <v>0</v>
+        <v>-0.03333333</v>
       </c>
       <c r="E12" s="12">
         <v>0</v>
       </c>
       <c r="F12" s="12">
-        <v>0</v>
+        <v>-0.3</v>
       </c>
       <c r="G12" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="17">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C13" s="16">
-        <v>1.6417</v>
+        <v>0.9093</v>
       </c>
       <c r="D13" s="16">
-        <v>1.64166667</v>
+        <v>0.90932727</v>
       </c>
       <c r="E13" s="16">
-        <v>1.95</v>
+        <v>1.3502</v>
       </c>
       <c r="F13" s="16">
-        <v>-0.4</v>
+        <v>-2</v>
       </c>
       <c r="G13" s="16">
-        <v>3.6</v>
+        <v>3.5959</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C15" s="10">
-        <v>1438.925</v>
+        <v>1300.3654</v>
       </c>
       <c r="D15" s="10">
-        <v>1438.925</v>
+        <v>1300.36537273</v>
       </c>
       <c r="E15" s="10">
-        <v>1438.65</v>
+        <v>1298.3</v>
       </c>
       <c r="F15" s="10">
-        <v>1201.5</v>
+        <v>1156</v>
       </c>
       <c r="G15" s="10">
-        <v>1572.4</v>
+        <v>1457.5646</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C16" s="12">
-        <v>13.9532</v>
+        <v>13.0909</v>
       </c>
       <c r="D16" s="12">
-        <v>13.95321667</v>
+        <v>13.09086364</v>
       </c>
       <c r="E16" s="12">
-        <v>13.9294</v>
+        <v>12.9685</v>
       </c>
       <c r="F16" s="12">
-        <v>12.2996</v>
+        <v>12.3002</v>
       </c>
       <c r="G16" s="12">
-        <v>14.9997</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C18" s="10">
-        <v>43.7917</v>
+        <v>39.226</v>
       </c>
       <c r="D18" s="10">
-        <v>43.79166667</v>
+        <v>39.22598182</v>
       </c>
       <c r="E18" s="10">
-        <v>40.8</v>
+        <v>40</v>
       </c>
       <c r="F18" s="10">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="G18" s="10">
-        <v>71.7</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C19" s="10">
-        <v>1482.725</v>
+        <v>1354.503</v>
       </c>
       <c r="D19" s="10">
-        <v>1482.725</v>
+        <v>1354.50303636</v>
       </c>
       <c r="E19" s="10">
-        <v>1481.15</v>
+        <v>1336.2791</v>
       </c>
       <c r="F19" s="10">
-        <v>1244.5</v>
+        <v>1199</v>
       </c>
       <c r="G19" s="10">
-        <v>1624.6</v>
+        <v>1514.9404</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C20" s="12">
-        <v>14.3774</v>
+        <v>13.6259</v>
       </c>
       <c r="D20" s="12">
-        <v>14.377375</v>
+        <v>13.62586364</v>
       </c>
       <c r="E20" s="12">
-        <v>14.34625</v>
+        <v>13.4111</v>
       </c>
       <c r="F20" s="12">
-        <v>12.7398</v>
+        <v>12.7578</v>
       </c>
       <c r="G20" s="12">
-        <v>15.3812</v>
+        <v>14.8979</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C22" s="10">
-        <v>273.0083</v>
+        <v>269.8669</v>
       </c>
       <c r="D22" s="10">
-        <v>273.00833333</v>
+        <v>269.86691818</v>
       </c>
       <c r="E22" s="10">
-        <v>274.35</v>
+        <v>267.9</v>
       </c>
       <c r="F22" s="10">
         <v>233.5</v>
       </c>
       <c r="G22" s="10">
-        <v>306</v>
+        <v>307.5911</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C24" s="10">
-        <v>1207.15</v>
+        <v>1081.0088</v>
       </c>
       <c r="D24" s="10">
-        <v>1207.15</v>
+        <v>1081.00884545</v>
       </c>
       <c r="E24" s="10">
-        <v>1208.35</v>
+        <v>1067.5</v>
       </c>
       <c r="F24" s="10">
-        <v>976.7</v>
+        <v>931.1</v>
       </c>
       <c r="G24" s="10">
-        <v>1365.8</v>
+        <v>1253.1083</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C25" s="10">
-        <v>291.6333</v>
+        <v>323.1556</v>
       </c>
       <c r="D25" s="10">
-        <v>291.63333333</v>
+        <v>323.15556364</v>
       </c>
       <c r="E25" s="10">
-        <v>356.35</v>
+        <v>313.7498</v>
       </c>
       <c r="F25" s="10">
-        <v>-409.7</v>
+        <v>279.3</v>
       </c>
       <c r="G25" s="10">
-        <v>386.8</v>
+        <v>375.9325</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C26" s="12">
-        <v>24.8327</v>
+        <v>29.91</v>
       </c>
       <c r="D26" s="12">
-        <v>24.83270833</v>
+        <v>29.91001818</v>
       </c>
       <c r="E26" s="12">
-        <v>29.74765</v>
+        <v>29.998</v>
       </c>
       <c r="F26" s="12">
-        <v>-29.9971</v>
+        <v>28</v>
       </c>
       <c r="G26" s="12">
-        <v>31.004</v>
+        <v>31.0162</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C27" s="10">
-        <v>65.575</v>
+        <v>66.2932</v>
       </c>
       <c r="D27" s="10">
-        <v>65.575</v>
+        <v>66.29317272999999</v>
       </c>
       <c r="E27" s="10">
         <v>65</v>
       </c>
       <c r="F27" s="10">
-        <v>54.7</v>
+        <v>58.5</v>
       </c>
       <c r="G27" s="10">
-        <v>71.7</v>
+        <v>72.2298</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="15">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C29" s="14">
-        <v>71.1583</v>
+        <v>61.9597</v>
       </c>
       <c r="D29" s="14">
-        <v>71.15833333</v>
+        <v>61.9597</v>
       </c>
       <c r="E29" s="14">
-        <v>70.5</v>
+        <v>62.5</v>
       </c>
       <c r="F29" s="14">
-        <v>57.6</v>
+        <v>42.2</v>
       </c>
       <c r="G29" s="14">
-        <v>80.90000000000001</v>
+        <v>73.405</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="15">
         <v>11</v>
       </c>
       <c r="C30" s="14">
-        <v>23.3273</v>
+        <v>20.5711</v>
       </c>
       <c r="D30" s="14">
-        <v>23.32727273</v>
+        <v>20.57106364</v>
       </c>
       <c r="E30" s="14">
-        <v>21</v>
+        <v>19.7</v>
       </c>
       <c r="F30" s="14">
-        <v>13.5</v>
+        <v>7.5</v>
       </c>
       <c r="G30" s="14">
         <v>39.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C32" s="10">
-        <v>1096.95</v>
+        <v>1123.8155</v>
       </c>
       <c r="D32" s="10">
-        <v>1096.95</v>
+        <v>1123.81553636</v>
       </c>
       <c r="E32" s="10">
         <v>1097</v>
       </c>
       <c r="F32" s="10">
-        <v>1090.4</v>
+        <v>1090.4018</v>
       </c>
       <c r="G32" s="10">
-        <v>1105.2</v>
+        <v>1390.8</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>29</v>
       </c>
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>30</v>
       </c>
       <c r="B35" s="11">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C35" s="10">
-        <v>1311.8727</v>
+        <v>1211.6003</v>
       </c>
       <c r="D35" s="10">
-        <v>1311.87272727</v>
+        <v>1211.60029</v>
       </c>
       <c r="E35" s="10">
-        <v>1286.3</v>
+        <v>1234.35</v>
       </c>
       <c r="F35" s="10">
-        <v>1018.1</v>
+        <v>977.3</v>
       </c>
       <c r="G35" s="10">
-        <v>1502.1</v>
+        <v>1366.0351</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>31</v>
       </c>
       <c r="B36" s="11">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C36" s="10">
-        <v>654.2</v>
+        <v>554.0219</v>
       </c>
       <c r="D36" s="10">
-        <v>654.2</v>
+        <v>554.02188</v>
       </c>
       <c r="E36" s="10">
-        <v>637.85</v>
+        <v>600.7384</v>
       </c>
       <c r="F36" s="10">
-        <v>394.1</v>
+        <v>363</v>
       </c>
       <c r="G36" s="10">
-        <v>857.4</v>
+        <v>709.4708000000001</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>32</v>
       </c>
       <c r="B37" s="11">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C37" s="10">
-        <v>1266.51</v>
+        <v>1402.0355</v>
       </c>
       <c r="D37" s="10">
-        <v>1266.51</v>
+        <v>1402.03554545</v>
       </c>
       <c r="E37" s="10">
-        <v>1245.8</v>
+        <v>1456</v>
       </c>
       <c r="F37" s="10">
-        <v>732</v>
+        <v>393.6</v>
       </c>
       <c r="G37" s="10">
-        <v>1960.5</v>
+        <v>2236.3</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>33</v>
       </c>
       <c r="B38" s="11">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C38" s="10">
-        <v>2754.6889</v>
+        <v>2849.5389</v>
       </c>
       <c r="D38" s="10">
-        <v>2754.68888889</v>
+        <v>2849.5388625</v>
       </c>
       <c r="E38" s="10">
-        <v>2944.1</v>
+        <v>2798.4133</v>
       </c>
       <c r="F38" s="10">
-        <v>1732</v>
+        <v>1966.4</v>
       </c>
       <c r="G38" s="10">
-        <v>3191.5</v>
+        <v>3758.7</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>34</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>35</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>