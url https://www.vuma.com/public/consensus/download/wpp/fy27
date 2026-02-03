--- v1 (2025-12-07)
+++ v2 (2026-02-03)
@@ -12,80 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FY27" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WPP Plc</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>AVG</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>17/11/25</t>
+    <t>20/01/26</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue Less PT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  Growth (calculated off Revenue Less PT) %</t>
   </si>
   <si>
     <t xml:space="preserve">    Organic Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Acquisition Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    FX Impact (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Reportable Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit (ex associates)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit Margin (ex associates) %</t>
   </si>
@@ -102,50 +102,53 @@
     <t xml:space="preserve">  HL Net Interest Expense - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL PBT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax/PBT (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Minority Interest - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL FD EPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL DPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  FD weighted average shares o/s</t>
   </si>
   <si>
     <t xml:space="preserve">  Cash Flow Components</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Working Capital Inflow/(Outflow)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted Operating Cash Flow Pre Working Capital</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted free cash flow</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt</t>
   </si>
   <si>
     <t xml:space="preserve">  Average Net Debt for the Period</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external web-based tool independently managed by Vuma Financial</t>
   </si>
   <si>
     <t>Limited, a company separate from WPP. The analysis is provided purely for convenience of users of our website and for information purposes only. The publication of</t>
   </si>
@@ -690,54 +693,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G59"/>
+  <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A59" sqref="A59"/>
+      <selection activeCell="A60" sqref="A60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="56.700439" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="B2"/>
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>1</v>
@@ -786,652 +789,664 @@
     </row>
     <row r="5" spans="1:7">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="19">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C7" s="18">
-        <v>9934.009599999999</v>
+        <v>9904.157300000001</v>
       </c>
       <c r="D7" s="18">
-        <v>9934.009627269999</v>
+        <v>9904.157300000001</v>
       </c>
       <c r="E7" s="18">
-        <v>10052.1695</v>
+        <v>9845.15</v>
       </c>
       <c r="F7" s="18">
         <v>9398.200000000001</v>
       </c>
       <c r="G7" s="18">
-        <v>10678.7796</v>
+        <v>10678.8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C10" s="12">
-        <v>0.5506</v>
+        <v>0.588</v>
       </c>
       <c r="D10" s="12">
-        <v>0.55059091</v>
+        <v>0.58804167</v>
       </c>
       <c r="E10" s="12">
         <v>1</v>
       </c>
       <c r="F10" s="12">
         <v>-2</v>
       </c>
       <c r="G10" s="12">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C11" s="12">
-        <v>0.2406</v>
+        <v>0.2167</v>
       </c>
       <c r="D11" s="12">
-        <v>0.24055455</v>
+        <v>0.21666667</v>
       </c>
       <c r="E11" s="12">
         <v>0</v>
       </c>
       <c r="F11" s="12">
         <v>0</v>
       </c>
       <c r="G11" s="12">
         <v>0.7</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="13">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C12" s="12">
-        <v>-0.0333</v>
+        <v>-0.03</v>
       </c>
       <c r="D12" s="12">
-        <v>-0.03333333</v>
+        <v>-0.03</v>
       </c>
       <c r="E12" s="12">
         <v>0</v>
       </c>
       <c r="F12" s="12">
         <v>-0.3</v>
       </c>
       <c r="G12" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="17">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C13" s="16">
-        <v>0.9093</v>
+        <v>0.9214</v>
       </c>
       <c r="D13" s="16">
-        <v>0.90932727</v>
+        <v>0.9213750000000001</v>
       </c>
       <c r="E13" s="16">
-        <v>1.3502</v>
+        <v>1.2</v>
       </c>
       <c r="F13" s="16">
         <v>-2</v>
       </c>
       <c r="G13" s="16">
-        <v>3.5959</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C15" s="10">
-        <v>1300.3654</v>
+        <v>1305.3012</v>
       </c>
       <c r="D15" s="10">
-        <v>1300.36537273</v>
+        <v>1305.30115833</v>
       </c>
       <c r="E15" s="10">
-        <v>1298.3</v>
+        <v>1294.4</v>
       </c>
       <c r="F15" s="10">
         <v>1156</v>
       </c>
       <c r="G15" s="10">
         <v>1457.5646</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C16" s="12">
-        <v>13.0909</v>
+        <v>13.1711</v>
       </c>
       <c r="D16" s="12">
-        <v>13.09086364</v>
+        <v>13.17108333</v>
       </c>
       <c r="E16" s="12">
-        <v>12.9685</v>
+        <v>12.98415</v>
       </c>
       <c r="F16" s="12">
         <v>12.3002</v>
       </c>
       <c r="G16" s="12">
         <v>14.5</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C18" s="10">
-        <v>39.226</v>
+        <v>41.0417</v>
       </c>
       <c r="D18" s="10">
-        <v>39.22598182</v>
+        <v>41.04166667</v>
       </c>
       <c r="E18" s="10">
         <v>40</v>
       </c>
       <c r="F18" s="10">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G18" s="10">
         <v>46.3</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C19" s="10">
-        <v>1354.503</v>
+        <v>1349.1595</v>
       </c>
       <c r="D19" s="10">
-        <v>1354.50303636</v>
+        <v>1349.15949167</v>
       </c>
       <c r="E19" s="10">
-        <v>1336.2791</v>
+        <v>1338.8</v>
       </c>
       <c r="F19" s="10">
         <v>1199</v>
       </c>
       <c r="G19" s="10">
-        <v>1514.9404</v>
+        <v>1514.9</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C20" s="12">
-        <v>13.6259</v>
+        <v>13.6127</v>
       </c>
       <c r="D20" s="12">
-        <v>13.62586364</v>
+        <v>13.61274167</v>
       </c>
       <c r="E20" s="12">
-        <v>13.4111</v>
+        <v>13.3957</v>
       </c>
       <c r="F20" s="12">
         <v>12.7578</v>
       </c>
       <c r="G20" s="12">
         <v>14.8979</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C22" s="10">
-        <v>269.8669</v>
+        <v>274.6677</v>
       </c>
       <c r="D22" s="10">
-        <v>269.86691818</v>
+        <v>274.66774167</v>
       </c>
       <c r="E22" s="10">
-        <v>267.9</v>
+        <v>268.35</v>
       </c>
       <c r="F22" s="10">
-        <v>233.5</v>
+        <v>233</v>
       </c>
       <c r="G22" s="10">
-        <v>307.5911</v>
+        <v>328</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C24" s="10">
-        <v>1081.0088</v>
+        <v>1069.6251</v>
       </c>
       <c r="D24" s="10">
-        <v>1081.00884545</v>
+        <v>1069.62508333</v>
       </c>
       <c r="E24" s="10">
-        <v>1067.5</v>
+        <v>1063.25</v>
       </c>
       <c r="F24" s="10">
         <v>931.1</v>
       </c>
       <c r="G24" s="10">
-        <v>1253.1083</v>
+        <v>1253.1</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C25" s="10">
-        <v>323.1556</v>
+        <v>321.5774</v>
       </c>
       <c r="D25" s="10">
-        <v>323.15556364</v>
+        <v>321.57740833</v>
       </c>
       <c r="E25" s="10">
-        <v>313.7498</v>
+        <v>315</v>
       </c>
       <c r="F25" s="10">
         <v>279.3</v>
       </c>
       <c r="G25" s="10">
-        <v>375.9325</v>
+        <v>375.9</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C26" s="12">
-        <v>29.91</v>
+        <v>30.0928</v>
       </c>
       <c r="D26" s="12">
-        <v>29.91001818</v>
+        <v>30.09280833</v>
       </c>
       <c r="E26" s="12">
-        <v>29.998</v>
+        <v>30.01315</v>
       </c>
       <c r="F26" s="12">
         <v>28</v>
       </c>
       <c r="G26" s="12">
-        <v>31.0162</v>
+        <v>31.02</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C27" s="10">
-        <v>66.2932</v>
+        <v>67.2762</v>
       </c>
       <c r="D27" s="10">
-        <v>66.29317272999999</v>
+        <v>67.27615833</v>
       </c>
       <c r="E27" s="10">
-        <v>65</v>
+        <v>67.5</v>
       </c>
       <c r="F27" s="10">
-        <v>58.5</v>
+        <v>58.7</v>
       </c>
       <c r="G27" s="10">
-        <v>72.2298</v>
+        <v>72.2</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="15">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C29" s="14">
-        <v>61.9597</v>
+        <v>61.0849</v>
       </c>
       <c r="D29" s="14">
-        <v>61.9597</v>
+        <v>61.08493333</v>
       </c>
       <c r="E29" s="14">
-        <v>62.5</v>
+        <v>61.65</v>
       </c>
       <c r="F29" s="14">
         <v>42.2</v>
       </c>
       <c r="G29" s="14">
         <v>73.405</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="15">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C30" s="14">
-        <v>20.5711</v>
+        <v>20.3728</v>
       </c>
       <c r="D30" s="14">
-        <v>20.57106364</v>
+        <v>20.37285</v>
       </c>
       <c r="E30" s="14">
         <v>19.7</v>
       </c>
       <c r="F30" s="14">
         <v>7.5</v>
       </c>
       <c r="G30" s="14">
         <v>39.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C32" s="10">
-        <v>1123.8155</v>
+        <v>1121.5835</v>
       </c>
       <c r="D32" s="10">
-        <v>1123.81553636</v>
+        <v>1121.58348333</v>
       </c>
       <c r="E32" s="10">
         <v>1097</v>
       </c>
       <c r="F32" s="10">
         <v>1090.4018</v>
       </c>
       <c r="G32" s="10">
         <v>1390.8</v>
       </c>
     </row>
     <row r="33" spans="1:7">
+      <c r="A33" t="s">
+        <v>29</v>
+      </c>
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      <c r="G34"/>
+        <v>30</v>
+      </c>
+      <c r="B34" s="11">
+        <v>12</v>
+      </c>
+      <c r="C34" s="10">
+        <v>-48.8734</v>
+      </c>
+      <c r="D34" s="10">
+        <v>-48.87336667</v>
+      </c>
+      <c r="E34" s="10">
+        <v>-47.05</v>
+      </c>
+      <c r="F34" s="10">
+        <v>-101</v>
+      </c>
+      <c r="G34" s="10">
+        <v>17</v>
+      </c>
     </row>
     <row r="35" spans="1:7">
-      <c r="A35" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35"/>
+      <c r="F35"/>
+      <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>31</v>
       </c>
       <c r="B36" s="11">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C36" s="10">
-        <v>554.0219</v>
+        <v>1201.8633</v>
       </c>
       <c r="D36" s="10">
-        <v>554.02188</v>
+        <v>1201.86333636</v>
       </c>
       <c r="E36" s="10">
-        <v>600.7384</v>
+        <v>1240</v>
       </c>
       <c r="F36" s="10">
-        <v>363</v>
+        <v>977.3</v>
       </c>
       <c r="G36" s="10">
-        <v>709.4708000000001</v>
+        <v>1366.0351</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>32</v>
       </c>
       <c r="B37" s="11">
         <v>11</v>
       </c>
       <c r="C37" s="10">
-        <v>1402.0355</v>
+        <v>532.1205</v>
       </c>
       <c r="D37" s="10">
-        <v>1402.03554545</v>
+        <v>532.12051818</v>
       </c>
       <c r="E37" s="10">
-        <v>1456</v>
+        <v>574</v>
       </c>
       <c r="F37" s="10">
-        <v>393.6</v>
+        <v>363</v>
       </c>
       <c r="G37" s="10">
-        <v>2236.3</v>
+        <v>703.2</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>33</v>
       </c>
       <c r="B38" s="11">
+        <v>12</v>
+      </c>
+      <c r="C38" s="10">
+        <v>1493.4813</v>
+      </c>
+      <c r="D38" s="10">
+        <v>1493.48125833</v>
+      </c>
+      <c r="E38" s="10">
+        <v>1529</v>
+      </c>
+      <c r="F38" s="10">
+        <v>393.6</v>
+      </c>
+      <c r="G38" s="10">
+        <v>2236.3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" t="s">
+        <v>34</v>
+      </c>
+      <c r="B39" s="11">
         <v>8</v>
       </c>
-      <c r="C38" s="10">
-[...8 lines deleted...]
-      <c r="F38" s="10">
+      <c r="C39" s="10">
+        <v>2855.2369</v>
+      </c>
+      <c r="D39" s="10">
+        <v>2855.236875</v>
+      </c>
+      <c r="E39" s="10">
+        <v>2798.4</v>
+      </c>
+      <c r="F39" s="10">
         <v>1966.4</v>
       </c>
-      <c r="G38" s="10">
+      <c r="G39" s="10">
         <v>3758.7</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
-[...3 lines deleted...]
-    </row>
     <row r="41" spans="1:7">
-      <c r="A41" t="s">
-[...7 lines deleted...]
-      <c r="G41"/>
+      <c r="A41" s="20" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>35</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>36</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
@@ -1456,195 +1471,206 @@
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>39</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>40</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
-      <c r="A48"/>
+      <c r="A48" t="s">
+        <v>41</v>
+      </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
-      <c r="A49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49"/>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>42</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>43</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>44</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
-      <c r="A53"/>
+      <c r="A53" t="s">
+        <v>45</v>
+      </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
-      <c r="A54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A54"/>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>46</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>47</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>48</v>
       </c>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
     </row>
-    <row r="59" spans="1:7">
-      <c r="A59" s="21" t="s">
+    <row r="58" spans="1:7">
+      <c r="A58" t="s">
         <v>49</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58"/>
+      <c r="D58"/>
+      <c r="E58"/>
+      <c r="F58"/>
+      <c r="G58"/>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="21" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A41:G41"/>
     <mergeCell ref="A42:G42"/>
     <mergeCell ref="A43:G43"/>
     <mergeCell ref="A44:G44"/>
     <mergeCell ref="A45:G45"/>
     <mergeCell ref="A46:G46"/>
     <mergeCell ref="A47:G47"/>
     <mergeCell ref="A48:G48"/>
     <mergeCell ref="A49:G49"/>
     <mergeCell ref="A50:G50"/>
     <mergeCell ref="A51:G51"/>
     <mergeCell ref="A52:G52"/>
     <mergeCell ref="A53:G53"/>
     <mergeCell ref="A54:G54"/>
     <mergeCell ref="A55:G55"/>
     <mergeCell ref="A56:G56"/>
     <mergeCell ref="A57:G57"/>
+    <mergeCell ref="A58:G58"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="40" man="1"/>
-    <brk id="59" man="1"/>
+    <brk id="41" man="1"/>
+    <brk id="60" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FY27</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>