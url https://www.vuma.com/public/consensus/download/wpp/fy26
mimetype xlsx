--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -41,51 +41,51 @@
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>AVG</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>02/10/25</t>
+    <t>17/11/25</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue Less PT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  Growth (calculated off Revenue Less PT) %</t>
   </si>
   <si>
     <t xml:space="preserve">    Organic Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Acquisition Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    FX Impact (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Reportable Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit (ex associates)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit Margin (ex associates) %</t>
   </si>
@@ -107,51 +107,51 @@
   <si>
     <t xml:space="preserve">  HL Tax - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax/PBT (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Minority Interest - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL FD EPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL DPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  FD weighted average shares o/s</t>
   </si>
   <si>
     <t xml:space="preserve">  Cash Flow Components</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted Operating Cash Flow Pre Working Capital</t>
   </si>
   <si>
-    <t xml:space="preserve">  Free cash flow</t>
+    <t xml:space="preserve">  Adjusted free cash flow</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt</t>
   </si>
   <si>
     <t xml:space="preserve">  Average Net Debt for the Period</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external web-based tool independently managed by Vuma Financial</t>
   </si>
   <si>
     <t>Limited, a company separate from WPP. The analysis is provided purely for convenience of users of our website and for information purposes only. The publication of</t>
   </si>
   <si>
     <t>the forecasts does not imply that WPP endorses, confirms or expresses a view on any forecast or on the analysis.</t>
   </si>
   <si>
     <t>Consensus is calculated by taking the simple average of the constituent analyst forecasts. The forecasts in this analysis are from a number of registered investment</t>
   </si>
@@ -786,635 +786,635 @@
     </row>
     <row r="5" spans="1:7">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="19">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C7" s="18">
-        <v>10138.4917</v>
+        <v>9842.0434</v>
       </c>
       <c r="D7" s="18">
-        <v>10138.49166667</v>
+        <v>9842.04343636</v>
       </c>
       <c r="E7" s="18">
-        <v>10123.35</v>
+        <v>9903.615299999999</v>
       </c>
       <c r="F7" s="18">
-        <v>9811.200000000001</v>
+        <v>9592.9</v>
       </c>
       <c r="G7" s="18">
-        <v>10522</v>
+        <v>10308.1078</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C10" s="12">
-        <v>-1.1417</v>
+        <v>-3.2462</v>
       </c>
       <c r="D10" s="12">
-        <v>-1.14166667</v>
+        <v>-3.24619091</v>
       </c>
       <c r="E10" s="12">
-        <v>-1.45</v>
+        <v>-3.5</v>
       </c>
       <c r="F10" s="12">
-        <v>-4</v>
+        <v>-5.4</v>
       </c>
       <c r="G10" s="12">
-        <v>1.5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
         <v>11</v>
       </c>
       <c r="C11" s="12">
-        <v>0.2182</v>
+        <v>0.2735</v>
       </c>
       <c r="D11" s="12">
-        <v>0.21818182</v>
+        <v>0.27352727</v>
       </c>
       <c r="E11" s="12">
         <v>0.2</v>
       </c>
       <c r="F11" s="12">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="G11" s="12">
-        <v>1</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="13">
         <v>11</v>
       </c>
       <c r="C12" s="12">
-        <v>-0.5</v>
+        <v>0.0036</v>
       </c>
       <c r="D12" s="12">
-        <v>-0.5</v>
+        <v>0.00363636</v>
       </c>
       <c r="E12" s="12">
-        <v>-0.4</v>
+        <v>0</v>
       </c>
       <c r="F12" s="12">
-        <v>-1.4</v>
+        <v>-0.8</v>
       </c>
       <c r="G12" s="12">
-        <v>0</v>
+        <v>0.9063</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="17">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C13" s="16">
-        <v>-1.4167</v>
+        <v>-2.9599</v>
       </c>
       <c r="D13" s="16">
-        <v>-1.41666667</v>
+        <v>-2.95993636</v>
       </c>
       <c r="E13" s="16">
-        <v>-1.5</v>
+        <v>-2.6899</v>
       </c>
       <c r="F13" s="16">
-        <v>-4.4</v>
+        <v>-5.3</v>
       </c>
       <c r="G13" s="16">
-        <v>1.5</v>
+        <v>1.2985</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C15" s="10">
-        <v>1394.5083</v>
+        <v>1265.1675</v>
       </c>
       <c r="D15" s="10">
-        <v>1394.50833333</v>
+        <v>1265.16745455</v>
       </c>
       <c r="E15" s="10">
-        <v>1401.5</v>
+        <v>1256.1833</v>
       </c>
       <c r="F15" s="10">
-        <v>1177.3</v>
+        <v>1151.1</v>
       </c>
       <c r="G15" s="10">
-        <v>1493.2</v>
+        <v>1376.6025</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C16" s="12">
-        <v>13.7505</v>
+        <v>12.8546</v>
       </c>
       <c r="D16" s="12">
-        <v>13.7505</v>
+        <v>12.85457273</v>
       </c>
       <c r="E16" s="12">
-        <v>13.8532</v>
+        <v>12.8002</v>
       </c>
       <c r="F16" s="12">
-        <v>11.9996</v>
+        <v>11.9995</v>
       </c>
       <c r="G16" s="12">
-        <v>14.6003</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C18" s="10">
-        <v>41.4417</v>
+        <v>38.6623</v>
       </c>
       <c r="D18" s="10">
-        <v>41.44166667</v>
+        <v>38.66234545</v>
       </c>
       <c r="E18" s="10">
         <v>40</v>
       </c>
       <c r="F18" s="10">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="G18" s="10">
-        <v>50.8</v>
+        <v>44.1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C19" s="10">
-        <v>1435.95</v>
+        <v>1312.0316</v>
       </c>
       <c r="D19" s="10">
-        <v>1435.95</v>
+        <v>1312.03156364</v>
       </c>
       <c r="E19" s="10">
-        <v>1442.75</v>
+        <v>1296.1833</v>
       </c>
       <c r="F19" s="10">
-        <v>1219.3</v>
+        <v>1193.1</v>
       </c>
       <c r="G19" s="10">
-        <v>1533.2</v>
+        <v>1416.6025</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C20" s="12">
-        <v>14.1592</v>
+        <v>13.3272</v>
       </c>
       <c r="D20" s="12">
-        <v>14.159175</v>
+        <v>13.32715455</v>
       </c>
       <c r="E20" s="12">
-        <v>14.26125</v>
+        <v>13.3796</v>
       </c>
       <c r="F20" s="12">
-        <v>12.4276</v>
+        <v>12.4373</v>
       </c>
       <c r="G20" s="12">
-        <v>14.9914</v>
+        <v>14.3039</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C22" s="10">
-        <v>277.975</v>
+        <v>273.1021</v>
       </c>
       <c r="D22" s="10">
-        <v>277.975</v>
+        <v>273.10206364</v>
       </c>
       <c r="E22" s="10">
-        <v>279.35</v>
+        <v>273.2243</v>
       </c>
       <c r="F22" s="10">
         <v>240.8</v>
       </c>
       <c r="G22" s="10">
-        <v>302.3</v>
+        <v>291.2763</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C24" s="10">
-        <v>1153.3583</v>
+        <v>1035.3113</v>
       </c>
       <c r="D24" s="10">
-        <v>1153.35833333</v>
+        <v>1035.31130909</v>
       </c>
       <c r="E24" s="10">
-        <v>1153.1</v>
+        <v>1021.5</v>
       </c>
       <c r="F24" s="10">
-        <v>949</v>
+        <v>922.8</v>
       </c>
       <c r="G24" s="10">
-        <v>1254.5</v>
+        <v>1137.9252</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C25" s="10">
-        <v>344.6083</v>
+        <v>310.8262</v>
       </c>
       <c r="D25" s="10">
-        <v>344.60833333</v>
+        <v>310.82616364</v>
       </c>
       <c r="E25" s="10">
-        <v>352</v>
+        <v>310.1</v>
       </c>
       <c r="F25" s="10">
-        <v>294.2</v>
+        <v>282.9</v>
       </c>
       <c r="G25" s="10">
-        <v>372.1</v>
+        <v>339.5198</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C26" s="12">
-        <v>29.9134</v>
+        <v>30.0469</v>
       </c>
       <c r="D26" s="12">
-        <v>29.91344167</v>
+        <v>30.04693636</v>
       </c>
       <c r="E26" s="12">
-        <v>29.9707</v>
+        <v>30.5</v>
       </c>
       <c r="F26" s="12">
-        <v>28.5021</v>
+        <v>28.0016</v>
       </c>
       <c r="G26" s="12">
-        <v>31.0044</v>
+        <v>31.0151</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C27" s="10">
-        <v>63.95</v>
+        <v>64.6099</v>
       </c>
       <c r="D27" s="10">
-        <v>63.95</v>
+        <v>64.60987273000001</v>
       </c>
       <c r="E27" s="10">
         <v>65</v>
       </c>
       <c r="F27" s="10">
-        <v>52.4</v>
+        <v>57.3</v>
       </c>
       <c r="G27" s="10">
         <v>68.3</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="15">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C29" s="14">
-        <v>67.83329999999999</v>
+        <v>59.1363</v>
       </c>
       <c r="D29" s="14">
-        <v>67.83333333</v>
+        <v>59.13625455</v>
       </c>
       <c r="E29" s="14">
-        <v>67.90000000000001</v>
+        <v>60.2</v>
       </c>
       <c r="F29" s="14">
-        <v>55.1</v>
+        <v>41.2</v>
       </c>
       <c r="G29" s="14">
-        <v>75.7</v>
+        <v>68.0898</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="15">
         <v>11</v>
       </c>
       <c r="C30" s="14">
-        <v>21.1909</v>
+        <v>19.78</v>
       </c>
       <c r="D30" s="14">
-        <v>21.19090909</v>
+        <v>19.77995455</v>
       </c>
       <c r="E30" s="14">
-        <v>20</v>
+        <v>19.7</v>
       </c>
       <c r="F30" s="14">
-        <v>13.3</v>
+        <v>7.5</v>
       </c>
       <c r="G30" s="14">
         <v>39.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C32" s="10">
-        <v>1096.6583</v>
+        <v>1123.0685</v>
       </c>
       <c r="D32" s="10">
-        <v>1096.65833333</v>
+        <v>1123.0685</v>
       </c>
       <c r="E32" s="10">
         <v>1097</v>
       </c>
       <c r="F32" s="10">
-        <v>1091.1</v>
+        <v>1091.0994</v>
       </c>
       <c r="G32" s="10">
-        <v>1102.9</v>
+        <v>1388.7</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>29</v>
       </c>
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>30</v>
       </c>
       <c r="B35" s="11">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C35" s="10">
-        <v>1245.5273</v>
+        <v>1145.1591</v>
       </c>
       <c r="D35" s="10">
-        <v>1245.52727273</v>
+        <v>1145.15913</v>
       </c>
       <c r="E35" s="10">
-        <v>1267</v>
+        <v>1180.25285</v>
       </c>
       <c r="F35" s="10">
-        <v>900.5</v>
+        <v>877.9</v>
       </c>
       <c r="G35" s="10">
-        <v>1426.4</v>
+        <v>1292.0273</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>31</v>
       </c>
       <c r="B36" s="11">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C36" s="10">
-        <v>530.6167</v>
+        <v>404.9103</v>
       </c>
       <c r="D36" s="10">
-        <v>530.61666667</v>
+        <v>404.91034</v>
       </c>
       <c r="E36" s="10">
-        <v>558.3</v>
+        <v>393.45</v>
       </c>
       <c r="F36" s="10">
-        <v>277.3</v>
+        <v>180.6593</v>
       </c>
       <c r="G36" s="10">
-        <v>762.8</v>
+        <v>617.3292</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>32</v>
       </c>
       <c r="B37" s="11">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C37" s="10">
-        <v>1627.46</v>
+        <v>1713.8469</v>
       </c>
       <c r="D37" s="10">
-        <v>1627.46</v>
+        <v>1713.84693636</v>
       </c>
       <c r="E37" s="10">
-        <v>1642.25</v>
+        <v>1714</v>
       </c>
       <c r="F37" s="10">
-        <v>1344</v>
+        <v>926.5</v>
       </c>
       <c r="G37" s="10">
-        <v>2014.7</v>
+        <v>2209.7</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>33</v>
       </c>
       <c r="B38" s="11">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C38" s="10">
-        <v>3087.5889</v>
+        <v>3186.4778</v>
       </c>
       <c r="D38" s="10">
-        <v>3087.58888889</v>
+        <v>3186.477825</v>
       </c>
       <c r="E38" s="10">
-        <v>3147.4</v>
+        <v>3171.77445</v>
       </c>
       <c r="F38" s="10">
-        <v>2344</v>
+        <v>2806.6</v>
       </c>
       <c r="G38" s="10">
-        <v>3521.2</v>
+        <v>3732.1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>34</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>35</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>