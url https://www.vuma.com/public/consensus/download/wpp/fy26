--- v1 (2025-12-07)
+++ v2 (2026-02-11)
@@ -12,80 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FY26" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WPP Plc</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>AVG</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>17/11/25</t>
+    <t>20/01/26</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue Less PT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  Growth (calculated off Revenue Less PT) %</t>
   </si>
   <si>
     <t xml:space="preserve">    Organic Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Acquisition Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    FX Impact (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Reportable Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit (ex associates)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit Margin (ex associates) %</t>
   </si>
@@ -102,50 +102,53 @@
     <t xml:space="preserve">  HL Net Interest Expense - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL PBT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax/PBT (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Minority Interest - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL FD EPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL DPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  FD weighted average shares o/s</t>
   </si>
   <si>
     <t xml:space="preserve">  Cash Flow Components</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Working Capital Inflow/(Outflow)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted Operating Cash Flow Pre Working Capital</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted free cash flow</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt</t>
   </si>
   <si>
     <t xml:space="preserve">  Average Net Debt for the Period</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external web-based tool independently managed by Vuma Financial</t>
   </si>
   <si>
     <t>Limited, a company separate from WPP. The analysis is provided purely for convenience of users of our website and for information purposes only. The publication of</t>
   </si>
@@ -690,54 +693,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G59"/>
+  <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A59" sqref="A59"/>
+      <selection activeCell="A60" sqref="A60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="56.700439" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="B2"/>
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>1</v>
@@ -786,652 +789,664 @@
     </row>
     <row r="5" spans="1:7">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="19">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C7" s="18">
-        <v>9842.0434</v>
+        <v>9811.9377</v>
       </c>
       <c r="D7" s="18">
-        <v>9842.04343636</v>
+        <v>9811.93765</v>
       </c>
       <c r="E7" s="18">
-        <v>9903.615299999999</v>
+        <v>9778.685000000001</v>
       </c>
       <c r="F7" s="18">
-        <v>9592.9</v>
+        <v>9561</v>
       </c>
       <c r="G7" s="18">
-        <v>10308.1078</v>
+        <v>10308.1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C10" s="12">
-        <v>-3.2462</v>
+        <v>-3.309</v>
       </c>
       <c r="D10" s="12">
-        <v>-3.24619091</v>
+        <v>-3.30900833</v>
       </c>
       <c r="E10" s="12">
-        <v>-3.5</v>
+        <v>-3.34495</v>
       </c>
       <c r="F10" s="12">
         <v>-5.4</v>
       </c>
       <c r="G10" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C11" s="12">
-        <v>0.2735</v>
+        <v>0.2417</v>
       </c>
       <c r="D11" s="12">
-        <v>0.27352727</v>
+        <v>0.24166667</v>
       </c>
       <c r="E11" s="12">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="F11" s="12">
         <v>0</v>
       </c>
       <c r="G11" s="12">
         <v>0.8</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C12" s="12">
-        <v>0.0036</v>
+        <v>-0.1462</v>
       </c>
       <c r="D12" s="12">
-        <v>0.00363636</v>
+        <v>-0.146175</v>
       </c>
       <c r="E12" s="12">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="F12" s="12">
         <v>-0.8</v>
       </c>
       <c r="G12" s="12">
-        <v>0.9063</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="17">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C13" s="16">
-        <v>-2.9599</v>
+        <v>-3.1968</v>
       </c>
       <c r="D13" s="16">
-        <v>-2.95993636</v>
+        <v>-3.19685</v>
       </c>
       <c r="E13" s="16">
-        <v>-2.6899</v>
+        <v>-3.55</v>
       </c>
       <c r="F13" s="16">
         <v>-5.3</v>
       </c>
       <c r="G13" s="16">
-        <v>1.2985</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C15" s="10">
-        <v>1265.1675</v>
+        <v>1267.5906</v>
       </c>
       <c r="D15" s="10">
-        <v>1265.16745455</v>
+        <v>1267.59055</v>
       </c>
       <c r="E15" s="10">
-        <v>1256.1833</v>
+        <v>1249.4</v>
       </c>
       <c r="F15" s="10">
         <v>1151.1</v>
       </c>
       <c r="G15" s="10">
         <v>1376.6025</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C16" s="12">
-        <v>12.8546</v>
+        <v>12.9149</v>
       </c>
       <c r="D16" s="12">
-        <v>12.85457273</v>
+        <v>12.91493333</v>
       </c>
       <c r="E16" s="12">
-        <v>12.8002</v>
+        <v>12.88255</v>
       </c>
       <c r="F16" s="12">
         <v>11.9995</v>
       </c>
       <c r="G16" s="12">
         <v>13.9</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C18" s="10">
-        <v>38.6623</v>
+        <v>40.3583</v>
       </c>
       <c r="D18" s="10">
-        <v>38.66234545</v>
+        <v>40.35833333</v>
       </c>
       <c r="E18" s="10">
         <v>40</v>
       </c>
       <c r="F18" s="10">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G18" s="10">
         <v>44.1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C19" s="10">
-        <v>1312.0316</v>
+        <v>1308.9905</v>
       </c>
       <c r="D19" s="10">
-        <v>1312.03156364</v>
+        <v>1308.99055</v>
       </c>
       <c r="E19" s="10">
-        <v>1296.1833</v>
+        <v>1290</v>
       </c>
       <c r="F19" s="10">
         <v>1193.1</v>
       </c>
       <c r="G19" s="10">
         <v>1416.6025</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C20" s="12">
-        <v>13.3272</v>
+        <v>13.3368</v>
       </c>
       <c r="D20" s="12">
-        <v>13.32715455</v>
+        <v>13.33679167</v>
       </c>
       <c r="E20" s="12">
-        <v>13.3796</v>
+        <v>13.3052</v>
       </c>
       <c r="F20" s="12">
         <v>12.4373</v>
       </c>
       <c r="G20" s="12">
         <v>14.3039</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C22" s="10">
-        <v>273.1021</v>
+        <v>278.9418</v>
       </c>
       <c r="D22" s="10">
-        <v>273.10206364</v>
+        <v>278.9418</v>
       </c>
       <c r="E22" s="10">
-        <v>273.2243</v>
+        <v>275.71215</v>
       </c>
       <c r="F22" s="10">
-        <v>240.8</v>
+        <v>241</v>
       </c>
       <c r="G22" s="10">
-        <v>291.2763</v>
+        <v>343</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C24" s="10">
-        <v>1035.3113</v>
+        <v>1025.3321</v>
       </c>
       <c r="D24" s="10">
-        <v>1035.31130909</v>
+        <v>1025.332075</v>
       </c>
       <c r="E24" s="10">
-        <v>1021.5</v>
+        <v>1016.8</v>
       </c>
       <c r="F24" s="10">
-        <v>922.8</v>
+        <v>922</v>
       </c>
       <c r="G24" s="10">
         <v>1137.9252</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C25" s="10">
-        <v>310.8262</v>
+        <v>309.8726</v>
       </c>
       <c r="D25" s="10">
-        <v>310.82616364</v>
+        <v>309.87261667</v>
       </c>
       <c r="E25" s="10">
-        <v>310.1</v>
+        <v>310.55</v>
       </c>
       <c r="F25" s="10">
         <v>282.9</v>
       </c>
       <c r="G25" s="10">
-        <v>339.5198</v>
+        <v>339.5</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C26" s="12">
-        <v>30.0469</v>
+        <v>30.2537</v>
       </c>
       <c r="D26" s="12">
-        <v>30.04693636</v>
+        <v>30.253725</v>
       </c>
       <c r="E26" s="12">
-        <v>30.5</v>
+        <v>30.7425</v>
       </c>
       <c r="F26" s="12">
         <v>28.0016</v>
       </c>
       <c r="G26" s="12">
-        <v>31.0151</v>
+        <v>31.0195</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C27" s="10">
-        <v>64.6099</v>
+        <v>65.44240000000001</v>
       </c>
       <c r="D27" s="10">
-        <v>64.60987273000001</v>
+        <v>65.442375</v>
       </c>
       <c r="E27" s="10">
-        <v>65</v>
+        <v>66.5</v>
       </c>
       <c r="F27" s="10">
         <v>57.3</v>
       </c>
       <c r="G27" s="10">
         <v>68.3</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="15">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C29" s="14">
-        <v>59.1363</v>
+        <v>58.3251</v>
       </c>
       <c r="D29" s="14">
-        <v>59.13625455</v>
+        <v>58.32505833</v>
       </c>
       <c r="E29" s="14">
-        <v>60.2</v>
+        <v>59.25</v>
       </c>
       <c r="F29" s="14">
         <v>41.2</v>
       </c>
       <c r="G29" s="14">
         <v>68.0898</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="15">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C30" s="14">
-        <v>19.78</v>
+        <v>19.6011</v>
       </c>
       <c r="D30" s="14">
-        <v>19.77995455</v>
+        <v>19.60110833</v>
       </c>
       <c r="E30" s="14">
-        <v>19.7</v>
+        <v>19.55665</v>
       </c>
       <c r="F30" s="14">
         <v>7.5</v>
       </c>
       <c r="G30" s="14">
         <v>39.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C32" s="10">
-        <v>1123.0685</v>
+        <v>1120.9</v>
       </c>
       <c r="D32" s="10">
-        <v>1123.0685</v>
+        <v>1120.89995</v>
       </c>
       <c r="E32" s="10">
         <v>1097</v>
       </c>
       <c r="F32" s="10">
         <v>1091.0994</v>
       </c>
       <c r="G32" s="10">
         <v>1388.7</v>
       </c>
     </row>
     <row r="33" spans="1:7">
+      <c r="A33" t="s">
+        <v>29</v>
+      </c>
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      <c r="G34"/>
+        <v>30</v>
+      </c>
+      <c r="B34" s="11">
+        <v>12</v>
+      </c>
+      <c r="C34" s="10">
+        <v>-130.013</v>
+      </c>
+      <c r="D34" s="10">
+        <v>-130.01301667</v>
+      </c>
+      <c r="E34" s="10">
+        <v>-100.2</v>
+      </c>
+      <c r="F34" s="10">
+        <v>-408.7814</v>
+      </c>
+      <c r="G34" s="10">
+        <v>0</v>
+      </c>
     </row>
     <row r="35" spans="1:7">
-      <c r="A35" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35"/>
+      <c r="F35"/>
+      <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>31</v>
       </c>
       <c r="B36" s="11">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C36" s="10">
-        <v>404.9103</v>
+        <v>1138.9689</v>
       </c>
       <c r="D36" s="10">
-        <v>404.91034</v>
+        <v>1138.96893636</v>
       </c>
       <c r="E36" s="10">
-        <v>393.45</v>
+        <v>1160.5</v>
       </c>
       <c r="F36" s="10">
-        <v>180.6593</v>
+        <v>877.9</v>
       </c>
       <c r="G36" s="10">
-        <v>617.3292</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>32</v>
       </c>
       <c r="B37" s="11">
         <v>11</v>
       </c>
       <c r="C37" s="10">
-        <v>1713.8469</v>
+        <v>395.2169</v>
       </c>
       <c r="D37" s="10">
-        <v>1713.84693636</v>
+        <v>395.21687273</v>
       </c>
       <c r="E37" s="10">
-        <v>1714</v>
+        <v>387.3</v>
       </c>
       <c r="F37" s="10">
-        <v>926.5</v>
+        <v>180.6593</v>
       </c>
       <c r="G37" s="10">
-        <v>2209.7</v>
+        <v>627</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>33</v>
       </c>
       <c r="B38" s="11">
+        <v>12</v>
+      </c>
+      <c r="C38" s="10">
+        <v>1782.8588</v>
+      </c>
+      <c r="D38" s="10">
+        <v>1782.85881667</v>
+      </c>
+      <c r="E38" s="10">
+        <v>1796.4</v>
+      </c>
+      <c r="F38" s="10">
+        <v>926.5</v>
+      </c>
+      <c r="G38" s="10">
+        <v>2282</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" t="s">
+        <v>34</v>
+      </c>
+      <c r="B39" s="11">
         <v>8</v>
       </c>
-      <c r="C38" s="10">
-[...8 lines deleted...]
-      <c r="F38" s="10">
+      <c r="C39" s="10">
+        <v>3190.7265</v>
+      </c>
+      <c r="D39" s="10">
+        <v>3190.7265125</v>
+      </c>
+      <c r="E39" s="10">
+        <v>3171.75</v>
+      </c>
+      <c r="F39" s="10">
         <v>2806.6</v>
       </c>
-      <c r="G38" s="10">
+      <c r="G39" s="10">
         <v>3732.1</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
-[...3 lines deleted...]
-    </row>
     <row r="41" spans="1:7">
-      <c r="A41" t="s">
-[...7 lines deleted...]
-      <c r="G41"/>
+      <c r="A41" s="20" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>35</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>36</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
@@ -1456,195 +1471,206 @@
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>39</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>40</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
-      <c r="A48"/>
+      <c r="A48" t="s">
+        <v>41</v>
+      </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
-      <c r="A49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49"/>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>42</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>43</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>44</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
-      <c r="A53"/>
+      <c r="A53" t="s">
+        <v>45</v>
+      </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
-      <c r="A54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A54"/>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>46</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>47</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>48</v>
       </c>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
     </row>
-    <row r="59" spans="1:7">
-      <c r="A59" s="21" t="s">
+    <row r="58" spans="1:7">
+      <c r="A58" t="s">
         <v>49</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58"/>
+      <c r="D58"/>
+      <c r="E58"/>
+      <c r="F58"/>
+      <c r="G58"/>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="21" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A41:G41"/>
     <mergeCell ref="A42:G42"/>
     <mergeCell ref="A43:G43"/>
     <mergeCell ref="A44:G44"/>
     <mergeCell ref="A45:G45"/>
     <mergeCell ref="A46:G46"/>
     <mergeCell ref="A47:G47"/>
     <mergeCell ref="A48:G48"/>
     <mergeCell ref="A49:G49"/>
     <mergeCell ref="A50:G50"/>
     <mergeCell ref="A51:G51"/>
     <mergeCell ref="A52:G52"/>
     <mergeCell ref="A53:G53"/>
     <mergeCell ref="A54:G54"/>
     <mergeCell ref="A55:G55"/>
     <mergeCell ref="A56:G56"/>
     <mergeCell ref="A57:G57"/>
+    <mergeCell ref="A58:G58"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="40" man="1"/>
-    <brk id="59" man="1"/>
+    <brk id="41" man="1"/>
+    <brk id="60" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FY26</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>