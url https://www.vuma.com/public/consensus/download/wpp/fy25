--- v0 (2025-11-05)
+++ v1 (2025-12-27)
@@ -41,51 +41,51 @@
   <si>
     <t>FY25</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>AVG</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>02/10/25</t>
+    <t>17/11/25</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue Less PT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  Growth (calculated off Revenue Less PT) %</t>
   </si>
   <si>
     <t xml:space="preserve">    Organic Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Acquisition Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    FX Impact (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Reportable Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit (ex associates)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit Margin (ex associates) %</t>
   </si>
@@ -107,51 +107,51 @@
   <si>
     <t xml:space="preserve">  HL Tax - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax/PBT (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Minority Interest - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL FD EPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL DPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  FD weighted average shares o/s</t>
   </si>
   <si>
     <t xml:space="preserve">  Cash Flow Components</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted Operating Cash Flow Pre Working Capital</t>
   </si>
   <si>
-    <t xml:space="preserve">  Free cash flow</t>
+    <t xml:space="preserve">  Adjusted free cash flow</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt</t>
   </si>
   <si>
     <t xml:space="preserve">  Average Net Debt for the Period</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external web-based tool independently managed by Vuma Financial</t>
   </si>
   <si>
     <t>Limited, a company separate from WPP. The analysis is provided purely for convenience of users of our website and for information purposes only. The publication of</t>
   </si>
   <si>
     <t>the forecasts does not imply that WPP endorses, confirms or expresses a view on any forecast or on the analysis.</t>
   </si>
   <si>
     <t>Consensus is calculated by taking the simple average of the constituent analyst forecasts. The forecasts in this analysis are from a number of registered investment</t>
   </si>
@@ -786,635 +786,635 @@
     </row>
     <row r="5" spans="1:7">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="19">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C7" s="18">
-        <v>10282.9083</v>
+        <v>10141.7404</v>
       </c>
       <c r="D7" s="18">
-        <v>10282.90833333</v>
+        <v>10141.74041818</v>
       </c>
       <c r="E7" s="18">
-        <v>10281.4</v>
+        <v>10143.7009</v>
       </c>
       <c r="F7" s="18">
-        <v>10175.8</v>
+        <v>10084.1</v>
       </c>
       <c r="G7" s="18">
-        <v>10403.5</v>
+        <v>10201.1687</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C10" s="12">
-        <v>-4.5</v>
+        <v>-5.6495</v>
       </c>
       <c r="D10" s="12">
-        <v>-4.5</v>
+        <v>-5.64948182</v>
       </c>
       <c r="E10" s="12">
-        <v>-4.45</v>
+        <v>-5.6</v>
       </c>
       <c r="F10" s="12">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="G10" s="12">
-        <v>-4</v>
+        <v>-5.2233</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C11" s="12">
-        <v>-3.2167</v>
+        <v>-3.1409</v>
       </c>
       <c r="D11" s="12">
-        <v>-3.21666667</v>
+        <v>-3.14085455</v>
       </c>
       <c r="E11" s="12">
-        <v>-3.05</v>
+        <v>-3.1</v>
       </c>
       <c r="F11" s="12">
-        <v>-5</v>
+        <v>-3.4</v>
       </c>
       <c r="G11" s="12">
-        <v>-2.7</v>
+        <v>-3</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C12" s="12">
-        <v>-1.7583</v>
+        <v>-1.8745</v>
       </c>
       <c r="D12" s="12">
-        <v>-1.75833333</v>
+        <v>-1.87452727</v>
       </c>
       <c r="E12" s="12">
-        <v>-1.85</v>
+        <v>-1.8398</v>
       </c>
       <c r="F12" s="12">
-        <v>-2.7</v>
+        <v>-2.1</v>
       </c>
       <c r="G12" s="12">
-        <v>0</v>
+        <v>-1.5</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="17">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C13" s="16">
-        <v>-9.475</v>
+        <v>-10.7177</v>
       </c>
       <c r="D13" s="16">
-        <v>-9.475</v>
+        <v>-10.71769091</v>
       </c>
       <c r="E13" s="16">
-        <v>-9.5</v>
+        <v>-10.7</v>
       </c>
       <c r="F13" s="16">
-        <v>-10.4</v>
+        <v>-11.2</v>
       </c>
       <c r="G13" s="16">
-        <v>-8.4</v>
+        <v>-10.1931</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C15" s="10">
-        <v>1392.8667</v>
+        <v>1315.4536</v>
       </c>
       <c r="D15" s="10">
-        <v>1392.86666667</v>
+        <v>1315.45355455</v>
       </c>
       <c r="E15" s="10">
-        <v>1387.6</v>
+        <v>1317.9701</v>
       </c>
       <c r="F15" s="10">
-        <v>1336.8</v>
+        <v>1301.1</v>
       </c>
       <c r="G15" s="10">
-        <v>1443.8</v>
+        <v>1325.699</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C16" s="12">
-        <v>13.545</v>
+        <v>12.9706</v>
       </c>
       <c r="D16" s="12">
-        <v>13.545025</v>
+        <v>12.9706</v>
       </c>
       <c r="E16" s="12">
-        <v>13.4704</v>
+        <v>12.9789</v>
       </c>
       <c r="F16" s="12">
-        <v>13.044</v>
+        <v>12.8851</v>
       </c>
       <c r="G16" s="12">
-        <v>13.9747</v>
+        <v>13.0277</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C18" s="10">
-        <v>40.1083</v>
+        <v>38.2727</v>
       </c>
       <c r="D18" s="10">
-        <v>40.10833333</v>
+        <v>38.27272727</v>
       </c>
       <c r="E18" s="10">
         <v>40</v>
       </c>
       <c r="F18" s="10">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="G18" s="10">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C19" s="10">
-        <v>1432.975</v>
+        <v>1353.8173</v>
       </c>
       <c r="D19" s="10">
-        <v>1432.975</v>
+        <v>1353.81728182</v>
       </c>
       <c r="E19" s="10">
-        <v>1427.6</v>
+        <v>1357.9701</v>
       </c>
       <c r="F19" s="10">
-        <v>1376.8</v>
+        <v>1334.7</v>
       </c>
       <c r="G19" s="10">
-        <v>1484.1</v>
+        <v>1364.8</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C20" s="12">
-        <v>13.9351</v>
+        <v>13.3489</v>
       </c>
       <c r="D20" s="12">
-        <v>13.93509167</v>
+        <v>13.34889091</v>
       </c>
       <c r="E20" s="12">
-        <v>13.85965</v>
+        <v>13.3775</v>
       </c>
       <c r="F20" s="12">
-        <v>13.4343</v>
+        <v>13.1764</v>
       </c>
       <c r="G20" s="12">
-        <v>14.3635</v>
+        <v>13.4121</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C22" s="10">
-        <v>276.3804</v>
+        <v>276.7001</v>
       </c>
       <c r="D22" s="10">
-        <v>276.380375</v>
+        <v>276.70013636</v>
       </c>
       <c r="E22" s="10">
-        <v>279.88225</v>
+        <v>279.8</v>
       </c>
       <c r="F22" s="10">
         <v>244.9</v>
       </c>
       <c r="G22" s="10">
-        <v>283.3</v>
+        <v>282.5</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C24" s="10">
-        <v>1152.4333</v>
+        <v>1075.9535</v>
       </c>
       <c r="D24" s="10">
-        <v>1152.43333333</v>
+        <v>1075.95351818</v>
       </c>
       <c r="E24" s="10">
-        <v>1148.4</v>
+        <v>1079</v>
       </c>
       <c r="F24" s="10">
-        <v>1093.5</v>
+        <v>1058.7</v>
       </c>
       <c r="G24" s="10">
-        <v>1207.3</v>
+        <v>1084.9</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C25" s="10">
-        <v>351.8333</v>
+        <v>331.9862</v>
       </c>
       <c r="D25" s="10">
-        <v>351.83333333</v>
+        <v>331.98618182</v>
       </c>
       <c r="E25" s="10">
-        <v>350</v>
+        <v>332.7</v>
       </c>
       <c r="F25" s="10">
-        <v>331.2</v>
+        <v>324.5</v>
       </c>
       <c r="G25" s="10">
-        <v>374.3</v>
+        <v>336.3</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C26" s="12">
-        <v>30.5319</v>
+        <v>30.8549</v>
       </c>
       <c r="D26" s="12">
-        <v>30.531875</v>
+        <v>30.8549</v>
       </c>
       <c r="E26" s="12">
-        <v>30.9978</v>
+        <v>31</v>
       </c>
       <c r="F26" s="12">
-        <v>29.0032</v>
+        <v>30.3271</v>
       </c>
       <c r="G26" s="12">
-        <v>31.0032</v>
+        <v>31.0035</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C27" s="10">
-        <v>65.08329999999999</v>
+        <v>64.24550000000001</v>
       </c>
       <c r="D27" s="10">
-        <v>65.08333333</v>
+        <v>64.24545455000001</v>
       </c>
       <c r="E27" s="10">
         <v>65</v>
       </c>
       <c r="F27" s="10">
         <v>58.5</v>
       </c>
       <c r="G27" s="10">
-        <v>75</v>
+        <v>66.3</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="15">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C29" s="14">
-        <v>66.99169999999999</v>
+        <v>62.0343</v>
       </c>
       <c r="D29" s="14">
-        <v>66.99166667</v>
+        <v>62.03428182</v>
       </c>
       <c r="E29" s="14">
-        <v>66.59999999999999</v>
+        <v>62.1222</v>
       </c>
       <c r="F29" s="14">
-        <v>62.8</v>
+        <v>60.7</v>
       </c>
       <c r="G29" s="14">
-        <v>71.59999999999999</v>
+        <v>63</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="15">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C30" s="14">
-        <v>22.025</v>
+        <v>19.4214</v>
       </c>
       <c r="D30" s="14">
-        <v>22.025</v>
+        <v>19.4214</v>
       </c>
       <c r="E30" s="14">
-        <v>20</v>
+        <v>19.7</v>
       </c>
       <c r="F30" s="14">
-        <v>13.8</v>
+        <v>7.5</v>
       </c>
       <c r="G30" s="14">
         <v>39.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="11">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C32" s="10">
-        <v>1096.3667</v>
+        <v>1094.1521</v>
       </c>
       <c r="D32" s="10">
-        <v>1096.36666667</v>
+        <v>1094.15207273</v>
       </c>
       <c r="E32" s="10">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="F32" s="10">
-        <v>1091.5</v>
+        <v>1077.8</v>
       </c>
       <c r="G32" s="10">
-        <v>1100.2</v>
+        <v>1100.5195</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>29</v>
       </c>
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>30</v>
       </c>
       <c r="B35" s="11">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C35" s="10">
-        <v>1215.4909</v>
+        <v>1162.3088</v>
       </c>
       <c r="D35" s="10">
-        <v>1215.49090909</v>
+        <v>1162.3088</v>
       </c>
       <c r="E35" s="10">
-        <v>1205.1</v>
+        <v>1154.32575</v>
       </c>
       <c r="F35" s="10">
-        <v>1102</v>
+        <v>1056.4</v>
       </c>
       <c r="G35" s="10">
-        <v>1341.6</v>
+        <v>1284.8</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>31</v>
       </c>
       <c r="B36" s="11">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C36" s="10">
-        <v>455.0167</v>
+        <v>351.4618</v>
       </c>
       <c r="D36" s="10">
-        <v>455.01666667</v>
+        <v>351.46185</v>
       </c>
       <c r="E36" s="10">
-        <v>448.25</v>
+        <v>362.75</v>
       </c>
       <c r="F36" s="10">
-        <v>315.8</v>
+        <v>99.09999999999999</v>
       </c>
       <c r="G36" s="10">
-        <v>636.6</v>
+        <v>575.6</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>32</v>
       </c>
       <c r="B37" s="11">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C37" s="10">
-        <v>1854.46</v>
+        <v>1986.5271</v>
       </c>
       <c r="D37" s="10">
-        <v>1854.46</v>
+        <v>1986.52713636</v>
       </c>
       <c r="E37" s="10">
-        <v>1866.85</v>
+        <v>2045.4</v>
       </c>
       <c r="F37" s="10">
-        <v>1541.4</v>
+        <v>1545.6872</v>
       </c>
       <c r="G37" s="10">
-        <v>2070.9</v>
+        <v>2473.6</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>33</v>
       </c>
       <c r="B38" s="11">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C38" s="10">
-        <v>3285.6889</v>
+        <v>3339.7194</v>
       </c>
       <c r="D38" s="10">
-        <v>3285.68888889</v>
+        <v>3339.7193625</v>
       </c>
       <c r="E38" s="10">
-        <v>3306.8</v>
+        <v>3283</v>
       </c>
       <c r="F38" s="10">
-        <v>2731.2</v>
+        <v>3005.9436</v>
       </c>
       <c r="G38" s="10">
-        <v>3798.8</v>
+        <v>3710.4</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>34</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>35</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>