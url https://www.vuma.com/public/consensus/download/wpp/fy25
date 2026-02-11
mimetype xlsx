--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -12,80 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FY25" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WPP Plc</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>AVG</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>17/11/25</t>
+    <t>20/01/26</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue Less PT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  Growth (calculated off Revenue Less PT) %</t>
   </si>
   <si>
     <t xml:space="preserve">    Organic Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Acquisition Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    FX Impact (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Reportable Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit (ex associates)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit Margin (ex associates) %</t>
   </si>
@@ -102,50 +102,53 @@
     <t xml:space="preserve">  HL Net Interest Expense - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL PBT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax/PBT (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Minority Interest - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL FD EPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL DPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  FD weighted average shares o/s</t>
   </si>
   <si>
     <t xml:space="preserve">  Cash Flow Components</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Working Capital Inflow/(Outflow)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted Operating Cash Flow Pre Working Capital</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted free cash flow</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt</t>
   </si>
   <si>
     <t xml:space="preserve">  Average Net Debt for the Period</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external web-based tool independently managed by Vuma Financial</t>
   </si>
   <si>
     <t>Limited, a company separate from WPP. The analysis is provided purely for convenience of users of our website and for information purposes only. The publication of</t>
   </si>
@@ -690,54 +693,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G59"/>
+  <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A59" sqref="A59"/>
+      <selection activeCell="A60" sqref="A60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="56.700439" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="B2"/>
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>1</v>
@@ -786,652 +789,664 @@
     </row>
     <row r="5" spans="1:7">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="19">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C7" s="18">
-        <v>10141.7404</v>
+        <v>10135.652</v>
       </c>
       <c r="D7" s="18">
-        <v>10141.74041818</v>
+        <v>10135.651975</v>
       </c>
       <c r="E7" s="18">
-        <v>10143.7009</v>
+        <v>10140.54</v>
       </c>
       <c r="F7" s="18">
-        <v>10084.1</v>
+        <v>10055</v>
       </c>
       <c r="G7" s="18">
         <v>10201.1687</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C10" s="12">
-        <v>-5.6495</v>
+        <v>-5.6644</v>
       </c>
       <c r="D10" s="12">
-        <v>-5.64948182</v>
+        <v>-5.66444167</v>
       </c>
       <c r="E10" s="12">
         <v>-5.6</v>
       </c>
       <c r="F10" s="12">
         <v>-6</v>
       </c>
       <c r="G10" s="12">
         <v>-5.2233</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C11" s="12">
-        <v>-3.1409</v>
+        <v>-3.0874</v>
       </c>
       <c r="D11" s="12">
-        <v>-3.14085455</v>
+        <v>-3.0874</v>
       </c>
       <c r="E11" s="12">
         <v>-3.1</v>
       </c>
       <c r="F11" s="12">
         <v>-3.4</v>
       </c>
       <c r="G11" s="12">
-        <v>-3</v>
+        <v>-2.5</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C12" s="12">
-        <v>-1.8745</v>
+        <v>-1.866</v>
       </c>
       <c r="D12" s="12">
-        <v>-1.87452727</v>
+        <v>-1.86603333</v>
       </c>
       <c r="E12" s="12">
-        <v>-1.8398</v>
+        <v>-1.9</v>
       </c>
       <c r="F12" s="12">
         <v>-2.1</v>
       </c>
       <c r="G12" s="12">
         <v>-1.5</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="17">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C13" s="16">
-        <v>-10.7177</v>
+        <v>-10.7746</v>
       </c>
       <c r="D13" s="16">
-        <v>-10.71769091</v>
+        <v>-10.77463333</v>
       </c>
       <c r="E13" s="16">
-        <v>-10.7</v>
+        <v>-10.75</v>
       </c>
       <c r="F13" s="16">
-        <v>-11.2</v>
+        <v>-11.5</v>
       </c>
       <c r="G13" s="16">
         <v>-10.1931</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C15" s="10">
-        <v>1315.4536</v>
+        <v>1315.0508</v>
       </c>
       <c r="D15" s="10">
-        <v>1315.45355455</v>
+        <v>1315.05075</v>
       </c>
       <c r="E15" s="10">
-        <v>1317.9701</v>
+        <v>1317.98505</v>
       </c>
       <c r="F15" s="10">
         <v>1301.1</v>
       </c>
       <c r="G15" s="10">
-        <v>1325.699</v>
+        <v>1325.7</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C16" s="12">
-        <v>12.9706</v>
+        <v>12.9744</v>
       </c>
       <c r="D16" s="12">
-        <v>12.9706</v>
+        <v>12.97444167</v>
       </c>
       <c r="E16" s="12">
-        <v>12.9789</v>
+        <v>12.9879</v>
       </c>
       <c r="F16" s="12">
         <v>12.8851</v>
       </c>
       <c r="G16" s="12">
         <v>13.0277</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C18" s="10">
-        <v>38.2727</v>
+        <v>39.8333</v>
       </c>
       <c r="D18" s="10">
-        <v>38.27272727</v>
+        <v>39.83333333</v>
       </c>
       <c r="E18" s="10">
         <v>40</v>
       </c>
       <c r="F18" s="10">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G18" s="10">
         <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C19" s="10">
-        <v>1353.8173</v>
+        <v>1354.9674</v>
       </c>
       <c r="D19" s="10">
-        <v>1353.81728182</v>
+        <v>1354.96741667</v>
       </c>
       <c r="E19" s="10">
-        <v>1357.9701</v>
+        <v>1356.98505</v>
       </c>
       <c r="F19" s="10">
-        <v>1334.7</v>
+        <v>1341.1</v>
       </c>
       <c r="G19" s="10">
         <v>1364.8</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C20" s="12">
-        <v>13.3489</v>
+        <v>13.3683</v>
       </c>
       <c r="D20" s="12">
-        <v>13.34889091</v>
+        <v>13.36830833</v>
       </c>
       <c r="E20" s="12">
-        <v>13.3775</v>
+        <v>13.3784</v>
       </c>
       <c r="F20" s="12">
-        <v>13.1764</v>
+        <v>13.2812</v>
       </c>
       <c r="G20" s="12">
         <v>13.4121</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C22" s="10">
-        <v>276.7001</v>
+        <v>276.98</v>
       </c>
       <c r="D22" s="10">
-        <v>276.70013636</v>
+        <v>276.98</v>
       </c>
       <c r="E22" s="10">
-        <v>279.8</v>
+        <v>279.9</v>
       </c>
       <c r="F22" s="10">
-        <v>244.9</v>
+        <v>245</v>
       </c>
       <c r="G22" s="10">
         <v>282.5</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C24" s="10">
-        <v>1075.9535</v>
+        <v>1074.5874</v>
       </c>
       <c r="D24" s="10">
-        <v>1075.95351818</v>
+        <v>1074.58741667</v>
       </c>
       <c r="E24" s="10">
-        <v>1079</v>
+        <v>1075.6</v>
       </c>
       <c r="F24" s="10">
         <v>1058.7</v>
       </c>
       <c r="G24" s="10">
         <v>1084.9</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C25" s="10">
-        <v>331.9862</v>
+        <v>331.6633</v>
       </c>
       <c r="D25" s="10">
-        <v>331.98618182</v>
+        <v>331.66330833</v>
       </c>
       <c r="E25" s="10">
-        <v>332.7</v>
+        <v>331.85</v>
       </c>
       <c r="F25" s="10">
         <v>324.5</v>
       </c>
       <c r="G25" s="10">
         <v>336.3</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C26" s="12">
-        <v>30.8549</v>
+        <v>30.8641</v>
       </c>
       <c r="D26" s="12">
-        <v>30.8549</v>
+        <v>30.864075</v>
       </c>
       <c r="E26" s="12">
-        <v>31</v>
+        <v>31.00015</v>
       </c>
       <c r="F26" s="12">
         <v>30.3271</v>
       </c>
       <c r="G26" s="12">
-        <v>31.0035</v>
+        <v>31.0216</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C27" s="10">
-        <v>64.24550000000001</v>
+        <v>64.9333</v>
       </c>
       <c r="D27" s="10">
-        <v>64.24545455000001</v>
+        <v>64.93333333</v>
       </c>
       <c r="E27" s="10">
         <v>65</v>
       </c>
       <c r="F27" s="10">
-        <v>58.5</v>
+        <v>61.9</v>
       </c>
       <c r="G27" s="10">
         <v>66.3</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="9" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="15">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C29" s="14">
-        <v>62.0343</v>
+        <v>61.8744</v>
       </c>
       <c r="D29" s="14">
-        <v>62.03428182</v>
+        <v>61.874375</v>
       </c>
       <c r="E29" s="14">
-        <v>62.1222</v>
+        <v>61.95</v>
       </c>
       <c r="F29" s="14">
         <v>60.7</v>
       </c>
       <c r="G29" s="14">
-        <v>63</v>
+        <v>62.7703</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="9" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="15">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C30" s="14">
-        <v>19.4214</v>
+        <v>19.3083</v>
       </c>
       <c r="D30" s="14">
-        <v>19.4214</v>
+        <v>19.30833333</v>
       </c>
       <c r="E30" s="14">
         <v>19.7</v>
       </c>
       <c r="F30" s="14">
         <v>7.5</v>
       </c>
       <c r="G30" s="14">
         <v>39.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" s="11">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C32" s="10">
-        <v>1094.1521</v>
+        <v>1094.3878</v>
       </c>
       <c r="D32" s="10">
-        <v>1094.15207273</v>
+        <v>1094.387775</v>
       </c>
       <c r="E32" s="10">
-        <v>1096</v>
+        <v>1096.5</v>
       </c>
       <c r="F32" s="10">
         <v>1077.8</v>
       </c>
       <c r="G32" s="10">
-        <v>1100.5195</v>
+        <v>1100.5</v>
       </c>
     </row>
     <row r="33" spans="1:7">
+      <c r="A33" t="s">
+        <v>29</v>
+      </c>
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      <c r="G34"/>
+        <v>30</v>
+      </c>
+      <c r="B34" s="11">
+        <v>12</v>
+      </c>
+      <c r="C34" s="10">
+        <v>-302.3007</v>
+      </c>
+      <c r="D34" s="10">
+        <v>-302.300725</v>
+      </c>
+      <c r="E34" s="10">
+        <v>-249.95</v>
+      </c>
+      <c r="F34" s="10">
+        <v>-1271</v>
+      </c>
+      <c r="G34" s="10">
+        <v>17.648</v>
+      </c>
     </row>
     <row r="35" spans="1:7">
-      <c r="A35" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35"/>
+      <c r="F35"/>
+      <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>31</v>
       </c>
       <c r="B36" s="11">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C36" s="10">
-        <v>351.4618</v>
+        <v>1164.4352</v>
       </c>
       <c r="D36" s="10">
-        <v>351.46185</v>
+        <v>1164.43517273</v>
       </c>
       <c r="E36" s="10">
-        <v>362.75</v>
+        <v>1159.4</v>
       </c>
       <c r="F36" s="10">
-        <v>99.09999999999999</v>
+        <v>1056.4</v>
       </c>
       <c r="G36" s="10">
-        <v>575.6</v>
+        <v>1284.8</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>32</v>
       </c>
       <c r="B37" s="11">
         <v>11</v>
       </c>
       <c r="C37" s="10">
-        <v>1986.5271</v>
+        <v>301.6057</v>
       </c>
       <c r="D37" s="10">
-        <v>1986.52713636</v>
+        <v>301.6057</v>
       </c>
       <c r="E37" s="10">
-        <v>2045.4</v>
+        <v>361</v>
       </c>
       <c r="F37" s="10">
-        <v>1545.6872</v>
+        <v>22</v>
       </c>
       <c r="G37" s="10">
-        <v>2473.6</v>
+        <v>575.6</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>33</v>
       </c>
       <c r="B38" s="11">
+        <v>12</v>
+      </c>
+      <c r="C38" s="10">
+        <v>2036.589</v>
+      </c>
+      <c r="D38" s="10">
+        <v>2036.58904167</v>
+      </c>
+      <c r="E38" s="10">
+        <v>2075.55</v>
+      </c>
+      <c r="F38" s="10">
+        <v>1545.6872</v>
+      </c>
+      <c r="G38" s="10">
+        <v>2473.6</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" t="s">
+        <v>34</v>
+      </c>
+      <c r="B39" s="11">
         <v>8</v>
       </c>
-      <c r="C38" s="10">
-[...5 lines deleted...]
-      <c r="E38" s="10">
+      <c r="C39" s="10">
+        <v>3336.1031</v>
+      </c>
+      <c r="D39" s="10">
+        <v>3336.1031125</v>
+      </c>
+      <c r="E39" s="10">
         <v>3283</v>
       </c>
-      <c r="F38" s="10">
+      <c r="F39" s="10">
         <v>3005.9436</v>
       </c>
-      <c r="G38" s="10">
+      <c r="G39" s="10">
         <v>3710.4</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
-[...3 lines deleted...]
-    </row>
     <row r="41" spans="1:7">
-      <c r="A41" t="s">
-[...7 lines deleted...]
-      <c r="G41"/>
+      <c r="A41" s="20" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>35</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>36</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
@@ -1456,195 +1471,206 @@
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>39</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>40</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
-      <c r="A48"/>
+      <c r="A48" t="s">
+        <v>41</v>
+      </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
-      <c r="A49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49"/>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>42</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>43</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>44</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
-      <c r="A53"/>
+      <c r="A53" t="s">
+        <v>45</v>
+      </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
-      <c r="A54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A54"/>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>46</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>47</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>48</v>
       </c>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
     </row>
-    <row r="59" spans="1:7">
-      <c r="A59" s="21" t="s">
+    <row r="58" spans="1:7">
+      <c r="A58" t="s">
         <v>49</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58"/>
+      <c r="D58"/>
+      <c r="E58"/>
+      <c r="F58"/>
+      <c r="G58"/>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="21" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A41:G41"/>
     <mergeCell ref="A42:G42"/>
     <mergeCell ref="A43:G43"/>
     <mergeCell ref="A44:G44"/>
     <mergeCell ref="A45:G45"/>
     <mergeCell ref="A46:G46"/>
     <mergeCell ref="A47:G47"/>
     <mergeCell ref="A48:G48"/>
     <mergeCell ref="A49:G49"/>
     <mergeCell ref="A50:G50"/>
     <mergeCell ref="A51:G51"/>
     <mergeCell ref="A52:G52"/>
     <mergeCell ref="A53:G53"/>
     <mergeCell ref="A54:G54"/>
     <mergeCell ref="A55:G55"/>
     <mergeCell ref="A56:G56"/>
     <mergeCell ref="A57:G57"/>
+    <mergeCell ref="A58:G58"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="40" man="1"/>
-    <brk id="59" man="1"/>
+    <brk id="41" man="1"/>
+    <brk id="60" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FY25</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>