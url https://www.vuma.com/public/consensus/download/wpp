--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -12,74 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>WPP Plc</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
-    <t>Q3 FY25</t>
+    <t>Q4 FY25</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>02/10/25</t>
-[...2 lines deleted...]
-    <t>07/10/25</t>
+    <t>17/11/25</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue Less PT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  Growth (calculated off Revenue Less PT) %</t>
   </si>
   <si>
     <t xml:space="preserve">    Organic Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Acquisition Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    FX Impact (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Reportable Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit (ex associates)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit Margin (ex associates) %</t>
   </si>
@@ -101,51 +98,51 @@
   <si>
     <t xml:space="preserve">  HL Tax - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax/PBT (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Minority Interest - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL FD EPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL DPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  FD weighted average shares o/s</t>
   </si>
   <si>
     <t xml:space="preserve">  Cash Flow Components</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted Operating Cash Flow Pre Working Capital</t>
   </si>
   <si>
-    <t xml:space="preserve">  Free cash flow</t>
+    <t xml:space="preserve">  Adjusted free cash flow</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt</t>
   </si>
   <si>
     <t xml:space="preserve">  Average Net Debt for the Period</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external web-based tool independently</t>
   </si>
   <si>
     <t>managed by Vuma Financial Limited, a company separate from WPP. The analysis is provided purely for convenience of users of our website</t>
   </si>
   <si>
     <t>and for information purposes only. The publication of the forecasts does not imply that WPP endorses, confirms or expresses a view on</t>
   </si>
   <si>
     <t>any forecast or on the analysis.</t>
   </si>
@@ -756,664 +753,666 @@
         <v>3</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B7" s="14">
-        <v>10282.9083</v>
+        <v>10141.7404</v>
       </c>
       <c r="C7" s="14">
-        <v>2477</v>
+        <v>2653.2098</v>
       </c>
       <c r="D7" s="14">
-        <v>10138.4917</v>
+        <v>9842.0434</v>
       </c>
       <c r="E7" s="14">
-        <v>10305.5083</v>
+        <v>9934.009599999999</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="7" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B10" s="11">
-        <v>-4.5</v>
+        <v>-5.6495</v>
       </c>
       <c r="C10" s="11">
-        <v>-5.47</v>
+        <v>-8.112399999999999</v>
       </c>
       <c r="D10" s="11">
-        <v>-1.1417</v>
+        <v>-3.2462</v>
       </c>
       <c r="E10" s="11">
-        <v>1.3833</v>
+        <v>0.5506</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B11" s="11">
-        <v>-3.2167</v>
+        <v>-3.1409</v>
       </c>
       <c r="C11" s="11">
-        <v>-3.3333</v>
+        <v>-1.9679</v>
       </c>
       <c r="D11" s="11">
-        <v>0.2182</v>
+        <v>0.2735</v>
       </c>
       <c r="E11" s="11">
-        <v>0.31</v>
+        <v>0.2406</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B12" s="11">
-        <v>-1.7583</v>
+        <v>-1.8745</v>
       </c>
       <c r="C12" s="11">
-        <v>-1.8444</v>
+        <v>-1.1431</v>
       </c>
       <c r="D12" s="11">
-        <v>-0.5</v>
+        <v>0.0036</v>
       </c>
       <c r="E12" s="11">
-        <v>0</v>
+        <v>-0.0333</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B13" s="13">
-        <v>-9.475</v>
+        <v>-10.7177</v>
       </c>
       <c r="C13" s="13">
-        <v>-10.4222</v>
+        <v>-11.2479</v>
       </c>
       <c r="D13" s="13">
-        <v>-1.4167</v>
+        <v>-2.9599</v>
       </c>
       <c r="E13" s="13">
-        <v>1.6417</v>
+        <v>0.9093</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B15" s="10">
-        <v>1392.8667</v>
+        <v>1315.4536</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="10">
-        <v>1394.5083</v>
+        <v>1265.1675</v>
       </c>
       <c r="E15" s="10">
-        <v>1438.925</v>
+        <v>1300.3654</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B16" s="11">
-        <v>13.545</v>
+        <v>12.9706</v>
       </c>
       <c r="C16" s="16"/>
       <c r="D16" s="11">
-        <v>13.7505</v>
+        <v>12.8546</v>
       </c>
       <c r="E16" s="11">
-        <v>13.9532</v>
+        <v>13.0909</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18" s="10">
-        <v>40.1083</v>
+        <v>38.2727</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="10">
-        <v>41.4417</v>
+        <v>38.6623</v>
       </c>
       <c r="E18" s="10">
-        <v>43.7917</v>
+        <v>39.226</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B19" s="10">
-        <v>1432.975</v>
+        <v>1353.8173</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="10">
-        <v>1435.95</v>
+        <v>1312.0316</v>
       </c>
       <c r="E19" s="10">
-        <v>1482.725</v>
+        <v>1354.503</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B20" s="11">
-        <v>13.9351</v>
+        <v>13.3489</v>
       </c>
       <c r="C20" s="16"/>
       <c r="D20" s="11">
-        <v>14.1592</v>
+        <v>13.3272</v>
       </c>
       <c r="E20" s="11">
-        <v>14.3774</v>
+        <v>13.6259</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B22" s="10">
-        <v>276.3804</v>
+        <v>276.7001</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="10">
-        <v>277.975</v>
+        <v>273.1021</v>
       </c>
       <c r="E22" s="10">
-        <v>273.0083</v>
+        <v>269.8669</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B24" s="10">
-        <v>1152.4333</v>
+        <v>1075.9535</v>
       </c>
       <c r="C24" s="15"/>
       <c r="D24" s="10">
-        <v>1153.3583</v>
+        <v>1035.3113</v>
       </c>
       <c r="E24" s="10">
-        <v>1207.15</v>
+        <v>1081.0088</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B25" s="10">
-        <v>351.8333</v>
-[...1 lines deleted...]
-      <c r="C25" s="15"/>
+        <v>331.9862</v>
+      </c>
+      <c r="C25" s="10">
+        <v>0</v>
+      </c>
       <c r="D25" s="10">
-        <v>344.6083</v>
+        <v>310.8262</v>
       </c>
       <c r="E25" s="10">
-        <v>291.6333</v>
+        <v>323.1556</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B26" s="11">
-        <v>30.5319</v>
+        <v>30.8549</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="11">
-        <v>29.9134</v>
+        <v>30.0469</v>
       </c>
       <c r="E26" s="11">
-        <v>24.8327</v>
+        <v>29.91</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B27" s="10">
-        <v>65.08329999999999</v>
+        <v>64.24550000000001</v>
       </c>
       <c r="C27" s="15"/>
       <c r="D27" s="10">
-        <v>63.95</v>
+        <v>64.6099</v>
       </c>
       <c r="E27" s="10">
-        <v>65.575</v>
+        <v>66.2932</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B29" s="12">
-        <v>66.99169999999999</v>
+        <v>62.0343</v>
       </c>
       <c r="C29" s="17"/>
       <c r="D29" s="12">
-        <v>67.83329999999999</v>
+        <v>59.1363</v>
       </c>
       <c r="E29" s="12">
-        <v>71.1583</v>
+        <v>61.9597</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B30" s="12">
-        <v>22.025</v>
+        <v>19.4214</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="12">
-        <v>21.1909</v>
+        <v>19.78</v>
       </c>
       <c r="E30" s="12">
-        <v>23.3273</v>
+        <v>20.5711</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B32" s="10">
-        <v>1096.3667</v>
+        <v>1094.1521</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="10">
-        <v>1096.6583</v>
+        <v>1123.0685</v>
       </c>
       <c r="E32" s="10">
-        <v>1096.95</v>
+        <v>1123.8155</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B35" s="10">
-        <v>1215.4909</v>
+        <v>1162.3088</v>
       </c>
       <c r="C35" s="15"/>
       <c r="D35" s="10">
-        <v>1245.5273</v>
+        <v>1145.1591</v>
       </c>
       <c r="E35" s="10">
-        <v>1311.8727</v>
+        <v>1211.6003</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B36" s="10">
-        <v>455.0167</v>
+        <v>351.4618</v>
       </c>
       <c r="C36" s="15"/>
       <c r="D36" s="10">
-        <v>530.6167</v>
+        <v>404.9103</v>
       </c>
       <c r="E36" s="10">
-        <v>654.2</v>
+        <v>554.0219</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B37" s="10">
-        <v>1854.46</v>
+        <v>1986.5271</v>
       </c>
       <c r="C37" s="15"/>
       <c r="D37" s="10">
-        <v>1627.46</v>
+        <v>1713.8469</v>
       </c>
       <c r="E37" s="10">
-        <v>1266.51</v>
+        <v>1402.0355</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B38" s="10">
-        <v>3285.6889</v>
+        <v>3339.7194</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="10">
-        <v>3087.5889</v>
+        <v>3186.4778</v>
       </c>
       <c r="E38" s="10">
-        <v>2754.6889</v>
+        <v>2849.5389</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49"/>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
     </row>
     <row r="55" spans="1:5">
       <c r="A55"/>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B58"/>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="19" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
     <mergeCell ref="A47:E47"/>
     <mergeCell ref="A48:E48"/>
     <mergeCell ref="A49:E49"/>
     <mergeCell ref="A50:E50"/>
     <mergeCell ref="A51:E51"/>
     <mergeCell ref="A52:E52"/>
     <mergeCell ref="A53:E53"/>
     <mergeCell ref="A54:E54"/>
     <mergeCell ref="A55:E55"/>
     <mergeCell ref="A56:E56"/>
     <mergeCell ref="A57:E57"/>
     <mergeCell ref="A58:E58"/>
     <mergeCell ref="A59:E59"/>
     <mergeCell ref="A60:E60"/>