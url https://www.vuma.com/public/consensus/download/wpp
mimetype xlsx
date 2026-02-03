--- v1 (2025-12-07)
+++ v2 (2026-02-03)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>WPP Plc</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
     <t>Q4 FY25</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>17/11/25</t>
+    <t>20/01/26</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue Less PT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  Growth (calculated off Revenue Less PT) %</t>
   </si>
   <si>
     <t xml:space="preserve">    Organic Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Acquisition Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    FX Impact (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Reportable Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit (ex associates)</t>
   </si>
   <si>
     <t xml:space="preserve">  Headline Operating Profit Margin (ex associates) %</t>
   </si>
@@ -93,50 +93,53 @@
     <t xml:space="preserve">  HL Net Interest Expense - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL PBT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL Tax/PBT (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Minority Interest - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL FD EPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  HL DPS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  FD weighted average shares o/s</t>
   </si>
   <si>
     <t xml:space="preserve">  Cash Flow Components</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Working Capital Inflow/(Outflow)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted Operating Cash Flow Pre Working Capital</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted free cash flow</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt</t>
   </si>
   <si>
     <t xml:space="preserve">  Average Net Debt for the Period</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external web-based tool independently</t>
   </si>
   <si>
     <t>managed by Vuma Financial Limited, a company separate from WPP. The analysis is provided purely for convenience of users of our website</t>
   </si>
@@ -700,54 +703,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E62"/>
+  <dimension ref="A1:E63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A62" sqref="A62"/>
+      <selection activeCell="A63" sqref="A63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="56.700439" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
@@ -782,466 +785,472 @@
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="14">
-        <v>10141.7404</v>
+        <v>10135.652</v>
       </c>
       <c r="C7" s="14">
-        <v>2653.2098</v>
+        <v>2646.918</v>
       </c>
       <c r="D7" s="14">
-        <v>9842.0434</v>
+        <v>9811.9377</v>
       </c>
       <c r="E7" s="14">
-        <v>9934.009599999999</v>
+        <v>9904.157300000001</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="11">
-        <v>-5.6495</v>
+        <v>-5.6644</v>
       </c>
       <c r="C10" s="11">
-        <v>-8.112399999999999</v>
+        <v>-8.1614</v>
       </c>
       <c r="D10" s="11">
-        <v>-3.2462</v>
+        <v>-3.309</v>
       </c>
       <c r="E10" s="11">
-        <v>0.5506</v>
+        <v>0.588</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="11">
-        <v>-3.1409</v>
+        <v>-3.0874</v>
       </c>
       <c r="C11" s="11">
-        <v>-1.9679</v>
+        <v>-2.0611</v>
       </c>
       <c r="D11" s="11">
-        <v>0.2735</v>
+        <v>0.2417</v>
       </c>
       <c r="E11" s="11">
-        <v>0.2406</v>
+        <v>0.2167</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="11">
-        <v>-1.8745</v>
+        <v>-1.866</v>
       </c>
       <c r="C12" s="11">
-        <v>-1.1431</v>
+        <v>-1.1088</v>
       </c>
       <c r="D12" s="11">
-        <v>0.0036</v>
+        <v>-0.1462</v>
       </c>
       <c r="E12" s="11">
-        <v>-0.0333</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="13">
-        <v>-10.7177</v>
+        <v>-10.7746</v>
       </c>
       <c r="C13" s="13">
-        <v>-11.2479</v>
+        <v>-11.4931</v>
       </c>
       <c r="D13" s="13">
-        <v>-2.9599</v>
+        <v>-3.1968</v>
       </c>
       <c r="E13" s="13">
-        <v>0.9093</v>
+        <v>0.9214</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="10">
-        <v>1315.4536</v>
+        <v>1315.0508</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="10">
-        <v>1265.1675</v>
+        <v>1267.5906</v>
       </c>
       <c r="E15" s="10">
-        <v>1300.3654</v>
+        <v>1305.3012</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="11">
-        <v>12.9706</v>
+        <v>12.9744</v>
       </c>
       <c r="C16" s="16"/>
       <c r="D16" s="11">
-        <v>12.8546</v>
+        <v>12.9149</v>
       </c>
       <c r="E16" s="11">
-        <v>13.0909</v>
+        <v>13.1711</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="10">
-        <v>38.2727</v>
+        <v>39.8333</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="10">
-        <v>38.6623</v>
+        <v>40.3583</v>
       </c>
       <c r="E18" s="10">
-        <v>39.226</v>
+        <v>41.0417</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="10">
-        <v>1353.8173</v>
+        <v>1354.9674</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="10">
-        <v>1312.0316</v>
+        <v>1308.9905</v>
       </c>
       <c r="E19" s="10">
-        <v>1354.503</v>
+        <v>1349.1595</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="11">
-        <v>13.3489</v>
+        <v>13.3683</v>
       </c>
       <c r="C20" s="16"/>
       <c r="D20" s="11">
-        <v>13.3272</v>
+        <v>13.3368</v>
       </c>
       <c r="E20" s="11">
-        <v>13.6259</v>
+        <v>13.6127</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="B21"/>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="10">
-        <v>276.7001</v>
+        <v>276.98</v>
       </c>
       <c r="C22" s="15"/>
       <c r="D22" s="10">
-        <v>273.1021</v>
+        <v>278.9418</v>
       </c>
       <c r="E22" s="10">
-        <v>269.8669</v>
+        <v>274.6677</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="10">
-        <v>1075.9535</v>
+        <v>1074.5874</v>
       </c>
       <c r="C24" s="15"/>
       <c r="D24" s="10">
-        <v>1035.3113</v>
+        <v>1025.3321</v>
       </c>
       <c r="E24" s="10">
-        <v>1081.0088</v>
+        <v>1069.6251</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="10">
-        <v>331.9862</v>
+        <v>331.6633</v>
       </c>
       <c r="C25" s="10">
         <v>0</v>
       </c>
       <c r="D25" s="10">
-        <v>310.8262</v>
+        <v>309.8726</v>
       </c>
       <c r="E25" s="10">
-        <v>323.1556</v>
+        <v>321.5774</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="11">
-        <v>30.8549</v>
+        <v>30.8641</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="11">
-        <v>30.0469</v>
+        <v>30.2537</v>
       </c>
       <c r="E26" s="11">
-        <v>29.91</v>
+        <v>30.0928</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="10">
-        <v>64.24550000000001</v>
+        <v>64.9333</v>
       </c>
       <c r="C27" s="15"/>
       <c r="D27" s="10">
-        <v>64.6099</v>
+        <v>65.44240000000001</v>
       </c>
       <c r="E27" s="10">
-        <v>66.2932</v>
+        <v>67.2762</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="9" t="s">
         <v>23</v>
       </c>
       <c r="B29" s="12">
-        <v>62.0343</v>
+        <v>61.8744</v>
       </c>
       <c r="C29" s="17"/>
       <c r="D29" s="12">
-        <v>59.1363</v>
+        <v>58.3251</v>
       </c>
       <c r="E29" s="12">
-        <v>61.9597</v>
+        <v>61.0849</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B30" s="12">
-        <v>19.4214</v>
+        <v>19.3083</v>
       </c>
       <c r="C30" s="17"/>
       <c r="D30" s="12">
-        <v>19.78</v>
+        <v>19.6011</v>
       </c>
       <c r="E30" s="12">
-        <v>20.5711</v>
+        <v>20.3728</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>25</v>
       </c>
       <c r="B32" s="10">
-        <v>1094.1521</v>
+        <v>1094.3878</v>
       </c>
       <c r="C32" s="15"/>
       <c r="D32" s="10">
-        <v>1123.0685</v>
+        <v>1120.9</v>
       </c>
       <c r="E32" s="10">
-        <v>1123.8155</v>
+        <v>1121.5835</v>
       </c>
     </row>
     <row r="33" spans="1:5">
+      <c r="A33" t="s">
+        <v>26</v>
+      </c>
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="E34"/>
+        <v>27</v>
+      </c>
+      <c r="B34" s="10">
+        <v>-302.3007</v>
+      </c>
+      <c r="C34" s="15"/>
+      <c r="D34" s="10">
+        <v>-130.013</v>
+      </c>
+      <c r="E34" s="10">
+        <v>-48.8734</v>
+      </c>
     </row>
     <row r="35" spans="1:5">
-      <c r="A35" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>28</v>
       </c>
       <c r="B36" s="10">
-        <v>351.4618</v>
+        <v>1164.4352</v>
       </c>
       <c r="C36" s="15"/>
       <c r="D36" s="10">
-        <v>404.9103</v>
+        <v>1138.9689</v>
       </c>
       <c r="E36" s="10">
-        <v>554.0219</v>
+        <v>1201.8633</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>29</v>
       </c>
       <c r="B37" s="10">
-        <v>1986.5271</v>
+        <v>301.6057</v>
       </c>
       <c r="C37" s="15"/>
       <c r="D37" s="10">
-        <v>1713.8469</v>
+        <v>395.2169</v>
       </c>
       <c r="E37" s="10">
-        <v>1402.0355</v>
+        <v>532.1205</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>30</v>
       </c>
       <c r="B38" s="10">
-        <v>3339.7194</v>
+        <v>2036.589</v>
       </c>
       <c r="C38" s="15"/>
       <c r="D38" s="10">
-        <v>3186.4778</v>
+        <v>1782.8588</v>
       </c>
       <c r="E38" s="10">
-        <v>2849.5389</v>
-[...3 lines deleted...]
-      <c r="A40" s="18" t="s">
+        <v>1493.4813</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" t="s">
         <v>31</v>
       </c>
+      <c r="B39" s="10">
+        <v>3336.1031</v>
+      </c>
+      <c r="C39" s="15"/>
+      <c r="D39" s="10">
+        <v>3190.7265</v>
+      </c>
+      <c r="E39" s="10">
+        <v>2855.2369</v>
+      </c>
     </row>
     <row r="41" spans="1:5">
-      <c r="A41" t="s">
-[...5 lines deleted...]
-      <c r="E41"/>
+      <c r="A41" s="18" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>32</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>33</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>34</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
@@ -1263,196 +1272,205 @@
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>37</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>38</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
-      <c r="A49"/>
+      <c r="A49" t="s">
+        <v>39</v>
+      </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
     </row>
     <row r="50" spans="1:5">
-      <c r="A50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A50"/>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>40</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>41</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>42</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>43</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
     </row>
     <row r="55" spans="1:5">
-      <c r="A55"/>
+      <c r="A55" t="s">
+        <v>44</v>
+      </c>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:5">
-      <c r="A56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A56"/>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>45</v>
       </c>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>46</v>
       </c>
       <c r="B58"/>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>47</v>
       </c>
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>48</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
     </row>
-    <row r="62" spans="1:5">
-      <c r="A62" s="19" t="s">
+    <row r="61" spans="1:5">
+      <c r="A61" t="s">
         <v>49</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+      <c r="D61"/>
+      <c r="E61"/>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" s="19" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A41:E41"/>
     <mergeCell ref="A42:E42"/>
     <mergeCell ref="A43:E43"/>
     <mergeCell ref="A44:E44"/>
     <mergeCell ref="A45:E45"/>
     <mergeCell ref="A46:E46"/>
     <mergeCell ref="A47:E47"/>
     <mergeCell ref="A48:E48"/>
     <mergeCell ref="A49:E49"/>
     <mergeCell ref="A50:E50"/>
     <mergeCell ref="A51:E51"/>
     <mergeCell ref="A52:E52"/>
     <mergeCell ref="A53:E53"/>
     <mergeCell ref="A54:E54"/>
     <mergeCell ref="A55:E55"/>
     <mergeCell ref="A56:E56"/>
     <mergeCell ref="A57:E57"/>
     <mergeCell ref="A58:E58"/>
     <mergeCell ref="A59:E59"/>
     <mergeCell ref="A60:E60"/>
+    <mergeCell ref="A61:E61"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="40" man="1"/>
-    <brk id="62" man="1"/>
+    <brk id="41" man="1"/>
+    <brk id="63" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>