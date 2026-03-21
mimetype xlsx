--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -12,61 +12,55 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>WPP Plc</t>
   </si>
   <si>
-    <t>FY25</t>
-[...4 lines deleted...]
-  <si>
     <t>FY26</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>20/01/26</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue Less PT - GBP (millions)</t>
   </si>
   <si>
     <t xml:space="preserve">  Growth (calculated off Revenue Less PT) %</t>
   </si>
   <si>
     <t xml:space="preserve">    Organic Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Acquisition Growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    FX Impact (%)</t>
@@ -116,109 +110,121 @@
   <si>
     <t xml:space="preserve">  Cash Flow Components</t>
   </si>
   <si>
     <t xml:space="preserve">    Working Capital Inflow/(Outflow)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted Operating Cash Flow Pre Working Capital</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted free cash flow</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt</t>
   </si>
   <si>
     <t xml:space="preserve">  Average Net Debt for the Period</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external web-based tool independently</t>
-[...26 lines deleted...]
-    <t>this analysis should be taken as a recommendation to buy or sell shares in WPP, to take or not take any other action or to place any</t>
+    <t>The forecasts in this analysis have been gathered for WPP Group PLC through Vuma Consensus, an external</t>
+  </si>
+  <si>
+    <t>web-based tool independently managed by Vuma Financial Limited, a company separate from WPP. The analysis is</t>
+  </si>
+  <si>
+    <t>provided purely for convenience of users of our website and for information purposes only. The publication</t>
+  </si>
+  <si>
+    <t>of the forecasts does not imply that WPP endorses, confirms or expresses a view on any forecast or on the</t>
+  </si>
+  <si>
+    <t>analysis.</t>
+  </si>
+  <si>
+    <t>Consensus is calculated by taking the simple average of the constituent analyst forecasts. The forecasts in</t>
+  </si>
+  <si>
+    <t>this analysis are from a number of registered investment analysts and these are, as such, information that</t>
+  </si>
+  <si>
+    <t>is available publicly.</t>
+  </si>
+  <si>
+    <t>Vuma Financial Limited has had no access to WPP's internal budgets, forecasts or information which is not</t>
+  </si>
+  <si>
+    <t>publicly available. WPP does not comment on, nor does it verify or endorse, individual forecasts nor does it</t>
+  </si>
+  <si>
+    <t>intend to do so in the future and the analysis is not based on WPP’s own opinions, estimates or forecasts.</t>
+  </si>
+  <si>
+    <t>WPP assumes no obligation to update or revise such information and nothing in this analysis should be taken</t>
+  </si>
+  <si>
+    <t>as a recommendation to buy or sell shares in WPP, to take or not take any other action or to place any</t>
   </si>
   <si>
     <t xml:space="preserve">reliance on the analysis. </t>
   </si>
   <si>
-    <t>WPP is not regulated by the Financial Conduct Authority so cannot and does not offer investment advice. Neither WPP nor any of its</t>
-[...11 lines deleted...]
-    <t>analysis.</t>
+    <t>WPP is not regulated by the Financial Conduct Authority so cannot and does not offer investment advice.</t>
+  </si>
+  <si>
+    <t>Neither WPP nor any of its subsidiary undertakings nor any director, officer or employee of WPP or any of</t>
+  </si>
+  <si>
+    <t>its subsidiary undertakings verifies, endorses, concurs with, or accepts any responsibility for the accuracy</t>
+  </si>
+  <si>
+    <t>or completeness of, forecasts used in this analysis. WPP shall have no liability whatsoever for the</t>
+  </si>
+  <si>
+    <t>consequences of any reliance or actions taken or not taken based on any of the forecasts or information in</t>
+  </si>
+  <si>
+    <t>this analysis.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="12">
+  <fonts count="10">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -248,117 +254,99 @@
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000055"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
-[...16 lines deleted...]
-    <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FFAA4020"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border/>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FFAAAAAA"/>
       </bottom>
     </border>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="17">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
@@ -375,67 +363,55 @@
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="164" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="164" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
-[...11 lines deleted...]
-    <xf xfId="0" fontId="10" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="11" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+    <xf xfId="0" fontId="9" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -703,774 +679,618 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E63"/>
+  <dimension ref="A1:C67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A63" sqref="A63"/>
+      <selection activeCell="A67" sqref="A67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="56.700439" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
-    <col min="4" max="4" width="14" customWidth="true" style="0"/>
-    <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:5">
+    <row r="2" spans="1:3">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="2" t="s">
+    </row>
+    <row r="3" spans="1:3">
+      <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="C3" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="B4" s="4" t="s">
         <v>4</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      </c>
       <c r="C4" s="4" t="s">
-        <v>6</v>
-[...8 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
-      <c r="D5" s="3"/>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+    </row>
+    <row r="6" spans="1:3">
       <c r="A6" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
-      <c r="D6" s="5"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+    </row>
+    <row r="7" spans="1:3">
       <c r="A7" s="6" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B7" s="14">
-        <v>10135.652</v>
+        <v>9811.9377</v>
       </c>
       <c r="C7" s="14">
-        <v>2646.918</v>
-[...4 lines deleted...]
-      <c r="E7" s="14">
         <v>9904.157300000001</v>
       </c>
     </row>
-    <row r="8" spans="1:5">
+    <row r="8" spans="1:3">
       <c r="B8"/>
       <c r="C8"/>
-      <c r="D8"/>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+    </row>
+    <row r="9" spans="1:3">
       <c r="A9" s="7" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
-      <c r="D9" s="7"/>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+    </row>
+    <row r="10" spans="1:3">
       <c r="A10" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="11">
+        <v>-3.309</v>
+      </c>
+      <c r="C10" s="11">
+        <v>0.588</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="11">
+        <v>0.2417</v>
+      </c>
+      <c r="C11" s="11">
+        <v>0.2167</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="11">
-[...13 lines deleted...]
-      <c r="A11" s="7" t="s">
+      <c r="B12" s="11">
+        <v>-0.1462</v>
+      </c>
+      <c r="C12" s="11">
+        <v>-0.03</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="11">
-[...32 lines deleted...]
-      </c>
       <c r="B13" s="13">
-        <v>-10.7746</v>
+        <v>-3.1968</v>
       </c>
       <c r="C13" s="13">
-        <v>-11.4931</v>
-[...4 lines deleted...]
-      <c r="E13" s="13">
         <v>0.9214</v>
       </c>
     </row>
-    <row r="14" spans="1:5">
+    <row r="14" spans="1:3">
       <c r="B14"/>
       <c r="C14"/>
-      <c r="D14"/>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+    </row>
+    <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B15" s="10">
-        <v>1315.0508</v>
-[...2 lines deleted...]
-      <c r="D15" s="10">
         <v>1267.5906</v>
       </c>
-      <c r="E15" s="10">
+      <c r="C15" s="10">
         <v>1305.3012</v>
       </c>
     </row>
-    <row r="16" spans="1:5">
+    <row r="16" spans="1:3">
       <c r="A16" s="7" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B16" s="11">
-        <v>12.9744</v>
-[...2 lines deleted...]
-      <c r="D16" s="11">
         <v>12.9149</v>
       </c>
-      <c r="E16" s="11">
+      <c r="C16" s="11">
         <v>13.1711</v>
       </c>
     </row>
-    <row r="17" spans="1:5">
+    <row r="17" spans="1:3">
       <c r="B17"/>
       <c r="C17"/>
-      <c r="D17"/>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+    </row>
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>13</v>
+      </c>
+      <c r="B18" s="10">
+        <v>40.3583</v>
+      </c>
+      <c r="C18" s="10">
+        <v>41.0417</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="10">
+        <v>1308.9905</v>
+      </c>
+      <c r="C19" s="10">
+        <v>1349.1595</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="B18" s="10">
-[...28 lines deleted...]
-      </c>
       <c r="B20" s="11">
-        <v>13.3683</v>
-[...2 lines deleted...]
-      <c r="D20" s="11">
         <v>13.3368</v>
       </c>
-      <c r="E20" s="11">
+      <c r="C20" s="11">
         <v>13.6127</v>
       </c>
     </row>
-    <row r="21" spans="1:5">
+    <row r="21" spans="1:3">
       <c r="B21"/>
       <c r="C21"/>
-      <c r="D21"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+    </row>
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B22" s="10">
-        <v>276.98</v>
-[...2 lines deleted...]
-      <c r="D22" s="10">
         <v>278.9418</v>
       </c>
-      <c r="E22" s="10">
+      <c r="C22" s="10">
         <v>274.6677</v>
       </c>
     </row>
-    <row r="23" spans="1:5">
+    <row r="23" spans="1:3">
       <c r="B23"/>
       <c r="C23"/>
-      <c r="D23"/>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+    </row>
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" s="10">
+        <v>1025.3321</v>
+      </c>
+      <c r="C24" s="10">
+        <v>1069.6251</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" s="10">
+        <v>309.8726</v>
+      </c>
+      <c r="C25" s="10">
+        <v>321.5774</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="B24" s="10">
-[...11 lines deleted...]
-      <c r="A25" t="s">
+      <c r="B26" s="11">
+        <v>30.2537</v>
+      </c>
+      <c r="C26" s="11">
+        <v>30.0928</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" t="s">
         <v>20</v>
       </c>
-      <c r="B25" s="10">
-[...30 lines deleted...]
-      </c>
       <c r="B27" s="10">
-        <v>64.9333</v>
-[...2 lines deleted...]
-      <c r="D27" s="10">
         <v>65.44240000000001</v>
       </c>
-      <c r="E27" s="10">
+      <c r="C27" s="10">
         <v>67.2762</v>
       </c>
     </row>
-    <row r="28" spans="1:5">
+    <row r="28" spans="1:3">
       <c r="B28"/>
       <c r="C28"/>
-      <c r="D28"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+    </row>
+    <row r="29" spans="1:3">
       <c r="A29" s="9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B29" s="12">
-        <v>61.8744</v>
-[...2 lines deleted...]
-      <c r="D29" s="12">
         <v>58.3251</v>
       </c>
-      <c r="E29" s="12">
+      <c r="C29" s="12">
         <v>61.0849</v>
       </c>
     </row>
-    <row r="30" spans="1:5">
+    <row r="30" spans="1:3">
       <c r="A30" s="9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B30" s="12">
-        <v>19.3083</v>
-[...2 lines deleted...]
-      <c r="D30" s="12">
         <v>19.6011</v>
       </c>
-      <c r="E30" s="12">
+      <c r="C30" s="12">
         <v>20.3728</v>
       </c>
     </row>
-    <row r="31" spans="1:5">
+    <row r="31" spans="1:3">
       <c r="B31"/>
       <c r="C31"/>
-      <c r="D31"/>
-[...2 lines deleted...]
-    <row r="32" spans="1:5">
+    </row>
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B32" s="10">
-        <v>1094.3878</v>
-[...2 lines deleted...]
-      <c r="D32" s="10">
         <v>1120.9</v>
       </c>
-      <c r="E32" s="10">
+      <c r="C32" s="10">
         <v>1121.5835</v>
       </c>
     </row>
-    <row r="33" spans="1:5">
+    <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B33"/>
       <c r="C33"/>
-      <c r="D33"/>
-[...2 lines deleted...]
-    <row r="34" spans="1:5">
+    </row>
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B34" s="10">
-        <v>-302.3007</v>
-[...2 lines deleted...]
-      <c r="D34" s="10">
         <v>-130.013</v>
       </c>
-      <c r="E34" s="10">
+      <c r="C34" s="10">
         <v>-48.8734</v>
       </c>
     </row>
-    <row r="35" spans="1:5">
+    <row r="35" spans="1:3">
       <c r="B35"/>
       <c r="C35"/>
-      <c r="D35"/>
-[...2 lines deleted...]
-    <row r="36" spans="1:5">
+    </row>
+    <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>26</v>
+      </c>
+      <c r="B36" s="10">
+        <v>1138.9689</v>
+      </c>
+      <c r="C36" s="10">
+        <v>1201.8633</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" t="s">
+        <v>27</v>
+      </c>
+      <c r="B37" s="10">
+        <v>395.2169</v>
+      </c>
+      <c r="C37" s="10">
+        <v>532.1205</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" t="s">
         <v>28</v>
       </c>
-      <c r="B36" s="10">
-[...11 lines deleted...]
-      <c r="A37" t="s">
+      <c r="B38" s="10">
+        <v>1782.8588</v>
+      </c>
+      <c r="C38" s="10">
+        <v>1493.4813</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" t="s">
         <v>29</v>
       </c>
-      <c r="B37" s="10">
-[...11 lines deleted...]
-      <c r="A38" t="s">
+      <c r="B39" s="10">
+        <v>3190.7265</v>
+      </c>
+      <c r="C39" s="10">
+        <v>2855.2369</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="B38" s="10">
-[...30 lines deleted...]
-    <row r="42" spans="1:5">
+    </row>
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
-      <c r="D42"/>
-[...2 lines deleted...]
-    <row r="43" spans="1:5">
+    </row>
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
-      <c r="D43"/>
-[...2 lines deleted...]
-    <row r="44" spans="1:5">
+    </row>
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
-      <c r="D44"/>
-[...2 lines deleted...]
-    <row r="45" spans="1:5">
+    </row>
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
-      <c r="D45"/>
-[...2 lines deleted...]
-    <row r="46" spans="1:5">
+    </row>
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
-      <c r="D46"/>
-[...2 lines deleted...]
-    <row r="47" spans="1:5">
+    </row>
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
-      <c r="D47"/>
-[...2 lines deleted...]
-    <row r="48" spans="1:5">
+    </row>
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
-      <c r="D48"/>
-[...2 lines deleted...]
-    <row r="49" spans="1:5">
+    </row>
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
-      <c r="D49"/>
-[...3 lines deleted...]
-      <c r="A50"/>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" t="s">
+        <v>38</v>
+      </c>
       <c r="B50"/>
       <c r="C50"/>
-      <c r="D50"/>
-[...2 lines deleted...]
-    <row r="51" spans="1:5">
+    </row>
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
-      <c r="D51"/>
-[...5 lines deleted...]
-      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52"/>
       <c r="B52"/>
       <c r="C52"/>
-      <c r="D52"/>
-[...2 lines deleted...]
-    <row r="53" spans="1:5">
+    </row>
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
-      <c r="D53"/>
-[...2 lines deleted...]
-    <row r="54" spans="1:5">
+    </row>
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
-      <c r="D54"/>
-[...2 lines deleted...]
-    <row r="55" spans="1:5">
+    </row>
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
-      <c r="D55"/>
-[...3 lines deleted...]
-      <c r="A56"/>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" t="s">
+        <v>43</v>
+      </c>
       <c r="B56"/>
       <c r="C56"/>
-      <c r="D56"/>
-[...2 lines deleted...]
-    <row r="57" spans="1:5">
+    </row>
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B57"/>
       <c r="C57"/>
-      <c r="D57"/>
-[...2 lines deleted...]
-    <row r="58" spans="1:5">
+    </row>
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B58"/>
       <c r="C58"/>
-      <c r="D58"/>
-[...5 lines deleted...]
-      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59"/>
       <c r="B59"/>
       <c r="C59"/>
-      <c r="D59"/>
-[...2 lines deleted...]
-    <row r="60" spans="1:5">
+    </row>
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
-      <c r="D60"/>
-[...2 lines deleted...]
-    <row r="61" spans="1:5">
+    </row>
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B61"/>
       <c r="C61"/>
-      <c r="D61"/>
-[...3 lines deleted...]
-      <c r="A63" s="19" t="s">
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
+        <v>48</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>49</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" t="s">
         <v>50</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" t="s">
+        <v>51</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="16" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A42:E42"/>
-[...18 lines deleted...]
-    <mergeCell ref="A61:E61"/>
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="A46:C46"/>
+    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="A48:C48"/>
+    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A51:C51"/>
+    <mergeCell ref="A52:C52"/>
+    <mergeCell ref="A53:C53"/>
+    <mergeCell ref="A54:C54"/>
+    <mergeCell ref="A55:C55"/>
+    <mergeCell ref="A56:C56"/>
+    <mergeCell ref="A57:C57"/>
+    <mergeCell ref="A58:C58"/>
+    <mergeCell ref="A59:C59"/>
+    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="A61:C61"/>
+    <mergeCell ref="A62:C62"/>
+    <mergeCell ref="A63:C63"/>
+    <mergeCell ref="A64:C64"/>
+    <mergeCell ref="A65:C65"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="41" man="1"/>
-    <brk id="63" man="1"/>
+    <brk id="67" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>