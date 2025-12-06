--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -38,51 +38,51 @@
   <si>
     <t>Tate &amp; Lyle PLC</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>15/10/25</t>
+    <t>27/11/25</t>
   </si>
   <si>
     <t>Group Income Statement (£m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Americas</t>
   </si>
   <si>
     <t xml:space="preserve">    Europe, Middle East and Africa</t>
   </si>
   <si>
     <t xml:space="preserve">    Asia Pacific</t>
   </si>
   <si>
     <t xml:space="preserve">    Revenue - Group</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted EBITDA (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted EBITDA - Group</t>
   </si>
@@ -778,512 +778,512 @@
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="10">
         <v>9</v>
       </c>
       <c r="C9" s="10">
-        <v>996.5794</v>
+        <v>1002.3318</v>
       </c>
       <c r="D9" s="10">
-        <v>996.9277</v>
+        <v>1010.8319</v>
       </c>
       <c r="E9" s="10">
         <v>967</v>
       </c>
       <c r="F9" s="10">
-        <v>1011</v>
+        <v>1021.1519</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="10">
         <v>9</v>
       </c>
       <c r="C10" s="10">
-        <v>630.3635</v>
+        <v>638.6183</v>
       </c>
       <c r="D10" s="10">
         <v>639</v>
       </c>
       <c r="E10" s="10">
-        <v>603</v>
+        <v>626.4246000000001</v>
       </c>
       <c r="F10" s="10">
-        <v>646.7812</v>
+        <v>646.0219</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="10">
         <v>9</v>
       </c>
       <c r="C11" s="10">
-        <v>372.0628</v>
+        <v>373.5987</v>
       </c>
       <c r="D11" s="10">
-        <v>372.232</v>
+        <v>378.6826</v>
       </c>
       <c r="E11" s="10">
-        <v>352</v>
+        <v>344.025</v>
       </c>
       <c r="F11" s="10">
-        <v>385</v>
+        <v>391.4057</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="11">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C12" s="11">
-        <v>1999.1062</v>
+        <v>2017.1867</v>
       </c>
       <c r="D12" s="11">
-        <v>2000.0073</v>
+        <v>2035.2768</v>
       </c>
       <c r="E12" s="11">
-        <v>1952.9272</v>
+        <v>1951.162</v>
       </c>
       <c r="F12" s="11">
-        <v>2040</v>
+        <v>2050.0725</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="10">
         <v>9</v>
       </c>
       <c r="C15" s="10">
-        <v>267.6724</v>
+        <v>264.997</v>
       </c>
       <c r="D15" s="10">
-        <v>264.1181</v>
+        <v>265.0065</v>
       </c>
       <c r="E15" s="10">
-        <v>258.8149</v>
+        <v>256.1606</v>
       </c>
       <c r="F15" s="10">
-        <v>281</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="10">
         <v>9</v>
       </c>
       <c r="C16" s="10">
-        <v>101.139</v>
+        <v>98.5197</v>
       </c>
       <c r="D16" s="10">
-        <v>100.8175</v>
+        <v>98.05329999999999</v>
       </c>
       <c r="E16" s="10">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F16" s="10">
-        <v>111.2927</v>
+        <v>105.2288</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="10">
         <v>9</v>
       </c>
       <c r="C17" s="10">
-        <v>49.8493</v>
+        <v>54.1505</v>
       </c>
       <c r="D17" s="10">
-        <v>49.6887</v>
+        <v>52.0689</v>
       </c>
       <c r="E17" s="10">
-        <v>47.3545</v>
+        <v>45.9445</v>
       </c>
       <c r="F17" s="10">
-        <v>53</v>
+        <v>62.6247</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="11">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C18" s="11">
-        <v>417.8934</v>
+        <v>418.8523</v>
       </c>
       <c r="D18" s="11">
-        <v>420.4625</v>
+        <v>419.9514</v>
       </c>
       <c r="E18" s="11">
-        <v>402.7864</v>
+        <v>404.4052</v>
       </c>
       <c r="F18" s="11">
-        <v>435</v>
+        <v>429.518</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="10">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C19" s="10">
-        <v>-135.2013</v>
+        <v>-133.7968</v>
       </c>
       <c r="D19" s="10">
-        <v>-136.00985</v>
+        <v>-133.394</v>
       </c>
       <c r="E19" s="10">
-        <v>-157</v>
+        <v>-139.48</v>
       </c>
       <c r="F19" s="10">
-        <v>-119.3836</v>
+        <v>-129</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="9">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C20" s="9">
-        <v>282.6921</v>
+        <v>285.0555</v>
       </c>
       <c r="D20" s="9">
-        <v>283.38645</v>
+        <v>283.7853</v>
       </c>
       <c r="E20" s="9">
-        <v>267.5864</v>
+        <v>271.6172</v>
       </c>
       <c r="F20" s="9">
-        <v>295</v>
+        <v>297.4421</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="10">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C21" s="10">
-        <v>-42.6431</v>
+        <v>-45.069</v>
       </c>
       <c r="D21" s="10">
-        <v>-43.549</v>
+        <v>-44.6926</v>
       </c>
       <c r="E21" s="10">
-        <v>-51</v>
+        <v>-48.64</v>
       </c>
       <c r="F21" s="10">
-        <v>-28</v>
+        <v>-41.2358</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="9">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C22" s="9">
-        <v>239.9657</v>
+        <v>240.2104</v>
       </c>
       <c r="D22" s="9">
-        <v>241.12745</v>
+        <v>239.3042</v>
       </c>
       <c r="E22" s="9">
-        <v>219.2114</v>
+        <v>223.2422</v>
       </c>
       <c r="F22" s="9">
-        <v>252.1913</v>
+        <v>252.3521</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="11">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C24" s="11">
-        <v>183.0512</v>
+        <v>182.9478</v>
       </c>
       <c r="D24" s="11">
-        <v>184.8864</v>
+        <v>184.9743</v>
       </c>
       <c r="E24" s="11">
-        <v>169.8888</v>
+        <v>173.0127</v>
       </c>
       <c r="F24" s="11">
-        <v>193</v>
+        <v>191</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="11">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C26" s="12">
-        <v>449.1145</v>
+        <v>449.006</v>
       </c>
       <c r="D26" s="12">
-        <v>448.59705</v>
+        <v>448.1337</v>
       </c>
       <c r="E26" s="12">
-        <v>445.4</v>
+        <v>445.6242</v>
       </c>
       <c r="F26" s="12">
         <v>454.6824</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B28" s="11">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C28" s="12">
-        <v>40.7376</v>
+        <v>40.7383</v>
       </c>
       <c r="D28" s="12">
-        <v>41.03975</v>
+        <v>41.06395000000001</v>
       </c>
       <c r="E28" s="12">
-        <v>37.7652</v>
+        <v>38.8248</v>
       </c>
       <c r="F28" s="12">
-        <v>42.8</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="10">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C29" s="13">
-        <v>19.5922</v>
+        <v>19.6493</v>
       </c>
       <c r="D29" s="13">
-        <v>20</v>
+        <v>20.098</v>
       </c>
       <c r="E29" s="13">
-        <v>15.3316</v>
+        <v>15</v>
       </c>
       <c r="F29" s="13">
         <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="10">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C31" s="14">
-        <v>1.3429</v>
+        <v>1.3311</v>
       </c>
       <c r="D31" s="14">
-        <v>1.342</v>
+        <v>1.3292</v>
       </c>
       <c r="E31" s="14">
-        <v>1.3332</v>
+        <v>1.3086</v>
       </c>
       <c r="F31" s="14">
-        <v>1.3512</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="10">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C32" s="14">
-        <v>1.1566</v>
+        <v>1.153</v>
       </c>
       <c r="D32" s="14">
-        <v>1.1561</v>
+        <v>1.15255</v>
       </c>
       <c r="E32" s="14">
-        <v>1.15</v>
+        <v>1.1378</v>
       </c>
       <c r="F32" s="14">
         <v>1.165</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B34" s="8"/>
       <c r="C34" s="8"/>
       <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="8"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B35" s="9">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C35" s="9">
-        <v>145.9359</v>
+        <v>185.2237</v>
       </c>
       <c r="D35" s="9">
-        <v>134.80785</v>
+        <v>185</v>
       </c>
       <c r="E35" s="9">
-        <v>58</v>
+        <v>122</v>
       </c>
       <c r="F35" s="9">
-        <v>284.8045</v>
+        <v>283.0606</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="7"/>
       <c r="F36" s="7"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B37" s="9">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C37" s="9">
-        <v>-900.8742</v>
+        <v>-886.2125</v>
       </c>
       <c r="D37" s="9">
-        <v>-887.00225</v>
+        <v>-876.3997000000001</v>
       </c>
       <c r="E37" s="9">
-        <v>-984.2254</v>
+        <v>-943.1402</v>
       </c>
       <c r="F37" s="9">
-        <v>-810.3998</v>
+        <v>-813.8680000000001</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
         <v>32</v>
       </c>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>33</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>