--- v1 (2025-12-06)
+++ v2 (2026-03-14)
@@ -12,95 +12,119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FY26" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Tate &amp; Lyle PLC</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>27/11/25</t>
+    <t>12/03/26</t>
   </si>
   <si>
     <t>Group Income Statement (£m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Americas</t>
   </si>
   <si>
     <t xml:space="preserve">    Europe, Middle East and Africa</t>
   </si>
   <si>
     <t xml:space="preserve">    Asia Pacific</t>
   </si>
   <si>
     <t xml:space="preserve">    Revenue - Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Volume / mix  (New segments) (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Volume / mix - Group (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Price (New segments) (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Americas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Asia Pacific</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Price - Group (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Revenue (New segments) constant currency growth (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Revenue constant currency growth - Group (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted EBITDA (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted EBITDA - Group</t>
   </si>
   <si>
     <t xml:space="preserve">  Less: Depreciation and adjusted amortisation</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted operating profit</t>
   </si>
   <si>
     <t xml:space="preserve">  Net finance expense</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted profit before tax</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted Profit after Tax (pre excepts and amort)</t>
   </si>
   <si>
     <t xml:space="preserve">    Average diluted shares (m) (including impact of share buyback)</t>
   </si>
@@ -672,54 +696,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F62"/>
+  <dimension ref="A1:F82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A62" sqref="A62"/>
+      <selection activeCell="A82" sqref="A82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.696777" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="B2"/>
       <c r="C2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>1</v>
       </c>
@@ -778,773 +802,1078 @@
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="10">
         <v>9</v>
       </c>
       <c r="C9" s="10">
-        <v>1002.3318</v>
+        <v>1001.2687</v>
       </c>
       <c r="D9" s="10">
-        <v>1010.8319</v>
+        <v>1000.968</v>
       </c>
       <c r="E9" s="10">
-        <v>967</v>
+        <v>979.965</v>
       </c>
       <c r="F9" s="10">
-        <v>1021.1519</v>
+        <v>1020.8186</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="10">
         <v>9</v>
       </c>
       <c r="C10" s="10">
-        <v>638.6183</v>
+        <v>631.9521</v>
       </c>
       <c r="D10" s="10">
-        <v>639</v>
+        <v>636.4458</v>
       </c>
       <c r="E10" s="10">
-        <v>626.4246000000001</v>
+        <v>604.962</v>
       </c>
       <c r="F10" s="10">
-        <v>646.0219</v>
+        <v>642.5915</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="10">
         <v>9</v>
       </c>
       <c r="C11" s="10">
-        <v>373.5987</v>
+        <v>379.6754</v>
       </c>
       <c r="D11" s="10">
-        <v>378.6826</v>
+        <v>380.443</v>
       </c>
       <c r="E11" s="10">
-        <v>344.025</v>
+        <v>371</v>
       </c>
       <c r="F11" s="10">
-        <v>391.4057</v>
+        <v>393.0474</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C12" s="11">
-        <v>2017.1867</v>
+        <v>2012.8962</v>
       </c>
       <c r="D12" s="11">
-        <v>2035.2768</v>
+        <v>2022.618</v>
       </c>
       <c r="E12" s="11">
-        <v>1951.162</v>
+        <v>1958.277</v>
       </c>
       <c r="F12" s="11">
-        <v>2050.0725</v>
+        <v>2041.829</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="10">
         <v>9</v>
       </c>
       <c r="C15" s="10">
-        <v>264.997</v>
+        <v>-2.6704</v>
       </c>
       <c r="D15" s="10">
-        <v>265.0065</v>
+        <v>-2.7556</v>
       </c>
       <c r="E15" s="10">
-        <v>256.1606</v>
+        <v>-3</v>
       </c>
       <c r="F15" s="10">
-        <v>280</v>
+        <v>-2</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="10">
         <v>9</v>
       </c>
       <c r="C16" s="10">
-        <v>98.5197</v>
+        <v>-0.7271</v>
       </c>
       <c r="D16" s="10">
-        <v>98.05329999999999</v>
+        <v>-1</v>
       </c>
       <c r="E16" s="10">
-        <v>93</v>
+        <v>-1.2</v>
       </c>
       <c r="F16" s="10">
-        <v>105.2288</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="10">
         <v>9</v>
       </c>
       <c r="C17" s="10">
-        <v>54.1505</v>
+        <v>1.3556</v>
       </c>
       <c r="D17" s="10">
-        <v>52.0689</v>
+        <v>1</v>
       </c>
       <c r="E17" s="10">
-        <v>45.9445</v>
+        <v>1</v>
       </c>
       <c r="F17" s="10">
-        <v>62.6247</v>
+        <v>2.2148</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C18" s="11">
-        <v>418.8523</v>
+        <v>-1.4005</v>
       </c>
       <c r="D18" s="11">
-        <v>419.9514</v>
+        <v>-1.4524</v>
       </c>
       <c r="E18" s="11">
-        <v>404.4052</v>
+        <v>-2</v>
       </c>
       <c r="F18" s="11">
-        <v>429.518</v>
+        <v>-0.7465000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:6">
-      <c r="A19" t="s">
+      <c r="B19"/>
+      <c r="C19"/>
+      <c r="D19"/>
+      <c r="E19"/>
+      <c r="F19"/>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
         <v>17</v>
       </c>
-      <c r="B19" s="10">
-[...33 lines deleted...]
-      </c>
+      <c r="B20"/>
+      <c r="C20"/>
+      <c r="D20"/>
+      <c r="E20"/>
+      <c r="F20"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" s="10">
+        <v>9</v>
+      </c>
+      <c r="C21" s="10">
+        <v>0.6974</v>
+      </c>
+      <c r="D21" s="10">
+        <v>0.7556</v>
+      </c>
+      <c r="E21" s="10">
+        <v>0</v>
+      </c>
+      <c r="F21" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" t="s">
+        <v>12</v>
+      </c>
+      <c r="B22" s="10">
+        <v>9</v>
+      </c>
+      <c r="C22" s="10">
+        <v>-4.7521</v>
+      </c>
+      <c r="D22" s="10">
+        <v>-5</v>
+      </c>
+      <c r="E22" s="10">
+        <v>-5.4871</v>
+      </c>
+      <c r="F22" s="10">
+        <v>-4</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
         <v>19</v>
       </c>
-      <c r="B21" s="10">
-[...40 lines deleted...]
-      <c r="F23"/>
+      <c r="B23" s="10">
+        <v>9</v>
+      </c>
+      <c r="C23" s="10">
+        <v>-1.0333</v>
+      </c>
+      <c r="D23" s="10">
+        <v>-1</v>
+      </c>
+      <c r="E23" s="10">
+        <v>-1.3</v>
+      </c>
+      <c r="F23" s="10">
+        <v>-1</v>
+      </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="6" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B24" s="11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C24" s="11">
-        <v>182.9478</v>
+        <v>-1.2861</v>
       </c>
       <c r="D24" s="11">
-        <v>184.9743</v>
+        <v>-1.2298</v>
       </c>
       <c r="E24" s="11">
-        <v>173.0127</v>
+        <v>-1.7516</v>
       </c>
       <c r="F24" s="11">
-        <v>191</v>
+        <v>-0.9195</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
     </row>
     <row r="26" spans="1:6">
-      <c r="A26" s="6" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="A26" t="s">
+        <v>21</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26"/>
+      <c r="D26"/>
+      <c r="E26"/>
+      <c r="F26"/>
     </row>
     <row r="27" spans="1:6">
-      <c r="B27"/>
-[...3 lines deleted...]
-      <c r="F27"/>
+      <c r="A27" t="s">
+        <v>11</v>
+      </c>
+      <c r="B27" s="10">
+        <v>9</v>
+      </c>
+      <c r="C27" s="10">
+        <v>-1.9784</v>
+      </c>
+      <c r="D27" s="10">
+        <v>-2</v>
+      </c>
+      <c r="E27" s="10">
+        <v>-2.5</v>
+      </c>
+      <c r="F27" s="10">
+        <v>-1.5</v>
+      </c>
     </row>
     <row r="28" spans="1:6">
-      <c r="A28" s="6" t="s">
-[...15 lines deleted...]
-        <v>42.5</v>
+      <c r="A28" t="s">
+        <v>12</v>
+      </c>
+      <c r="B28" s="10">
+        <v>9</v>
+      </c>
+      <c r="C28" s="10">
+        <v>-5.4692</v>
+      </c>
+      <c r="D28" s="10">
+        <v>-5.5</v>
+      </c>
+      <c r="E28" s="10">
+        <v>-6.2</v>
+      </c>
+      <c r="F28" s="10">
+        <v>-4.9855</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B29" s="10">
-        <v>10</v>
-[...11 lines deleted...]
-        <v>21</v>
+        <v>9</v>
+      </c>
+      <c r="C29" s="10">
+        <v>0.3201</v>
+      </c>
+      <c r="D29" s="10">
+        <v>0</v>
+      </c>
+      <c r="E29" s="10">
+        <v>-0.01</v>
+      </c>
+      <c r="F29" s="10">
+        <v>1.2148</v>
       </c>
     </row>
     <row r="30" spans="1:6">
-      <c r="B30"/>
-[...3 lines deleted...]
-      <c r="F30"/>
+      <c r="A30" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B30" s="11">
+        <v>9</v>
+      </c>
+      <c r="C30" s="11">
+        <v>-2.6826</v>
+      </c>
+      <c r="D30" s="11">
+        <v>-2.6821</v>
+      </c>
+      <c r="E30" s="11">
+        <v>-3</v>
+      </c>
+      <c r="F30" s="11">
+        <v>-2.4292</v>
+      </c>
     </row>
     <row r="31" spans="1:6">
-      <c r="A31" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="B31"/>
+      <c r="C31"/>
+      <c r="D31"/>
+      <c r="E31"/>
+      <c r="F31"/>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32"/>
+      <c r="D32"/>
+      <c r="E32"/>
+      <c r="F32"/>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
+        <v>11</v>
+      </c>
+      <c r="B33" s="10">
+        <v>8</v>
+      </c>
+      <c r="C33" s="10">
+        <v>261.0938</v>
+      </c>
+      <c r="D33" s="10">
+        <v>261.3181</v>
+      </c>
+      <c r="E33" s="10">
+        <v>254.1127</v>
+      </c>
+      <c r="F33" s="10">
+        <v>265.1034</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" t="s">
+        <v>12</v>
+      </c>
+      <c r="B34" s="10">
+        <v>8</v>
+      </c>
+      <c r="C34" s="10">
+        <v>97.4083</v>
+      </c>
+      <c r="D34" s="10">
+        <v>96.10665</v>
+      </c>
+      <c r="E34" s="10">
+        <v>93.63379999999999</v>
+      </c>
+      <c r="F34" s="10">
+        <v>104.8373</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>13</v>
+      </c>
+      <c r="B35" s="10">
+        <v>8</v>
+      </c>
+      <c r="C35" s="10">
+        <v>58.1047</v>
+      </c>
+      <c r="D35" s="10">
+        <v>59.2142</v>
+      </c>
+      <c r="E35" s="10">
+        <v>51.6875</v>
+      </c>
+      <c r="F35" s="10">
+        <v>63.8299</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B36" s="11">
+        <v>9</v>
+      </c>
+      <c r="C36" s="11">
+        <v>416.6504</v>
+      </c>
+      <c r="D36" s="11">
+        <v>417</v>
+      </c>
+      <c r="E36" s="11">
+        <v>411.3553</v>
+      </c>
+      <c r="F36" s="11">
+        <v>420.5229</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="B37"/>
+      <c r="C37"/>
+      <c r="D37"/>
+      <c r="E37"/>
+      <c r="F37"/>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>25</v>
+      </c>
+      <c r="B38" s="10">
+        <v>9</v>
+      </c>
+      <c r="C38" s="10">
+        <v>-133.6149</v>
+      </c>
+      <c r="D38" s="10">
+        <v>-132.793</v>
+      </c>
+      <c r="E38" s="10">
+        <v>-137.7466</v>
+      </c>
+      <c r="F38" s="10">
+        <v>-130</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="10">
-[...84 lines deleted...]
-        <v>31</v>
+      <c r="B39" s="9">
+        <v>9</v>
+      </c>
+      <c r="C39" s="9">
+        <v>283.0586</v>
+      </c>
+      <c r="D39" s="9">
+        <v>283.7308</v>
+      </c>
+      <c r="E39" s="9">
+        <v>277.4701</v>
+      </c>
+      <c r="F39" s="9">
+        <v>288.9672</v>
       </c>
     </row>
     <row r="40" spans="1:6">
-      <c r="A40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-      <c r="F41"/>
+        <v>27</v>
+      </c>
+      <c r="B41" s="10">
+        <v>9</v>
+      </c>
+      <c r="C41" s="10">
+        <v>-46.1546</v>
+      </c>
+      <c r="D41" s="10">
+        <v>-46</v>
+      </c>
+      <c r="E41" s="10">
+        <v>-48.64</v>
+      </c>
+      <c r="F41" s="10">
+        <v>-43.098</v>
+      </c>
     </row>
     <row r="42" spans="1:6">
-      <c r="A42" t="s">
-[...6 lines deleted...]
-      <c r="F42"/>
+      <c r="A42" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B42" s="9">
+        <v>9</v>
+      </c>
+      <c r="C42" s="9">
+        <v>236.0476</v>
+      </c>
+      <c r="D42" s="9">
+        <v>236.7522</v>
+      </c>
+      <c r="E42" s="9">
+        <v>223.2422</v>
+      </c>
+      <c r="F42" s="9">
+        <v>244.0116</v>
+      </c>
     </row>
     <row r="43" spans="1:6">
-      <c r="A43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
     </row>
     <row r="44" spans="1:6">
-      <c r="A44" t="s">
-[...6 lines deleted...]
-      <c r="F44"/>
+      <c r="A44" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B44" s="11">
+        <v>9</v>
+      </c>
+      <c r="C44" s="11">
+        <v>180.4289</v>
+      </c>
+      <c r="D44" s="11">
+        <v>178.8249</v>
+      </c>
+      <c r="E44" s="11">
+        <v>176.9509</v>
+      </c>
+      <c r="F44" s="11">
+        <v>188.3125</v>
+      </c>
     </row>
     <row r="45" spans="1:6">
-      <c r="A45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
     </row>
     <row r="46" spans="1:6">
-      <c r="A46" t="s">
-[...6 lines deleted...]
-      <c r="F46"/>
+      <c r="A46" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B46" s="11">
+        <v>9</v>
+      </c>
+      <c r="C46" s="12">
+        <v>448.1086</v>
+      </c>
+      <c r="D46" s="12">
+        <v>446.7</v>
+      </c>
+      <c r="E46" s="12">
+        <v>445.6242</v>
+      </c>
+      <c r="F46" s="12">
+        <v>452.9564</v>
+      </c>
     </row>
     <row r="47" spans="1:6">
-      <c r="A47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
     </row>
     <row r="48" spans="1:6">
-      <c r="A48" t="s">
-[...6 lines deleted...]
-      <c r="F48"/>
+      <c r="A48" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B48" s="11">
+        <v>9</v>
+      </c>
+      <c r="C48" s="12">
+        <v>40.2654</v>
+      </c>
+      <c r="D48" s="12">
+        <v>40.1</v>
+      </c>
+      <c r="E48" s="12">
+        <v>39.6129</v>
+      </c>
+      <c r="F48" s="12">
+        <v>41.7239</v>
+      </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-      <c r="F49"/>
+        <v>32</v>
+      </c>
+      <c r="B49" s="10">
+        <v>9</v>
+      </c>
+      <c r="C49" s="13">
+        <v>19.5722</v>
+      </c>
+      <c r="D49" s="13">
+        <v>20</v>
+      </c>
+      <c r="E49" s="13">
+        <v>15.0529</v>
+      </c>
+      <c r="F49" s="13">
+        <v>21</v>
+      </c>
     </row>
     <row r="50" spans="1:6">
-      <c r="A50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-      <c r="F51"/>
+        <v>33</v>
+      </c>
+      <c r="B51" s="10">
+        <v>8</v>
+      </c>
+      <c r="C51" s="14">
+        <v>1.3419</v>
+      </c>
+      <c r="D51" s="14">
+        <v>1.341</v>
+      </c>
+      <c r="E51" s="14">
+        <v>1.3284</v>
+      </c>
+      <c r="F51" s="14">
+        <v>1.352</v>
+      </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-      <c r="F52"/>
+        <v>34</v>
+      </c>
+      <c r="B52" s="10">
+        <v>8</v>
+      </c>
+      <c r="C52" s="14">
+        <v>1.1559</v>
+      </c>
+      <c r="D52" s="14">
+        <v>1.15595</v>
+      </c>
+      <c r="E52" s="14">
+        <v>1.1516</v>
+      </c>
+      <c r="F52" s="14">
+        <v>1.16</v>
+      </c>
     </row>
     <row r="53" spans="1:6">
-      <c r="A53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
-      <c r="A54" t="s">
-[...6 lines deleted...]
-      <c r="F54"/>
+      <c r="A54" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B54" s="8"/>
+      <c r="C54" s="8"/>
+      <c r="D54" s="8"/>
+      <c r="E54" s="8"/>
+      <c r="F54" s="8"/>
     </row>
     <row r="55" spans="1:6">
-      <c r="A55" t="s">
-[...6 lines deleted...]
-      <c r="F55"/>
+      <c r="A55" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B55" s="9">
+        <v>8</v>
+      </c>
+      <c r="C55" s="9">
+        <v>174.5643</v>
+      </c>
+      <c r="D55" s="9">
+        <v>171.7587</v>
+      </c>
+      <c r="E55" s="9">
+        <v>108.9569</v>
+      </c>
+      <c r="F55" s="9">
+        <v>282.4806</v>
+      </c>
     </row>
     <row r="56" spans="1:6">
-      <c r="A56" t="s">
-[...6 lines deleted...]
-      <c r="F56"/>
+      <c r="A56" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B56" s="7"/>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="7"/>
     </row>
     <row r="57" spans="1:6">
-      <c r="A57" t="s">
-[...16 lines deleted...]
-      <c r="F58"/>
+      <c r="A57" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B57" s="9">
+        <v>9</v>
+      </c>
+      <c r="C57" s="9">
+        <v>-911.3268</v>
+      </c>
+      <c r="D57" s="9">
+        <v>-917.3181</v>
+      </c>
+      <c r="E57" s="9">
+        <v>-1051</v>
+      </c>
+      <c r="F57" s="9">
+        <v>-814.448</v>
+      </c>
     </row>
     <row r="59" spans="1:6">
-      <c r="A59" t="s">
-[...6 lines deleted...]
-      <c r="F59"/>
+      <c r="A59" s="15" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60"/>
     </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>41</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+      <c r="D61"/>
+      <c r="E61"/>
+      <c r="F61"/>
+    </row>
     <row r="62" spans="1:6">
-      <c r="A62" s="16" t="s">
+      <c r="A62" t="s">
+        <v>42</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
+      <c r="E62"/>
+      <c r="F62"/>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" t="s">
+        <v>43</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+      <c r="D63"/>
+      <c r="E63"/>
+      <c r="F63"/>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>44</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+      <c r="D64"/>
+      <c r="E64"/>
+      <c r="F64"/>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>45</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+      <c r="D65"/>
+      <c r="E65"/>
+      <c r="F65"/>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" t="s">
+        <v>46</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66"/>
+      <c r="D66"/>
+      <c r="E66"/>
+      <c r="F66"/>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
+        <v>47</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+      <c r="D67"/>
+      <c r="E67"/>
+      <c r="F67"/>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
+        <v>48</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
+      <c r="E68"/>
+      <c r="F68"/>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>43</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
+      <c r="E69"/>
+      <c r="F69"/>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>49</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70"/>
+      <c r="F70"/>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>50</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+      <c r="D71"/>
+      <c r="E71"/>
+      <c r="F71"/>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
         <v>51</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
+      <c r="E72"/>
+      <c r="F72"/>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>52</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+      <c r="D73"/>
+      <c r="E73"/>
+      <c r="F73"/>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
+        <v>53</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74"/>
+      <c r="D74"/>
+      <c r="E74"/>
+      <c r="F74"/>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>43</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75"/>
+      <c r="D75"/>
+      <c r="E75"/>
+      <c r="F75"/>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>54</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76"/>
+      <c r="D76"/>
+      <c r="E76"/>
+      <c r="F76"/>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>55</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77"/>
+      <c r="D77"/>
+      <c r="E77"/>
+      <c r="F77"/>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>56</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78"/>
+      <c r="D78"/>
+      <c r="E78"/>
+      <c r="F78"/>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>57</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79"/>
+      <c r="D79"/>
+      <c r="E79"/>
+      <c r="F79"/>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>58</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80"/>
+      <c r="D80"/>
+      <c r="E80"/>
+      <c r="F80"/>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" s="16" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A40:F40"/>
-[...18 lines deleted...]
-    <mergeCell ref="A59:F59"/>
     <mergeCell ref="A60:F60"/>
+    <mergeCell ref="A61:F61"/>
+    <mergeCell ref="A62:F62"/>
+    <mergeCell ref="A63:F63"/>
+    <mergeCell ref="A64:F64"/>
+    <mergeCell ref="A65:F65"/>
+    <mergeCell ref="A66:F66"/>
+    <mergeCell ref="A67:F67"/>
+    <mergeCell ref="A68:F68"/>
+    <mergeCell ref="A69:F69"/>
+    <mergeCell ref="A70:F70"/>
+    <mergeCell ref="A71:F71"/>
+    <mergeCell ref="A72:F72"/>
+    <mergeCell ref="A73:F73"/>
+    <mergeCell ref="A74:F74"/>
+    <mergeCell ref="A75:F75"/>
+    <mergeCell ref="A76:F76"/>
+    <mergeCell ref="A77:F77"/>
+    <mergeCell ref="A78:F78"/>
+    <mergeCell ref="A79:F79"/>
+    <mergeCell ref="A80:F80"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="39" man="1"/>
-    <brk id="62" man="1"/>
+    <brk id="59" man="1"/>
+    <brk id="82" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FY26</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>