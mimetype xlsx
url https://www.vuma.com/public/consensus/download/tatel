--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -12,68 +12,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Tate &amp; Lyle PLC</t>
   </si>
   <si>
-    <t>H1 FY26</t>
-[...1 lines deleted...]
-  <si>
     <t>FY26</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>15/10/25</t>
+    <t>27/11/25</t>
   </si>
   <si>
     <t>Group Income Statement (£m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Americas</t>
   </si>
   <si>
     <t xml:space="preserve">    Europe, Middle East and Africa</t>
   </si>
   <si>
     <t xml:space="preserve">    Asia Pacific</t>
   </si>
   <si>
     <t xml:space="preserve">    Revenue - Group</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted EBITDA (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted EBITDA - Group</t>
   </si>
@@ -101,108 +98,108 @@
   <si>
     <t xml:space="preserve">  Dividend/Share (p)</t>
   </si>
   <si>
     <t xml:space="preserve">  $/£ assumption (average rate)</t>
   </si>
   <si>
     <t xml:space="preserve">  €/£ assumption (average rate)</t>
   </si>
   <si>
     <t>Group Cash Flow Statement (£m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted Free cash flow (before exceptional cash flows)</t>
   </si>
   <si>
     <t xml:space="preserve">  Other cash flows in the year</t>
   </si>
   <si>
     <t xml:space="preserve">    Closing net debt</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>Tate &amp; Lyle PLC (“Tate &amp; Lyle”) invites registered sell-side analysts that monitor Tate &amp; Lyle’s stock to submit</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">their forecasts to an external, web-based tool managed					</t>
+    <t>Tate &amp; Lyle PLC (“Tate &amp; Lyle”) invites registered sell-side analysts that monitor Tate &amp; Lyle’s stock</t>
+  </si>
+  <si>
+    <t xml:space="preserve">to submit their forecasts to an external, web-based tool managed					</t>
   </si>
   <si>
     <t xml:space="preserve">by Vuma Financial Limited (“Vuma”), a company independent of Tate &amp; Lyle.					</t>
   </si>
   <si>
     <t xml:space="preserve"> 					</t>
   </si>
   <si>
-    <t>The web-based tool generates an aggregation of publicly available forecasts collated exclusively by Vuma, but only on the</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">basis of information submitted by those					</t>
+    <t>The web-based tool generates an aggregation of publicly available forecasts collated exclusively by Vuma,</t>
+  </si>
+  <si>
+    <t xml:space="preserve">but only on the basis of information submitted by those					</t>
   </si>
   <si>
     <t>analysts who choose to participate. The arithmetic average of the constituent analyst forecasts is known as</t>
   </si>
   <si>
     <t xml:space="preserve">“Consensus”. Vuma has no access to Tate &amp; Lyle's 					</t>
   </si>
   <si>
     <t xml:space="preserve">internal forecasts, budgets or any other information which is not publicly available.					</t>
   </si>
   <si>
-    <t>Tate &amp; Lyle has not commented on individual forecasts nor does it intend to do so in the future. Tate &amp; Lyle assumes no</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">take any other action or place any reliance					</t>
+    <t>Tate &amp; Lyle has not commented on individual forecasts nor does it intend to do so in the future. Tate &amp; Lyle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">assumes no obligation to update or revise such 					</t>
+  </si>
+  <si>
+    <t>information and nothing in this analysis should be taken as a recommendation to buy or sell shares in Tate &amp;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lyle or to take any other action or place any reliance					</t>
   </si>
   <si>
     <t xml:space="preserve">on the analysis. 					</t>
   </si>
   <si>
-    <t>Consensus figures are provided for information only, and neither Tate &amp; Lyle nor any of its subsidiary undertakings nor</t>
-[...14 lines deleted...]
-    <t>information in this analysis.</t>
+    <t>Consensus figures are provided for information only, and neither Tate &amp; Lyle nor any of its subsidiary</t>
+  </si>
+  <si>
+    <t xml:space="preserve">undertakings nor any director, officer or employee of					</t>
+  </si>
+  <si>
+    <t>Tate &amp; Lyle or any of its subsidiary undertakings accepts any responsibility for the accuracy or</t>
+  </si>
+  <si>
+    <t xml:space="preserve">completeness of forecasts used in this analysis and therefore shall					</t>
+  </si>
+  <si>
+    <t>have no liability whatsoever for the consequences of any reliance or actions taken or not taken based on any</t>
+  </si>
+  <si>
+    <t>of the information in this analysis.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="9">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -666,673 +663,568 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D63"/>
+  <dimension ref="A1:C63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A63" sqref="A63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.696777" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
-    <col min="4" max="4" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
+    <row r="2" spans="1:3">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="2" t="s">
+    </row>
+    <row r="3" spans="1:3">
+      <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B3" s="3" t="s">
+      <c r="C3" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="B4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="3" t="s">
-[...14 lines deleted...]
-    <row r="5" spans="1:4">
+    </row>
+    <row r="5" spans="1:3">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
-      <c r="D5" s="3"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:4">
+    </row>
+    <row r="6" spans="1:3">
       <c r="B6"/>
       <c r="C6"/>
-      <c r="D6"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:4">
+    </row>
+    <row r="7" spans="1:3">
       <c r="A7" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
-      <c r="D7" s="5"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:4">
+    </row>
+    <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
-      <c r="D8"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:4">
+    </row>
+    <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="10">
+        <v>1002.3318</v>
+      </c>
+      <c r="C9" s="10">
+        <v>1016.1986</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="10">
-[...10 lines deleted...]
-      <c r="A10" t="s">
+      <c r="B10" s="10">
+        <v>638.6183</v>
+      </c>
+      <c r="C10" s="10">
+        <v>650.3518</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="10">
-[...10 lines deleted...]
-      <c r="A11" t="s">
+      <c r="B11" s="10">
+        <v>373.5987</v>
+      </c>
+      <c r="C11" s="10">
+        <v>382.447</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="10">
-[...12 lines deleted...]
-      </c>
       <c r="B12" s="11">
-        <v>1006.9556</v>
+        <v>2017.1867</v>
       </c>
       <c r="C12" s="11">
-        <v>1999.1062</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:4">
+        <v>2054.0259</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
       <c r="B13"/>
       <c r="C13"/>
-      <c r="D13"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:4">
+    </row>
+    <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
-      <c r="D14"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:4">
+    </row>
+    <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="10">
+        <v>264.997</v>
+      </c>
+      <c r="C15" s="10">
+        <v>276.3493</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="10">
-[...10 lines deleted...]
-      <c r="A16" t="s">
+      <c r="B16" s="10">
+        <v>98.5197</v>
+      </c>
+      <c r="C16" s="10">
+        <v>105.1596</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" t="s">
         <v>9</v>
       </c>
-      <c r="B16" s="10">
-[...12 lines deleted...]
-      </c>
       <c r="B17" s="10">
-        <v>24.1558</v>
+        <v>54.1505</v>
       </c>
       <c r="C17" s="10">
-        <v>49.8493</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:4">
+        <v>58.5649</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
       <c r="A18" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="11">
+        <v>418.8523</v>
+      </c>
+      <c r="C18" s="11">
+        <v>440.9324</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="11">
-[...10 lines deleted...]
-      <c r="A19" t="s">
+      <c r="B19" s="10">
+        <v>-133.7968</v>
+      </c>
+      <c r="C19" s="10">
+        <v>-135.9794</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="B19" s="10">
-[...10 lines deleted...]
-      <c r="A20" s="7" t="s">
+      <c r="B20" s="9">
+        <v>285.0555</v>
+      </c>
+      <c r="C20" s="9">
+        <v>304.853</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" t="s">
         <v>15</v>
       </c>
-      <c r="B20" s="9">
-[...10 lines deleted...]
-      <c r="A21" t="s">
+      <c r="B21" s="10">
+        <v>-45.069</v>
+      </c>
+      <c r="C21" s="10">
+        <v>-42.1919</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="B21" s="10">
-[...12 lines deleted...]
-      </c>
       <c r="B22" s="9">
-        <v>119.4824</v>
+        <v>240.2104</v>
       </c>
       <c r="C22" s="9">
-        <v>239.9657</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:4">
+        <v>262.6428</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
       <c r="B23"/>
       <c r="C23"/>
-      <c r="D23"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:4">
+    </row>
+    <row r="24" spans="1:3">
       <c r="A24" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B24" s="11">
-        <v>90.88030000000001</v>
+        <v>182.9478</v>
       </c>
       <c r="C24" s="11">
-        <v>183.0512</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:4">
+        <v>199.8149</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
       <c r="B25"/>
       <c r="C25"/>
-      <c r="D25"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:4">
+    </row>
+    <row r="26" spans="1:3">
       <c r="A26" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B26" s="12">
-        <v>447.3334</v>
+        <v>449.006</v>
       </c>
       <c r="C26" s="12">
-        <v>449.1145</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:4">
+        <v>447.1985</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
       <c r="B27"/>
       <c r="C27"/>
-      <c r="D27"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:4">
+    </row>
+    <row r="28" spans="1:3">
       <c r="A28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B28" s="12">
+        <v>40.7383</v>
+      </c>
+      <c r="C28" s="12">
+        <v>44.6769</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" t="s">
         <v>20</v>
       </c>
-      <c r="B28" s="12">
-[...12 lines deleted...]
-      </c>
       <c r="B29" s="13">
-        <v>6.1667</v>
+        <v>19.6493</v>
       </c>
       <c r="C29" s="13">
-        <v>19.5922</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:4">
+        <v>20.4556</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
       <c r="B30"/>
       <c r="C30"/>
-      <c r="D30"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:4">
+    </row>
+    <row r="31" spans="1:3">
       <c r="A31" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" s="14">
+        <v>1.3311</v>
+      </c>
+      <c r="C31" s="14">
+        <v>1.3302</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" t="s">
         <v>22</v>
       </c>
-      <c r="B31" s="14">
-[...12 lines deleted...]
-      </c>
       <c r="B32" s="14">
-        <v>1.1652</v>
+        <v>1.153</v>
       </c>
       <c r="C32" s="14">
-        <v>1.1566</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:4">
+        <v>1.1428</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
       <c r="B33"/>
       <c r="C33"/>
-      <c r="D33"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:4">
+    </row>
+    <row r="34" spans="1:3">
       <c r="A34" s="8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B34" s="8"/>
       <c r="C34" s="8"/>
-      <c r="D34" s="8"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:4">
+    </row>
+    <row r="35" spans="1:3">
       <c r="A35" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B35" s="9">
+        <v>185.2237</v>
+      </c>
+      <c r="C35" s="9">
+        <v>215.3274</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="7" t="s">
         <v>25</v>
-      </c>
-[...12 lines deleted...]
-        <v>26</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
-      <c r="D36" s="7"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:4">
+    </row>
+    <row r="37" spans="1:3">
       <c r="A37" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B37" s="9">
+        <v>-886.2125</v>
+      </c>
+      <c r="C37" s="9">
+        <v>-796.0006</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B37" s="9">
-[...10 lines deleted...]
-      <c r="A39" s="15" t="s">
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" t="s">
         <v>28</v>
-      </c>
-[...3 lines deleted...]
-        <v>29</v>
       </c>
       <c r="B40"/>
       <c r="C40"/>
-      <c r="D40"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:4">
+    </row>
+    <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B41"/>
       <c r="C41"/>
-      <c r="D41"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:4">
+    </row>
+    <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B42"/>
       <c r="C42"/>
-      <c r="D42"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:4">
+    </row>
+    <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B43"/>
       <c r="C43"/>
-      <c r="D43"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:4">
+    </row>
+    <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
-      <c r="D44"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:4">
+    </row>
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
-      <c r="D45"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:4">
+    </row>
+    <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B46"/>
       <c r="C46"/>
-      <c r="D46"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:4">
+    </row>
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
-      <c r="D47"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:4">
+    </row>
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
-      <c r="D48"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:4">
+    </row>
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
-      <c r="D49"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:4">
+    </row>
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
-      <c r="D50"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:4">
+    </row>
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
-      <c r="D51"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:4">
+    </row>
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
-      <c r="D52"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:4">
+    </row>
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
-      <c r="D53"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:4">
+    </row>
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
-      <c r="D54"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:4">
+    </row>
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
-      <c r="D55"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:4">
+    </row>
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
-      <c r="D56"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:4">
+    </row>
+    <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B57"/>
       <c r="C57"/>
-      <c r="D57"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:4">
+    </row>
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B58"/>
       <c r="C58"/>
-      <c r="D58"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:4">
+    </row>
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B59"/>
       <c r="C59"/>
-      <c r="D59"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:4">
+    </row>
+    <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
-      <c r="D60"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:4">
+    </row>
+    <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B61"/>
       <c r="C61"/>
-      <c r="D61"/>
-[...1 lines deleted...]
-    <row r="63" spans="1:4">
+    </row>
+    <row r="63" spans="1:3">
       <c r="A63" s="16" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A40:D40"/>
-[...20 lines deleted...]
-    <mergeCell ref="A61:D61"/>
+    <mergeCell ref="A40:C40"/>
+    <mergeCell ref="A41:C41"/>
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="A46:C46"/>
+    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="A48:C48"/>
+    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A51:C51"/>
+    <mergeCell ref="A52:C52"/>
+    <mergeCell ref="A53:C53"/>
+    <mergeCell ref="A54:C54"/>
+    <mergeCell ref="A55:C55"/>
+    <mergeCell ref="A56:C56"/>
+    <mergeCell ref="A57:C57"/>
+    <mergeCell ref="A58:C58"/>
+    <mergeCell ref="A59:C59"/>
+    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="A61:C61"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="39" man="1"/>
     <brk id="63" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>