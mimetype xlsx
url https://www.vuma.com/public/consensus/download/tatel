--- v1 (2025-12-06)
+++ v2 (2026-03-14)
@@ -12,83 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Tate &amp; Lyle PLC</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>27/11/25</t>
+    <t>12/03/26</t>
   </si>
   <si>
     <t>Group Income Statement (£m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Americas</t>
   </si>
   <si>
     <t xml:space="preserve">    Europe, Middle East and Africa</t>
   </si>
   <si>
     <t xml:space="preserve">    Asia Pacific</t>
   </si>
   <si>
     <t xml:space="preserve">    Revenue - Group</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Volume / mix  (New segments) (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Volume / mix - Group (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Price (New segments) (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Americas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Asia Pacific</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Price - Group (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Revenue (New segments) constant currency growth (%)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    Revenue constant currency growth - Group (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted EBITDA (New segments)</t>
   </si>
   <si>
     <t xml:space="preserve">    Adjusted EBITDA - Group</t>
   </si>
   <si>
     <t xml:space="preserve">  Less: Depreciation and adjusted amortisation</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted operating profit</t>
   </si>
   <si>
     <t xml:space="preserve">  Net finance expense</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted profit before tax</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted Profit after Tax (pre excepts and amort)</t>
   </si>
   <si>
     <t xml:space="preserve">    Average diluted shares (m) (including impact of share buyback)</t>
   </si>
@@ -663,54 +687,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C63"/>
+  <dimension ref="A1:C83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A63" sqref="A63"/>
+      <selection activeCell="A83" sqref="A83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.696777" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="B3" s="3" t="s">
         <v>3</v>
@@ -732,514 +756,687 @@
       <c r="C5" s="3"/>
     </row>
     <row r="6" spans="1:3">
       <c r="B6"/>
       <c r="C6"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8"/>
       <c r="C8"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="10">
-        <v>1002.3318</v>
+        <v>1001.2687</v>
       </c>
       <c r="C9" s="10">
-        <v>1016.1986</v>
+        <v>996.4727</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="10">
-        <v>638.6183</v>
+        <v>631.9521</v>
       </c>
       <c r="C10" s="10">
-        <v>650.3518</v>
+        <v>631.0003</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="10">
-        <v>373.5987</v>
+        <v>379.6754</v>
       </c>
       <c r="C11" s="10">
-        <v>382.447</v>
+        <v>389.3516</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="11">
-        <v>2017.1867</v>
+        <v>2012.8962</v>
       </c>
       <c r="C12" s="11">
-        <v>2054.0259</v>
+        <v>2016.8246</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="B13"/>
       <c r="C13"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14"/>
       <c r="C14"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="10">
-        <v>264.997</v>
+        <v>-2.6704</v>
       </c>
       <c r="C15" s="10">
-        <v>276.3493</v>
+        <v>1.2763</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="10">
-        <v>98.5197</v>
+        <v>-0.7271</v>
       </c>
       <c r="C16" s="10">
-        <v>105.1596</v>
+        <v>1.4435</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="10">
-        <v>54.1505</v>
+        <v>1.3556</v>
       </c>
       <c r="C17" s="10">
-        <v>58.5649</v>
+        <v>2.8042</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="11">
-        <v>418.8523</v>
+        <v>-1.4005</v>
       </c>
       <c r="C18" s="11">
-        <v>440.9324</v>
+        <v>1.6169</v>
       </c>
     </row>
     <row r="19" spans="1:3">
-      <c r="A19" t="s">
+      <c r="B19"/>
+      <c r="C19"/>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" t="s">
         <v>13</v>
       </c>
-      <c r="B19" s="10">
-[...15 lines deleted...]
-      </c>
+      <c r="B20"/>
+      <c r="C20"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="10">
+        <v>0.6974</v>
+      </c>
+      <c r="C21" s="10">
+        <v>-1.8333</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" s="10">
+        <v>-4.7521</v>
+      </c>
+      <c r="C22" s="10">
+        <v>-2.5007</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" t="s">
         <v>15</v>
       </c>
-      <c r="B21" s="10">
-[...19 lines deleted...]
-      <c r="C23"/>
+      <c r="B23" s="10">
+        <v>-1.0333</v>
+      </c>
+      <c r="C23" s="10">
+        <v>-1.3625</v>
+      </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B24" s="11">
-        <v>182.9478</v>
+        <v>-1.2861</v>
       </c>
       <c r="C24" s="11">
-        <v>199.8149</v>
+        <v>-1.9312</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="B25"/>
       <c r="C25"/>
     </row>
     <row r="26" spans="1:3">
-      <c r="A26" s="6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26"/>
     </row>
     <row r="27" spans="1:3">
-      <c r="B27"/>
-      <c r="C27"/>
+      <c r="A27" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="10">
+        <v>-1.9784</v>
+      </c>
+      <c r="C27" s="10">
+        <v>-0.4559</v>
+      </c>
     </row>
     <row r="28" spans="1:3">
-      <c r="A28" s="6" t="s">
-[...6 lines deleted...]
-        <v>44.6769</v>
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" s="10">
+        <v>-5.4692</v>
+      </c>
+      <c r="C28" s="10">
+        <v>-1.0639</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>20.4556</v>
+        <v>9</v>
+      </c>
+      <c r="B29" s="10">
+        <v>0.3201</v>
+      </c>
+      <c r="C29" s="10">
+        <v>1.4274</v>
       </c>
     </row>
     <row r="30" spans="1:3">
-      <c r="B30"/>
-      <c r="C30"/>
+      <c r="A30" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" s="11">
+        <v>-2.6826</v>
+      </c>
+      <c r="C30" s="11">
+        <v>-0.2128</v>
+      </c>
     </row>
     <row r="31" spans="1:3">
-      <c r="A31" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B31"/>
+      <c r="C31"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>19</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32"/>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" t="s">
+        <v>7</v>
+      </c>
+      <c r="B33" s="10">
+        <v>261.0938</v>
+      </c>
+      <c r="C33" s="10">
+        <v>266.4954</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" s="10">
+        <v>97.4083</v>
+      </c>
+      <c r="C34" s="10">
+        <v>99.3536</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" t="s">
+        <v>9</v>
+      </c>
+      <c r="B35" s="10">
+        <v>58.1047</v>
+      </c>
+      <c r="C35" s="10">
+        <v>62.2414</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B36" s="11">
+        <v>416.6504</v>
+      </c>
+      <c r="C36" s="11">
+        <v>427.747</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="B37"/>
+      <c r="C37"/>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" t="s">
+        <v>21</v>
+      </c>
+      <c r="B38" s="10">
+        <v>-133.6149</v>
+      </c>
+      <c r="C38" s="10">
+        <v>-135.8069</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="B32" s="14">
-[...48 lines deleted...]
-        <v>27</v>
+      <c r="B39" s="9">
+        <v>283.0586</v>
+      </c>
+      <c r="C39" s="9">
+        <v>291.9635</v>
       </c>
     </row>
     <row r="40" spans="1:3">
-      <c r="A40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B40"/>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="C41"/>
+        <v>23</v>
+      </c>
+      <c r="B41" s="10">
+        <v>-46.1546</v>
+      </c>
+      <c r="C41" s="10">
+        <v>-44.2483</v>
+      </c>
     </row>
     <row r="42" spans="1:3">
-      <c r="A42" t="s">
-[...3 lines deleted...]
-      <c r="C42"/>
+      <c r="A42" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42" s="9">
+        <v>236.0476</v>
+      </c>
+      <c r="C42" s="9">
+        <v>248.7155</v>
+      </c>
     </row>
     <row r="43" spans="1:3">
-      <c r="A43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B43"/>
       <c r="C43"/>
     </row>
     <row r="44" spans="1:3">
-      <c r="A44" t="s">
-[...3 lines deleted...]
-      <c r="C44"/>
+      <c r="A44" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B44" s="11">
+        <v>180.4289</v>
+      </c>
+      <c r="C44" s="11">
+        <v>188.6518</v>
+      </c>
     </row>
     <row r="45" spans="1:3">
-      <c r="A45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B45"/>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
-      <c r="A46" t="s">
-[...3 lines deleted...]
-      <c r="C46"/>
+      <c r="A46" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B46" s="12">
+        <v>448.1086</v>
+      </c>
+      <c r="C46" s="12">
+        <v>446.1003</v>
+      </c>
     </row>
     <row r="47" spans="1:3">
-      <c r="A47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B47"/>
       <c r="C47"/>
     </row>
     <row r="48" spans="1:3">
-      <c r="A48" t="s">
-[...3 lines deleted...]
-      <c r="C48"/>
+      <c r="A48" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B48" s="12">
+        <v>40.2654</v>
+      </c>
+      <c r="C48" s="12">
+        <v>42.301</v>
+      </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="C49"/>
+        <v>28</v>
+      </c>
+      <c r="B49" s="13">
+        <v>19.5722</v>
+      </c>
+      <c r="C49" s="13">
+        <v>19.9482</v>
+      </c>
     </row>
     <row r="50" spans="1:3">
-      <c r="A50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B50"/>
       <c r="C50"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="C51"/>
+        <v>29</v>
+      </c>
+      <c r="B51" s="14">
+        <v>1.3419</v>
+      </c>
+      <c r="C51" s="14">
+        <v>1.3405</v>
+      </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="C52"/>
+        <v>30</v>
+      </c>
+      <c r="B52" s="14">
+        <v>1.1559</v>
+      </c>
+      <c r="C52" s="14">
+        <v>1.1469</v>
+      </c>
     </row>
     <row r="53" spans="1:3">
-      <c r="A53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B53"/>
       <c r="C53"/>
     </row>
     <row r="54" spans="1:3">
-      <c r="A54" t="s">
-[...3 lines deleted...]
-      <c r="C54"/>
+      <c r="A54" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B54" s="8"/>
+      <c r="C54" s="8"/>
     </row>
     <row r="55" spans="1:3">
-      <c r="A55" t="s">
-[...3 lines deleted...]
-      <c r="C55"/>
+      <c r="A55" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B55" s="9">
+        <v>174.5643</v>
+      </c>
+      <c r="C55" s="9">
+        <v>196.9153</v>
+      </c>
     </row>
     <row r="56" spans="1:3">
-      <c r="A56" t="s">
-[...3 lines deleted...]
-      <c r="C56"/>
+      <c r="A56" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B56" s="7"/>
+      <c r="C56" s="7"/>
     </row>
     <row r="57" spans="1:3">
-      <c r="A57" t="s">
-[...10 lines deleted...]
-      <c r="C58"/>
+      <c r="A57" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B57" s="9">
+        <v>-911.3268</v>
+      </c>
+      <c r="C57" s="9">
+        <v>-830.9195</v>
+      </c>
     </row>
     <row r="59" spans="1:3">
-      <c r="A59" t="s">
-[...3 lines deleted...]
-      <c r="C59"/>
+      <c r="A59" s="15" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="B60"/>
       <c r="C60"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B61"/>
       <c r="C61"/>
     </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
+        <v>38</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+    </row>
     <row r="63" spans="1:3">
-      <c r="A63" s="16" t="s">
+      <c r="A63" t="s">
+        <v>39</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" t="s">
+        <v>40</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" t="s">
+        <v>41</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" t="s">
+        <v>42</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66"/>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" t="s">
+        <v>43</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" t="s">
+        <v>44</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" t="s">
+        <v>39</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" t="s">
+        <v>45</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
+        <v>46</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" t="s">
+        <v>47</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" t="s">
         <v>48</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" t="s">
+        <v>49</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74"/>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" t="s">
+        <v>39</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75"/>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" t="s">
+        <v>50</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76"/>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" t="s">
+        <v>51</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77"/>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" t="s">
+        <v>52</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78"/>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" t="s">
+        <v>53</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79"/>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" t="s">
+        <v>54</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80"/>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" t="s">
+        <v>55</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81"/>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="16" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A40:C40"/>
-[...18 lines deleted...]
-    <mergeCell ref="A59:C59"/>
     <mergeCell ref="A60:C60"/>
     <mergeCell ref="A61:C61"/>
+    <mergeCell ref="A62:C62"/>
+    <mergeCell ref="A63:C63"/>
+    <mergeCell ref="A64:C64"/>
+    <mergeCell ref="A65:C65"/>
+    <mergeCell ref="A66:C66"/>
+    <mergeCell ref="A67:C67"/>
+    <mergeCell ref="A68:C68"/>
+    <mergeCell ref="A69:C69"/>
+    <mergeCell ref="A70:C70"/>
+    <mergeCell ref="A71:C71"/>
+    <mergeCell ref="A72:C72"/>
+    <mergeCell ref="A73:C73"/>
+    <mergeCell ref="A74:C74"/>
+    <mergeCell ref="A75:C75"/>
+    <mergeCell ref="A76:C76"/>
+    <mergeCell ref="A77:C77"/>
+    <mergeCell ref="A78:C78"/>
+    <mergeCell ref="A79:C79"/>
+    <mergeCell ref="A80:C80"/>
+    <mergeCell ref="A81:C81"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
-    <brk id="39" man="1"/>
-    <brk id="63" man="1"/>
+    <brk id="59" man="1"/>
+    <brk id="83" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>