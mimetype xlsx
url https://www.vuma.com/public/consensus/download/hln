--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -12,61 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Haleon</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
-    <t>Q3 FY25</t>
-[...1 lines deleted...]
-  <si>
     <t>FY26</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>21/10/25</t>
   </si>
   <si>
     <t>Revenue</t>
   </si>
   <si>
     <t xml:space="preserve">  North America</t>
   </si>
   <si>
     <t xml:space="preserve">  EMEA &amp; LatAm</t>
   </si>
   <si>
     <t xml:space="preserve">  Asia Pacific</t>
   </si>
   <si>
     <t>Organic growth (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  North America (%)</t>
@@ -104,103 +101,112 @@
   <si>
     <t xml:space="preserve">  Net Interest</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted PBT</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted Tax</t>
   </si>
   <si>
     <t xml:space="preserve">  Tax rate (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Adjusted Net Profit</t>
   </si>
   <si>
     <t xml:space="preserve">  EPS</t>
   </si>
   <si>
     <t xml:space="preserve">  DPS</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>The forecasts in this analysis have been gathered for Haleon through Vuma Consensus, an external web-based tool</t>
-[...8 lines deleted...]
-    <t>of the forecasts does not imply that Haleon endorses, confirms or expresses a view on any forecast or on the analysis.</t>
+    <t>The forecasts in this analysis have been gathered for Haleon through Vuma Consensus, an external web-based</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tool independently managed by Vuma Financial Limited, a company separate from Haleon. </t>
+  </si>
+  <si>
+    <t>The analysis is provided purely for convenience of users of our website and for information purposes only.</t>
+  </si>
+  <si>
+    <t>The publication of the forecasts does not imply that Haleon endorses, confirms or expresses a view on any</t>
+  </si>
+  <si>
+    <t>forecast or on the analysis.</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>Consensus is calculated by taking the simple average of the constituent analyst forecasts. The forecasts in this analysis</t>
-[...23 lines deleted...]
-    <t>analysis.</t>
+    <t>Consensus is calculated by taking the simple average of the constituent analyst forecasts. The forecasts in</t>
+  </si>
+  <si>
+    <t>this analysis are from a number of registered investment analysts and these are, as such, information that</t>
+  </si>
+  <si>
+    <t>is available publicly.</t>
+  </si>
+  <si>
+    <t>Vuma Financial Limited has had no access to Haleon’s internal budgets, forecasts or information which is</t>
+  </si>
+  <si>
+    <t>not publicly available. Haleon does not comment on, nor does it verify or endorse, individual forecasts nor</t>
+  </si>
+  <si>
+    <t>does it intend to do so in the future and the analysis is not based on Haleon’s own opinions, estimates or</t>
+  </si>
+  <si>
+    <t>forecasts. Haleon assumes no liability whatsoever in connection with the accuracy, compilation, completeness</t>
+  </si>
+  <si>
+    <t>or publication of consensus estimates.</t>
+  </si>
+  <si>
+    <t>Haleon assumes no obligation to update or revise such information and nothing in this analysis should be</t>
+  </si>
+  <si>
+    <t>taken as a recommendation to buy or sell shares in Haleon, to take or not take any other action or to place</t>
+  </si>
+  <si>
+    <t>any reliance on the analysis.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="12">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -248,109 +254,91 @@
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
-      <b val="0"/>
-[...16 lines deleted...]
-    <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FFAA4020"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <bottom style="medium">
         <color rgb="FFAAAAAA"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="19">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
@@ -375,71 +363,55 @@
     </xf>
     <xf xfId="0" fontId="7" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
-[...19 lines deleted...]
-    <xf xfId="0" fontId="13" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+    <xf xfId="0" fontId="10" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="11" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -707,660 +679,594 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:C65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A62" sqref="A62"/>
+      <selection activeCell="A65" sqref="A65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40.561523" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
-    <col min="4" max="4" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
+    <row r="2" spans="1:3">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="2" t="s">
+    </row>
+    <row r="3" spans="1:3">
+      <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B3" s="3" t="s">
+      <c r="C3" s="3" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="B4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="3" t="s">
-[...14 lines deleted...]
-    <row r="5" spans="1:4">
+    </row>
+    <row r="5" spans="1:3">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
-      <c r="D5" s="3"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:4">
+    </row>
+    <row r="6" spans="1:3">
       <c r="A6" s="5" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
-      <c r="D6" s="5"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:4">
+    </row>
+    <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B7" s="10">
         <v>3828.4001</v>
       </c>
       <c r="C7" s="10">
-        <v>958.1477</v>
-[...1 lines deleted...]
-      <c r="D7" s="10">
         <v>3875.7394</v>
       </c>
     </row>
-    <row r="8" spans="1:4">
+    <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B8" s="10">
         <v>4618.9952</v>
       </c>
       <c r="C8" s="10">
-        <v>1162.3388</v>
-[...1 lines deleted...]
-      <c r="D8" s="10">
         <v>4867.6017</v>
       </c>
     </row>
-    <row r="9" spans="1:4">
+    <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B9" s="10">
         <v>2583.0561</v>
       </c>
       <c r="C9" s="10">
-        <v>660.3553000000001</v>
-[...1 lines deleted...]
-      <c r="D9" s="10">
         <v>2714.8424</v>
       </c>
     </row>
-    <row r="10" spans="1:4">
+    <row r="10" spans="1:3">
       <c r="B10"/>
       <c r="C10"/>
-      <c r="D10"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:4">
+    </row>
+    <row r="11" spans="1:3">
       <c r="A11" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
-      <c r="D11" s="6"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:4">
+    </row>
+    <row r="12" spans="1:3">
       <c r="A12" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B12" s="11">
         <v>-0.7749</v>
       </c>
       <c r="C12" s="11">
-        <v>-1.439</v>
-[...1 lines deleted...]
-      <c r="D12" s="11">
         <v>2.423</v>
       </c>
     </row>
-    <row r="13" spans="1:4">
+    <row r="13" spans="1:3">
       <c r="A13" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B13" s="11">
         <v>5.3315</v>
       </c>
       <c r="C13" s="11">
-        <v>5.856</v>
-[...1 lines deleted...]
-      <c r="D13" s="11">
         <v>4.9036</v>
       </c>
     </row>
-    <row r="14" spans="1:4">
+    <row r="14" spans="1:3">
       <c r="A14" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B14" s="11">
         <v>5.5264</v>
       </c>
       <c r="C14" s="11">
-        <v>6.0616</v>
-[...1 lines deleted...]
-      <c r="D14" s="11">
         <v>6.2815</v>
       </c>
     </row>
-    <row r="15" spans="1:4">
+    <row r="15" spans="1:3">
       <c r="B15"/>
       <c r="C15"/>
-      <c r="D15"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:4">
+    </row>
+    <row r="16" spans="1:3">
       <c r="A16" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>11030.3004</v>
       </c>
       <c r="C16" s="12">
-        <v>2781.0826</v>
-[...1 lines deleted...]
-      <c r="D16" s="12">
         <v>11458.1504</v>
       </c>
     </row>
-    <row r="17" spans="1:4">
+    <row r="17" spans="1:3">
       <c r="A17" s="9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B17" s="13">
         <v>3.3768</v>
       </c>
       <c r="C17" s="13">
-        <v>3.274</v>
-[...1 lines deleted...]
-      <c r="D17" s="13">
         <v>4.562</v>
       </c>
     </row>
-    <row r="18" spans="1:4">
+    <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18" s="16">
         <v>2.3322</v>
       </c>
       <c r="C18" s="16">
-        <v>2.2129</v>
-[...1 lines deleted...]
-      <c r="D18" s="16">
         <v>2.1285</v>
       </c>
     </row>
-    <row r="19" spans="1:4">
+    <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B19" s="16">
         <v>1.0453</v>
       </c>
       <c r="C19" s="16">
-        <v>1.0675</v>
-[...1 lines deleted...]
-      <c r="D19" s="16">
         <v>2.428</v>
       </c>
     </row>
-    <row r="20" spans="1:4">
+    <row r="20" spans="1:3">
       <c r="B20"/>
       <c r="C20"/>
-      <c r="D20"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:4">
+    </row>
+    <row r="21" spans="1:3">
       <c r="A21" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
-      <c r="D21" s="5"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:4">
+    </row>
+    <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B22" s="10">
         <v>942.39</v>
       </c>
-      <c r="C22" s="17"/>
-      <c r="D22" s="10">
+      <c r="C22" s="10">
         <v>971.3256</v>
       </c>
     </row>
-    <row r="23" spans="1:4">
+    <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B23" s="10">
         <v>1055.6682</v>
       </c>
-      <c r="C23" s="17"/>
-      <c r="D23" s="10">
+      <c r="C23" s="10">
         <v>1142.8549</v>
       </c>
     </row>
-    <row r="24" spans="1:4">
+    <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B24" s="10">
         <v>553.0049</v>
       </c>
-      <c r="C24" s="17"/>
-      <c r="D24" s="10">
+      <c r="C24" s="10">
         <v>595.9539</v>
       </c>
     </row>
-    <row r="25" spans="1:4">
+    <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B25" s="10">
         <v>-87.262</v>
       </c>
-      <c r="C25" s="17"/>
-      <c r="D25" s="10">
+      <c r="C25" s="10">
         <v>-92.00839999999999</v>
       </c>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:3">
       <c r="B26"/>
       <c r="C26"/>
-      <c r="D26"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:4">
+    </row>
+    <row r="27" spans="1:3">
       <c r="A27" s="8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B27" s="12">
         <v>2462.0806</v>
       </c>
       <c r="C27" s="12">
-        <v>649.1854</v>
-[...1 lines deleted...]
-      <c r="D27" s="12">
         <v>2618.2767</v>
       </c>
     </row>
-    <row r="28" spans="1:4">
+    <row r="28" spans="1:3">
       <c r="A28" s="9" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B28" s="13">
         <v>22.3212</v>
       </c>
       <c r="C28" s="13">
-        <v>22.9874</v>
-[...1 lines deleted...]
-      <c r="D28" s="13">
         <v>22.8507</v>
       </c>
     </row>
-    <row r="29" spans="1:4">
+    <row r="29" spans="1:3">
       <c r="B29"/>
       <c r="C29"/>
-      <c r="D29"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:4">
+    </row>
+    <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="10">
         <v>-268.9566</v>
       </c>
-      <c r="C30" s="17"/>
-      <c r="D30" s="10">
+      <c r="C30" s="10">
         <v>-252.904</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
+    <row r="31" spans="1:3">
       <c r="B31"/>
       <c r="C31"/>
-      <c r="D31"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:4">
+    </row>
+    <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B32" s="10">
         <v>2193.124</v>
       </c>
       <c r="C32" s="10">
-        <v>649.1854</v>
-[...1 lines deleted...]
-      <c r="D32" s="10">
         <v>2365.3728</v>
       </c>
     </row>
-    <row r="33" spans="1:4">
+    <row r="33" spans="1:3">
       <c r="B33"/>
       <c r="C33"/>
-      <c r="D33"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:4">
+    </row>
+    <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B34" s="10">
         <v>-526.5175</v>
       </c>
-      <c r="C34" s="17"/>
-      <c r="D34" s="10">
+      <c r="C34" s="10">
         <v>-567.9893</v>
       </c>
     </row>
-    <row r="35" spans="1:4">
+    <row r="35" spans="1:3">
       <c r="A35" s="7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B35" s="14">
         <v>-24.0075</v>
       </c>
-      <c r="C35" s="18"/>
-      <c r="D35" s="14">
+      <c r="C35" s="14">
         <v>-24.0124</v>
       </c>
     </row>
-    <row r="36" spans="1:4">
+    <row r="36" spans="1:3">
       <c r="B36"/>
       <c r="C36"/>
-      <c r="D36"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:4">
+    </row>
+    <row r="37" spans="1:3">
       <c r="A37" s="8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B37" s="12">
         <v>1652.3264</v>
       </c>
-      <c r="C37" s="19"/>
-      <c r="D37" s="12">
+      <c r="C37" s="12">
         <v>1785.377</v>
       </c>
     </row>
-    <row r="38" spans="1:4">
+    <row r="38" spans="1:3">
       <c r="B38"/>
       <c r="C38"/>
-      <c r="D38"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:4">
+    </row>
+    <row r="39" spans="1:3">
       <c r="A39" s="8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B39" s="15">
         <v>18.3117</v>
       </c>
-      <c r="C39" s="20"/>
-      <c r="D39" s="15">
+      <c r="C39" s="15">
         <v>20.0656</v>
       </c>
     </row>
-    <row r="40" spans="1:4">
+    <row r="40" spans="1:3">
       <c r="B40"/>
       <c r="C40"/>
-      <c r="D40"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:4">
+    </row>
+    <row r="41" spans="1:3">
       <c r="A41" s="8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B41" s="12">
         <v>6.9725</v>
       </c>
-      <c r="C41" s="19"/>
-      <c r="D41" s="12">
+      <c r="C41" s="12">
         <v>7.8125</v>
       </c>
     </row>
-    <row r="43" spans="1:4">
-      <c r="A43" s="21" t="s">
+    <row r="43" spans="1:3">
+      <c r="A43" s="17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" t="s">
         <v>29</v>
-      </c>
-[...3 lines deleted...]
-        <v>30</v>
       </c>
       <c r="B44"/>
       <c r="C44"/>
-      <c r="D44"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:4">
+    </row>
+    <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B45"/>
       <c r="C45"/>
-      <c r="D45"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:4">
+    </row>
+    <row r="46" spans="1:3">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
-      <c r="D46"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:4">
+    </row>
+    <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B47"/>
       <c r="C47"/>
-      <c r="D47"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:4">
+    </row>
+    <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
-      <c r="D48"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:4">
+    </row>
+    <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B49"/>
       <c r="C49"/>
-      <c r="D49"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:4">
+    </row>
+    <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B50"/>
       <c r="C50"/>
-      <c r="D50"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:4">
+    </row>
+    <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B51"/>
       <c r="C51"/>
-      <c r="D51"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:4">
+    </row>
+    <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
-      <c r="D52"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:4">
+    </row>
+    <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>37</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
-      <c r="D53"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:4">
+    </row>
+    <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B54"/>
       <c r="C54"/>
-      <c r="D54"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:4">
+    </row>
+    <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B55"/>
       <c r="C55"/>
-      <c r="D55"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:4">
+    </row>
+    <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
-      <c r="D56"/>
-[...2 lines deleted...]
-      <c r="A57"/>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" t="s">
+        <v>40</v>
+      </c>
       <c r="B57"/>
       <c r="C57"/>
-      <c r="D57"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:4">
+    </row>
+    <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>41</v>
       </c>
       <c r="B58"/>
       <c r="C58"/>
-      <c r="D58"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:4">
+    </row>
+    <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>42</v>
       </c>
       <c r="B59"/>
       <c r="C59"/>
-      <c r="D59"/>
-[...4 lines deleted...]
-      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60"/>
       <c r="B60"/>
       <c r="C60"/>
-      <c r="D60"/>
-[...2 lines deleted...]
-      <c r="A62" s="22" t="s">
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" t="s">
+        <v>43</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
         <v>44</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>45</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="18" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A44:D44"/>
-[...15 lines deleted...]
-    <mergeCell ref="A60:D60"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="A46:C46"/>
+    <mergeCell ref="A47:C47"/>
+    <mergeCell ref="A48:C48"/>
+    <mergeCell ref="A49:C49"/>
+    <mergeCell ref="A50:C50"/>
+    <mergeCell ref="A51:C51"/>
+    <mergeCell ref="A52:C52"/>
+    <mergeCell ref="A53:C53"/>
+    <mergeCell ref="A54:C54"/>
+    <mergeCell ref="A55:C55"/>
+    <mergeCell ref="A56:C56"/>
+    <mergeCell ref="A57:C57"/>
+    <mergeCell ref="A58:C58"/>
+    <mergeCell ref="A59:C59"/>
+    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="A61:C61"/>
+    <mergeCell ref="A62:C62"/>
+    <mergeCell ref="A63:C63"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="43" man="1"/>
-    <brk id="62" man="1"/>
+    <brk id="65" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>