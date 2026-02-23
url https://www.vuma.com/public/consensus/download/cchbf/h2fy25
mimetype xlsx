--- v0 (2025-11-01)
+++ v1 (2026-02-23)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Coca-Cola HBC AG</t>
   </si>
   <si>
     <t>H2 FY25</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>13/10/25</t>
+    <t>06/02/26</t>
   </si>
   <si>
     <t>Organic Growth rates (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Established</t>
   </si>
   <si>
     <t xml:space="preserve">    Developing</t>
   </si>
   <si>
     <t xml:space="preserve">    Emerging</t>
   </si>
   <si>
     <t xml:space="preserve">    Total organic volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net sales revenue per unit case (%)</t>
   </si>
   <si>
     <t xml:space="preserve">     Total organic net sales revenue per unit case (%)</t>
   </si>
@@ -844,1055 +844,1055 @@
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="11">
         <v>16</v>
       </c>
       <c r="C8" s="10">
-        <v>0.3479</v>
+        <v>-0.1448</v>
       </c>
       <c r="D8" s="10">
         <v>-0.8</v>
       </c>
       <c r="E8" s="10">
-        <v>1.5533</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="11">
         <v>16</v>
       </c>
       <c r="C9" s="10">
-        <v>1.1631</v>
+        <v>1.2616</v>
       </c>
       <c r="D9" s="10">
-        <v>-1.1</v>
+        <v>0.5562</v>
       </c>
       <c r="E9" s="10">
-        <v>3.1873</v>
+        <v>2.6984</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="11">
         <v>16</v>
       </c>
       <c r="C10" s="10">
-        <v>3.6829</v>
+        <v>3.0731</v>
       </c>
       <c r="D10" s="10">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="E10" s="10">
-        <v>4.6</v>
+        <v>4.4861</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
         <v>16</v>
       </c>
       <c r="C11" s="12">
-        <v>2.5262</v>
+        <v>2.0746</v>
       </c>
       <c r="D11" s="12">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="E11" s="12">
-        <v>3.4</v>
+        <v>3.0236</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="11">
         <v>15</v>
       </c>
       <c r="C14" s="10">
-        <v>2.1812</v>
+        <v>2.2413</v>
       </c>
       <c r="D14" s="10">
-        <v>1</v>
+        <v>1.9601</v>
       </c>
       <c r="E14" s="10">
-        <v>3.6</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="11">
         <v>15</v>
       </c>
       <c r="C15" s="10">
-        <v>3.8132</v>
+        <v>4.0775</v>
       </c>
       <c r="D15" s="10">
-        <v>1.8412</v>
+        <v>3.15</v>
       </c>
       <c r="E15" s="10">
-        <v>5.5</v>
+        <v>6.8829</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="11">
         <v>15</v>
       </c>
       <c r="C16" s="10">
-        <v>6.5256</v>
+        <v>5.3951</v>
       </c>
       <c r="D16" s="10">
-        <v>3.2337</v>
+        <v>4.2578</v>
       </c>
       <c r="E16" s="10">
-        <v>8.4</v>
+        <v>6.4195</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="13">
         <v>15</v>
       </c>
       <c r="C17" s="12">
-        <v>4.079</v>
+        <v>3.6851</v>
       </c>
       <c r="D17" s="12">
-        <v>2.435</v>
+        <v>3.2</v>
       </c>
       <c r="E17" s="12">
-        <v>5.1</v>
+        <v>4.3683</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="11">
         <v>16</v>
       </c>
       <c r="C20" s="10">
-        <v>2.5516</v>
+        <v>2.0233</v>
       </c>
       <c r="D20" s="10">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="E20" s="10">
-        <v>4.1</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="11">
         <v>16</v>
       </c>
       <c r="C21" s="10">
-        <v>5.041</v>
+        <v>5.2464</v>
       </c>
       <c r="D21" s="10">
-        <v>2.5</v>
+        <v>2.7829</v>
       </c>
       <c r="E21" s="10">
-        <v>6.7</v>
+        <v>9.767099999999999</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="11">
         <v>16</v>
       </c>
       <c r="C22" s="10">
-        <v>10.3335</v>
+        <v>8.385400000000001</v>
       </c>
       <c r="D22" s="10">
-        <v>7.6859</v>
+        <v>4.577</v>
       </c>
       <c r="E22" s="10">
-        <v>12.7</v>
+        <v>9.746499999999999</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="15">
         <v>16</v>
       </c>
       <c r="C23" s="14">
-        <v>6.6601</v>
+        <v>5.6638</v>
       </c>
       <c r="D23" s="14">
-        <v>5.6322</v>
+        <v>3.1291</v>
       </c>
       <c r="E23" s="14">
-        <v>8.4</v>
+        <v>6.4035</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C26" s="10">
-        <v>8.082599999999999</v>
+        <v>7.3255</v>
       </c>
       <c r="D26" s="10">
-        <v>1.7626</v>
+        <v>-7.6167</v>
       </c>
       <c r="E26" s="10">
-        <v>13.2377</v>
+        <v>12.4</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C27" s="10">
-        <v>11.4129</v>
+        <v>12.7293</v>
       </c>
       <c r="D27" s="10">
-        <v>-0.9</v>
+        <v>4.6</v>
       </c>
       <c r="E27" s="10">
-        <v>22.5</v>
+        <v>29.6053</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C28" s="10">
-        <v>12.4692</v>
+        <v>11.104</v>
       </c>
       <c r="D28" s="10">
         <v>2.2</v>
       </c>
       <c r="E28" s="10">
-        <v>19.2</v>
+        <v>17.0897</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="15">
         <v>16</v>
       </c>
       <c r="C29" s="14">
-        <v>10.5748</v>
+        <v>10.1032</v>
       </c>
       <c r="D29" s="14">
         <v>6.8</v>
       </c>
       <c r="E29" s="14">
-        <v>14</v>
+        <v>12.0736</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="11">
         <v>16</v>
       </c>
       <c r="C33" s="10">
-        <v>326.1525</v>
+        <v>324.5904</v>
       </c>
       <c r="D33" s="10">
-        <v>322.5</v>
+        <v>322.6</v>
       </c>
       <c r="E33" s="10">
-        <v>330.0481</v>
+        <v>326.2</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="11">
         <v>16</v>
       </c>
       <c r="C34" s="10">
-        <v>251.1939</v>
+        <v>251.4195</v>
       </c>
       <c r="D34" s="10">
-        <v>245.5</v>
+        <v>249.681</v>
       </c>
       <c r="E34" s="10">
-        <v>256.214</v>
+        <v>255.0001</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="11">
         <v>16</v>
       </c>
       <c r="C35" s="10">
-        <v>948.1616</v>
+        <v>942.701</v>
       </c>
       <c r="D35" s="10">
-        <v>932.1</v>
+        <v>934</v>
       </c>
       <c r="E35" s="10">
-        <v>956.2</v>
+        <v>955.5251</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="13">
         <v>16</v>
       </c>
       <c r="C36" s="12">
-        <v>1525.508</v>
+        <v>1518.7108</v>
       </c>
       <c r="D36" s="12">
-        <v>1508.8</v>
+        <v>1509.8</v>
       </c>
       <c r="E36" s="12">
-        <v>1538.9</v>
+        <v>1532.7851</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="11">
         <v>16</v>
       </c>
       <c r="C39" s="10">
-        <v>1834.6145</v>
+        <v>1827.0002</v>
       </c>
       <c r="D39" s="10">
-        <v>1811.7</v>
+        <v>1813.3</v>
       </c>
       <c r="E39" s="10">
-        <v>1856.4785</v>
+        <v>1838.1212</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="11">
         <v>16</v>
       </c>
       <c r="C40" s="10">
-        <v>1343.1099</v>
+        <v>1344.0889</v>
       </c>
       <c r="D40" s="10">
-        <v>1307</v>
+        <v>1318.5374</v>
       </c>
       <c r="E40" s="10">
-        <v>1396.7</v>
+        <v>1400.2477</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="11">
         <v>16</v>
       </c>
       <c r="C41" s="10">
-        <v>2770.6725</v>
+        <v>2764.022</v>
       </c>
       <c r="D41" s="10">
-        <v>2598.5</v>
+        <v>2679</v>
       </c>
       <c r="E41" s="10">
-        <v>2860.8</v>
+        <v>2865.3515</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="13">
         <v>16</v>
       </c>
       <c r="C42" s="12">
-        <v>5948.3969</v>
+        <v>5935.1111</v>
       </c>
       <c r="D42" s="12">
-        <v>5767.9</v>
+        <v>5853.3</v>
       </c>
       <c r="E42" s="12">
-        <v>6073.6</v>
+        <v>6041.511</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="11">
         <v>13</v>
       </c>
       <c r="C44" s="10">
-        <v>2150.9205</v>
+        <v>2152.4484</v>
       </c>
       <c r="D44" s="10">
-        <v>1932.2</v>
+        <v>1923.1561</v>
       </c>
       <c r="E44" s="10">
-        <v>2258.0175</v>
+        <v>2260.3961</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>27</v>
       </c>
       <c r="B45" s="11">
         <v>13</v>
       </c>
       <c r="C45" s="10">
-        <v>-1502.1596</v>
+        <v>-1497.9698</v>
       </c>
       <c r="D45" s="10">
-        <v>-1576.9681</v>
+        <v>-1576.0538</v>
       </c>
       <c r="E45" s="10">
-        <v>-1346.1</v>
+        <v>-1435.3</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B47" s="15">
         <v>16</v>
       </c>
       <c r="C47" s="14">
-        <v>674.3253</v>
+        <v>680.454</v>
       </c>
       <c r="D47" s="14">
         <v>641.6</v>
       </c>
       <c r="E47" s="14">
-        <v>695.7343</v>
+        <v>702.9</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>29</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="11">
         <v>16</v>
       </c>
       <c r="C49" s="10">
-        <v>208.9771</v>
+        <v>207.8266</v>
       </c>
       <c r="D49" s="10">
-        <v>195.947</v>
+        <v>177.7786</v>
       </c>
       <c r="E49" s="10">
-        <v>219.9937</v>
+        <v>220.0326</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="11">
         <v>16</v>
       </c>
       <c r="C50" s="10">
-        <v>122.1208</v>
+        <v>124.6603</v>
       </c>
       <c r="D50" s="10">
-        <v>111.9</v>
+        <v>114.6</v>
       </c>
       <c r="E50" s="10">
-        <v>135</v>
+        <v>138.9422</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" s="11">
         <v>16</v>
       </c>
       <c r="C51" s="10">
-        <v>344.3836</v>
+        <v>348.6483</v>
       </c>
       <c r="D51" s="10">
         <v>307.1</v>
       </c>
       <c r="E51" s="10">
-        <v>365.7</v>
+        <v>372</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="13">
         <v>16</v>
       </c>
       <c r="C52" s="12">
-        <v>675.4815</v>
+        <v>681.1352000000001</v>
       </c>
       <c r="D52" s="12">
         <v>646.4</v>
       </c>
       <c r="E52" s="12">
-        <v>698.5343</v>
+        <v>706.9</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="11">
         <v>15</v>
       </c>
       <c r="C54" s="10">
-        <v>657.6038</v>
+        <v>667.718</v>
       </c>
       <c r="D54" s="10">
-        <v>623.8</v>
+        <v>629.8</v>
       </c>
       <c r="E54" s="10">
-        <v>681.3909</v>
+        <v>691.4</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="15">
         <v>16</v>
       </c>
       <c r="C55" s="14">
-        <v>657.9438</v>
+        <v>668.1144</v>
       </c>
       <c r="D55" s="14">
-        <v>628.6</v>
+        <v>634.6</v>
       </c>
       <c r="E55" s="14">
-        <v>684.7</v>
+        <v>695.4</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>33</v>
       </c>
       <c r="B57" s="11">
         <v>15</v>
       </c>
       <c r="C57" s="10">
-        <v>-178.3196</v>
+        <v>-180.7705</v>
       </c>
       <c r="D57" s="10">
-        <v>-188.5</v>
+        <v>-186.7</v>
       </c>
       <c r="E57" s="10">
-        <v>-168.4</v>
+        <v>-170</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B58" s="15">
         <v>16</v>
       </c>
       <c r="C58" s="14">
-        <v>-178.2748</v>
+        <v>-181.0531</v>
       </c>
       <c r="D58" s="14">
-        <v>-185.1</v>
+        <v>-187.8</v>
       </c>
       <c r="E58" s="14">
-        <v>-170</v>
+        <v>-171.6</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>35</v>
       </c>
       <c r="B60" s="11">
         <v>15</v>
       </c>
       <c r="C60" s="10">
-        <v>479.1975</v>
+        <v>486.9009</v>
       </c>
       <c r="D60" s="10">
-        <v>455.4</v>
+        <v>459.7</v>
       </c>
       <c r="E60" s="10">
-        <v>497.5284</v>
+        <v>504.3</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B61" s="15">
         <v>16</v>
       </c>
       <c r="C61" s="14">
-        <v>479.7225</v>
+        <v>487.1459</v>
       </c>
       <c r="D61" s="14">
-        <v>458.6</v>
+        <v>463</v>
       </c>
       <c r="E61" s="14">
-        <v>499.7</v>
+        <v>507.2</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>37</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>38</v>
       </c>
       <c r="B64" s="11">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C64" s="10">
-        <v>-1.5417</v>
+        <v>-0.8385</v>
       </c>
       <c r="D64" s="10">
         <v>-8.5</v>
       </c>
       <c r="E64" s="10">
         <v>7.5</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>39</v>
       </c>
       <c r="B65" s="11">
         <v>16</v>
       </c>
       <c r="C65" s="10">
-        <v>-19.2836</v>
+        <v>-14.7702</v>
       </c>
       <c r="D65" s="10">
-        <v>-30.4</v>
+        <v>-21.7586</v>
       </c>
       <c r="E65" s="10">
-        <v>-12.2</v>
+        <v>-8.9701</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>40</v>
       </c>
       <c r="B66" s="11">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C66" s="10">
-        <v>477.9534</v>
+        <v>370.1799</v>
       </c>
       <c r="D66" s="10">
-        <v>416.7</v>
+        <v>-383.1</v>
       </c>
       <c r="E66" s="10">
-        <v>546.9329</v>
+        <v>521.5</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>41</v>
       </c>
       <c r="B67" s="11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C67" s="10">
-        <v>234.0246</v>
+        <v>231.8488</v>
       </c>
       <c r="D67" s="10">
         <v>201</v>
       </c>
       <c r="E67" s="10">
-        <v>269.1523</v>
+        <v>268.899</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>42</v>
       </c>
       <c r="B69" s="11">
         <v>15</v>
       </c>
       <c r="C69" s="16">
-        <v>1.3322</v>
+        <v>1.347</v>
       </c>
       <c r="D69" s="16">
-        <v>1.28</v>
+        <v>1.27</v>
       </c>
       <c r="E69" s="16">
-        <v>1.3727</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B70" s="15">
         <v>16</v>
       </c>
       <c r="C70" s="17">
-        <v>1.333</v>
+        <v>1.3462</v>
       </c>
       <c r="D70" s="17">
-        <v>1.29</v>
+        <v>1.27</v>
       </c>
       <c r="E70" s="17">
-        <v>1.39</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B71" s="15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C71" s="17">
-        <v>1.0013</v>
+        <v>0.8968</v>
       </c>
       <c r="D71" s="17">
-        <v>0.624</v>
+        <v>0</v>
       </c>
       <c r="E71" s="17">
         <v>1.2</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B73" s="15">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C73" s="17">
-        <v>471.4931</v>
+        <v>407.6988</v>
       </c>
       <c r="D73" s="17">
-        <v>281.24</v>
+        <v>265.104</v>
       </c>
       <c r="E73" s="17">
-        <v>668.3099999999999</v>
+        <v>533.1827</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
         <v>47</v>
       </c>
       <c r="B76" s="19">
         <v>13</v>
       </c>
       <c r="C76" s="18">
-        <v>36.1623</v>
+        <v>36.2769</v>
       </c>
       <c r="D76" s="18">
-        <v>32.5802</v>
+        <v>32.4772</v>
       </c>
       <c r="E76" s="18">
         <v>38.0956</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
         <v>48</v>
       </c>
       <c r="B77" s="19">
         <v>13</v>
       </c>
       <c r="C77" s="18">
-        <v>25.2539</v>
+        <v>25.2466</v>
       </c>
       <c r="D77" s="18">
-        <v>23.3378</v>
+        <v>24.3139</v>
       </c>
       <c r="E77" s="18">
-        <v>26.7995</v>
+        <v>26.562</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
         <v>49</v>
       </c>
       <c r="B78" s="19">
         <v>16</v>
       </c>
       <c r="C78" s="18">
-        <v>11.3563</v>
+        <v>11.4767</v>
       </c>
       <c r="D78" s="18">
-        <v>10.9108</v>
+        <v>10.9461</v>
       </c>
       <c r="E78" s="18">
-        <v>11.7479</v>
+        <v>11.8915</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B79" s="19">
         <v>16</v>
       </c>
       <c r="C79" s="18">
-        <v>27.0962</v>
+        <v>27.0999</v>
       </c>
       <c r="D79" s="18">
-        <v>26.9039</v>
+        <v>26.9</v>
       </c>
       <c r="E79" s="18">
-        <v>27.6942</v>
+        <v>27.6932</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
         <v>51</v>
       </c>
       <c r="B80" s="19">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C80" s="18">
-        <v>8.0204</v>
+        <v>6.221</v>
       </c>
       <c r="D80" s="18">
-        <v>6.9998</v>
+        <v>-6.4728</v>
       </c>
       <c r="E80" s="18">
-        <v>9.3108</v>
+        <v>8.799300000000001</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>