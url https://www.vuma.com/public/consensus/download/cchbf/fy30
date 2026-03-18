--- v0 (2026-01-26)
+++ v1 (2026-03-18)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Coca-Cola HBC AG</t>
   </si>
   <si>
     <t>FY30</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>26/01/26</t>
+    <t>06/02/26</t>
   </si>
   <si>
     <t>Organic Growth rates (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Established</t>
   </si>
   <si>
     <t xml:space="preserve">    Developing</t>
   </si>
   <si>
     <t xml:space="preserve">    Emerging</t>
   </si>
   <si>
     <t xml:space="preserve">    Total organic volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net sales revenue per unit case (%)</t>
   </si>
   <si>
     <t xml:space="preserve">     Total organic net sales revenue per unit case (%)</t>
   </si>