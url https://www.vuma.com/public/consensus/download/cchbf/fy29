--- v0 (2025-10-15)
+++ v1 (2026-03-11)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Coca-Cola HBC AG</t>
   </si>
   <si>
     <t>FY29</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>13/10/25</t>
+    <t>06/02/26</t>
   </si>
   <si>
     <t>Organic Growth rates (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Established</t>
   </si>
   <si>
     <t xml:space="preserve">    Developing</t>
   </si>
   <si>
     <t xml:space="preserve">    Emerging</t>
   </si>
   <si>
     <t xml:space="preserve">    Total organic volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net sales revenue per unit case (%)</t>
   </si>
   <si>
     <t xml:space="preserve">     Total organic net sales revenue per unit case (%)</t>
   </si>
@@ -844,1055 +844,1055 @@
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="11">
         <v>9</v>
       </c>
       <c r="C8" s="10">
-        <v>1.0462</v>
+        <v>1.0082</v>
       </c>
       <c r="D8" s="10">
         <v>0.6</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="11">
         <v>9</v>
       </c>
       <c r="C9" s="10">
-        <v>2.3037</v>
+        <v>2.3661</v>
       </c>
       <c r="D9" s="10">
-        <v>1.5</v>
+        <v>1.5645</v>
       </c>
       <c r="E9" s="10">
-        <v>3.2</v>
+        <v>3.2562</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="11">
         <v>9</v>
       </c>
       <c r="C10" s="10">
-        <v>3.9554</v>
+        <v>4.021</v>
       </c>
       <c r="D10" s="10">
         <v>2.3088</v>
       </c>
       <c r="E10" s="10">
-        <v>6.0944</v>
+        <v>6.1136</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
         <v>9</v>
       </c>
       <c r="C11" s="12">
-        <v>3.1361</v>
+        <v>3.1958</v>
       </c>
       <c r="D11" s="12">
         <v>1.9725</v>
       </c>
       <c r="E11" s="12">
-        <v>4.5064</v>
+        <v>4.5227</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="11">
         <v>9</v>
       </c>
       <c r="C14" s="10">
-        <v>1.9429</v>
+        <v>1.8552</v>
       </c>
       <c r="D14" s="10">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="E14" s="10">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="11">
         <v>9</v>
       </c>
       <c r="C15" s="10">
-        <v>3.0481</v>
+        <v>3.0213</v>
       </c>
       <c r="D15" s="10">
-        <v>2.0319</v>
+        <v>1.9902</v>
       </c>
       <c r="E15" s="10">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="11">
         <v>9</v>
       </c>
       <c r="C16" s="10">
-        <v>4.4318</v>
+        <v>4.695</v>
       </c>
       <c r="D16" s="10">
         <v>3.25</v>
       </c>
       <c r="E16" s="10">
         <v>5.3611</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="13">
         <v>9</v>
       </c>
       <c r="C17" s="12">
-        <v>3.0341</v>
+        <v>3.2537</v>
       </c>
       <c r="D17" s="12">
-        <v>2.1433</v>
+        <v>2.1551</v>
       </c>
       <c r="E17" s="12">
-        <v>3.8562</v>
+        <v>3.9993</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="11">
         <v>9</v>
       </c>
       <c r="C20" s="10">
-        <v>3.0059</v>
+        <v>2.8915</v>
       </c>
       <c r="D20" s="10">
-        <v>2.2429</v>
+        <v>2.2621</v>
       </c>
       <c r="E20" s="10">
         <v>4.04</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="11">
         <v>9</v>
       </c>
       <c r="C21" s="10">
-        <v>5.4234</v>
+        <v>5.4599</v>
       </c>
       <c r="D21" s="10">
-        <v>4.009</v>
+        <v>4.3067</v>
       </c>
       <c r="E21" s="10">
         <v>7.12</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="11">
         <v>9</v>
       </c>
       <c r="C22" s="10">
-        <v>8.5565</v>
+        <v>8.8972</v>
       </c>
       <c r="D22" s="10">
         <v>7.7937</v>
       </c>
       <c r="E22" s="10">
         <v>9.6</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="15">
         <v>9</v>
       </c>
       <c r="C23" s="14">
-        <v>6.2484</v>
+        <v>6.5373</v>
       </c>
       <c r="D23" s="14">
         <v>5.5022</v>
       </c>
       <c r="E23" s="14">
-        <v>7.1</v>
+        <v>7.4718</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C26" s="10">
-        <v>4.962</v>
+        <v>4.9381</v>
       </c>
       <c r="D26" s="10">
-        <v>2.7119</v>
+        <v>2.7282</v>
       </c>
       <c r="E26" s="10">
-        <v>6.8185</v>
+        <v>7.1224</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="11">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C27" s="10">
-        <v>8.335900000000001</v>
+        <v>7.921</v>
       </c>
       <c r="D27" s="10">
-        <v>5.0621</v>
+        <v>5.06</v>
       </c>
       <c r="E27" s="10">
         <v>10.6</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="11">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C28" s="10">
-        <v>10.6904</v>
+        <v>10.9416</v>
       </c>
       <c r="D28" s="10">
         <v>7.981</v>
       </c>
       <c r="E28" s="10">
-        <v>12.8</v>
+        <v>12.7</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="15">
         <v>9</v>
       </c>
       <c r="C29" s="14">
-        <v>8.723800000000001</v>
+        <v>8.8003</v>
       </c>
       <c r="D29" s="14">
-        <v>7.0995</v>
+        <v>7.1086</v>
       </c>
       <c r="E29" s="14">
         <v>10.3</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="11">
         <v>9</v>
       </c>
       <c r="C33" s="10">
-        <v>660.412</v>
+        <v>652.0979</v>
       </c>
       <c r="D33" s="10">
-        <v>639.0232</v>
+        <v>637.6531</v>
       </c>
       <c r="E33" s="10">
-        <v>686.3887999999999</v>
+        <v>679.5149</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="11">
         <v>9</v>
       </c>
       <c r="C34" s="10">
-        <v>529.6468</v>
+        <v>527.9186999999999</v>
       </c>
       <c r="D34" s="10">
-        <v>512.9371</v>
+        <v>510.2023</v>
       </c>
       <c r="E34" s="10">
-        <v>555.1</v>
+        <v>549.6907</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="11">
         <v>9</v>
       </c>
       <c r="C35" s="10">
-        <v>2197.5047</v>
+        <v>2336.2438</v>
       </c>
       <c r="D35" s="10">
-        <v>2064.3829</v>
+        <v>2073.2278</v>
       </c>
       <c r="E35" s="10">
-        <v>2379.0877</v>
+        <v>3459.6254</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="13">
         <v>9</v>
       </c>
       <c r="C36" s="12">
-        <v>3387.5636</v>
+        <v>3516.2605</v>
       </c>
       <c r="D36" s="12">
         <v>3234.9464</v>
       </c>
       <c r="E36" s="12">
-        <v>3567.1865</v>
+        <v>4673.2237</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="11">
         <v>9</v>
       </c>
       <c r="C39" s="10">
-        <v>4091.3789</v>
+        <v>4019.6692</v>
       </c>
       <c r="D39" s="10">
-        <v>3924.699</v>
+        <v>3910.9761</v>
       </c>
       <c r="E39" s="10">
-        <v>4237.9785</v>
+        <v>4205.9191</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="11">
         <v>9</v>
       </c>
       <c r="C40" s="10">
-        <v>3130.1712</v>
+        <v>3135.8741</v>
       </c>
       <c r="D40" s="10">
-        <v>2960.0199</v>
+        <v>2964.0191</v>
       </c>
       <c r="E40" s="10">
-        <v>3313.8</v>
+        <v>3347.7367</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="11">
         <v>9</v>
       </c>
       <c r="C41" s="10">
-        <v>7200.0318</v>
+        <v>7834.2232</v>
       </c>
       <c r="D41" s="10">
         <v>6413.1895</v>
       </c>
       <c r="E41" s="10">
-        <v>8005.9</v>
+        <v>11895.2817</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="13">
         <v>9</v>
       </c>
       <c r="C42" s="12">
-        <v>14421.5819</v>
+        <v>14989.7664</v>
       </c>
       <c r="D42" s="12">
         <v>13547.7251</v>
       </c>
       <c r="E42" s="12">
-        <v>15359.8</v>
+        <v>19448.9375</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="11">
         <v>6</v>
       </c>
       <c r="C44" s="10">
-        <v>5508.2098</v>
+        <v>5875.8774</v>
       </c>
       <c r="D44" s="10">
-        <v>5104.0793</v>
+        <v>5204.3741</v>
       </c>
       <c r="E44" s="10">
-        <v>5907.9966</v>
+        <v>7578.4678</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>27</v>
       </c>
       <c r="B45" s="11">
         <v>6</v>
       </c>
       <c r="C45" s="10">
-        <v>-3679.9453</v>
+        <v>-3959.4218</v>
       </c>
       <c r="D45" s="10">
-        <v>-3985.8727</v>
+        <v>-5242.6301</v>
       </c>
       <c r="E45" s="10">
-        <v>-3371.5889</v>
+        <v>-3421.4991</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B47" s="15">
         <v>9</v>
       </c>
       <c r="C47" s="14">
-        <v>1845.2002</v>
+        <v>1883.4695</v>
       </c>
       <c r="D47" s="14">
-        <v>1669.6292</v>
+        <v>1683.2346</v>
       </c>
       <c r="E47" s="14">
-        <v>2001.3</v>
+        <v>2264.8821</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>29</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="11">
         <v>9</v>
       </c>
       <c r="C49" s="10">
-        <v>485.0755</v>
+        <v>473.1821</v>
       </c>
       <c r="D49" s="10">
-        <v>429.7174</v>
+        <v>430.9956</v>
       </c>
       <c r="E49" s="10">
-        <v>542.0916999999999</v>
+        <v>531.0918</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="11">
         <v>9</v>
       </c>
       <c r="C50" s="10">
-        <v>343.6981</v>
+        <v>337.3798</v>
       </c>
       <c r="D50" s="10">
-        <v>295.3068</v>
+        <v>295.5564</v>
       </c>
       <c r="E50" s="10">
-        <v>383.3</v>
+        <v>377.2319</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" s="11">
         <v>9</v>
       </c>
       <c r="C51" s="10">
-        <v>1018.4789</v>
+        <v>1073.9067</v>
       </c>
       <c r="D51" s="10">
-        <v>886.5189</v>
+        <v>906.2252</v>
       </c>
       <c r="E51" s="10">
-        <v>1106.6</v>
+        <v>1387.799</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="13">
         <v>9</v>
       </c>
       <c r="C52" s="12">
-        <v>1847.2525</v>
+        <v>1884.4686</v>
       </c>
       <c r="D52" s="12">
-        <v>1669.6292</v>
+        <v>1683.2346</v>
       </c>
       <c r="E52" s="12">
-        <v>1986.3</v>
+        <v>2266.9821</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="11">
         <v>9</v>
       </c>
       <c r="C54" s="10">
-        <v>1814.4822</v>
+        <v>1911.0527</v>
       </c>
       <c r="D54" s="10">
-        <v>1634.3824</v>
+        <v>1647.6185</v>
       </c>
       <c r="E54" s="10">
-        <v>1961.1</v>
+        <v>2153.3219</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="15">
         <v>9</v>
       </c>
       <c r="C55" s="14">
-        <v>1767.2376</v>
+        <v>1862.7549</v>
       </c>
       <c r="D55" s="14">
         <v>1324.5092</v>
       </c>
       <c r="E55" s="14">
-        <v>1976.1</v>
+        <v>2168.3219</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>33</v>
       </c>
       <c r="B57" s="11">
         <v>9</v>
       </c>
       <c r="C57" s="10">
-        <v>-487.988</v>
+        <v>-516.5428000000001</v>
       </c>
       <c r="D57" s="10">
-        <v>-529.5</v>
+        <v>-602.9301</v>
       </c>
       <c r="E57" s="10">
-        <v>-442.042</v>
+        <v>-445.6305</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B58" s="15">
         <v>9</v>
       </c>
       <c r="C58" s="14">
-        <v>-489.3734</v>
+        <v>-517.6659</v>
       </c>
       <c r="D58" s="14">
-        <v>-533.5</v>
+        <v>-607.1301</v>
       </c>
       <c r="E58" s="14">
-        <v>-442.042</v>
+        <v>-445.6305</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>35</v>
       </c>
       <c r="B60" s="11">
         <v>9</v>
       </c>
       <c r="C60" s="10">
-        <v>1326.3298</v>
+        <v>1393.2533</v>
       </c>
       <c r="D60" s="10">
-        <v>1191.5677</v>
+        <v>1201.2095</v>
       </c>
       <c r="E60" s="10">
-        <v>1431</v>
+        <v>1565.8369</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B61" s="15">
         <v>9</v>
       </c>
       <c r="C61" s="14">
-        <v>1330.3189</v>
+        <v>1396.4626</v>
       </c>
       <c r="D61" s="14">
-        <v>1191.5677</v>
+        <v>1201.2095</v>
       </c>
       <c r="E61" s="14">
-        <v>1441.9</v>
+        <v>1567.9369</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>37</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>38</v>
       </c>
       <c r="B64" s="11">
         <v>8</v>
       </c>
       <c r="C64" s="10">
-        <v>-2.3088</v>
+        <v>-1.1239</v>
       </c>
       <c r="D64" s="10">
-        <v>-13.3706</v>
+        <v>-13.8915</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>39</v>
       </c>
       <c r="B65" s="11">
         <v>9</v>
       </c>
       <c r="C65" s="10">
-        <v>-30.7868</v>
+        <v>-39.9345</v>
       </c>
       <c r="D65" s="10">
-        <v>-72.0296</v>
+        <v>-181.892</v>
       </c>
       <c r="E65" s="10">
-        <v>15.8155</v>
+        <v>60.6356</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>40</v>
       </c>
       <c r="B66" s="11">
         <v>8</v>
       </c>
       <c r="C66" s="10">
-        <v>922.4648</v>
+        <v>850.0839999999999</v>
       </c>
       <c r="D66" s="10">
-        <v>690.934</v>
+        <v>0</v>
       </c>
       <c r="E66" s="10">
-        <v>1091.3382</v>
+        <v>1265.4032</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>41</v>
       </c>
       <c r="B67" s="11">
         <v>8</v>
       </c>
       <c r="C67" s="10">
-        <v>539.5131</v>
+        <v>517.5979</v>
       </c>
       <c r="D67" s="10">
-        <v>323.8</v>
+        <v>0</v>
       </c>
       <c r="E67" s="10">
-        <v>642.1598</v>
+        <v>764.2234</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>42</v>
       </c>
       <c r="B69" s="11">
         <v>9</v>
       </c>
       <c r="C69" s="16">
-        <v>3.8231</v>
+        <v>3.8687</v>
       </c>
       <c r="D69" s="16">
-        <v>3.3224</v>
+        <v>3.3481</v>
       </c>
       <c r="E69" s="16">
-        <v>4.5589</v>
+        <v>4.2809</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B70" s="15">
         <v>9</v>
       </c>
       <c r="C70" s="17">
-        <v>3.8319</v>
+        <v>3.8749</v>
       </c>
       <c r="D70" s="17">
-        <v>3.3224</v>
+        <v>3.3481</v>
       </c>
       <c r="E70" s="17">
-        <v>4.566</v>
+        <v>4.2867</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B71" s="15">
         <v>9</v>
       </c>
       <c r="C71" s="17">
-        <v>1.7367</v>
+        <v>1.7527</v>
       </c>
       <c r="D71" s="17">
-        <v>1.555</v>
+        <v>1.6521</v>
       </c>
       <c r="E71" s="17">
-        <v>2.0547</v>
+        <v>1.929</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B73" s="15">
         <v>8</v>
       </c>
       <c r="C73" s="17">
-        <v>945.1922</v>
+        <v>990.3622</v>
       </c>
       <c r="D73" s="17">
-        <v>774.8</v>
+        <v>876.0053</v>
       </c>
       <c r="E73" s="17">
-        <v>1087.1341</v>
+        <v>1359.0997</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
         <v>47</v>
       </c>
       <c r="B76" s="19">
         <v>6</v>
       </c>
       <c r="C76" s="18">
-        <v>38.2479</v>
+        <v>40.5706</v>
       </c>
       <c r="D76" s="18">
-        <v>36.7974</v>
+        <v>36.8654</v>
       </c>
       <c r="E76" s="18">
-        <v>39.8041</v>
+        <v>50.2885</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
         <v>48</v>
       </c>
       <c r="B77" s="19">
         <v>6</v>
       </c>
       <c r="C77" s="18">
-        <v>25.5535</v>
+        <v>27.3256</v>
       </c>
       <c r="D77" s="18">
-        <v>24.0708</v>
+        <v>24.2051</v>
       </c>
       <c r="E77" s="18">
-        <v>26.8541</v>
+        <v>34.7886</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
         <v>49</v>
       </c>
       <c r="B78" s="19">
         <v>9</v>
       </c>
       <c r="C78" s="18">
-        <v>12.8049</v>
+        <v>12.6125</v>
       </c>
       <c r="D78" s="18">
-        <v>12.2194</v>
+        <v>11.6561</v>
       </c>
       <c r="E78" s="18">
-        <v>13.1017</v>
+        <v>13.1183</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B79" s="19">
         <v>9</v>
       </c>
       <c r="C79" s="18">
-        <v>27.9211</v>
+        <v>28.0369</v>
       </c>
       <c r="D79" s="18">
-        <v>26.961</v>
+        <v>26.9813</v>
       </c>
       <c r="E79" s="18">
         <v>35.2205</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
         <v>51</v>
       </c>
       <c r="B80" s="19">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C80" s="18">
-        <v>6.4248</v>
+        <v>6.3993</v>
       </c>
       <c r="D80" s="18">
         <v>5.1</v>
       </c>
       <c r="E80" s="18">
-        <v>7.509</v>
+        <v>7.4989</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>