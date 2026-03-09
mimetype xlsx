--- v0 (2025-10-15)
+++ v1 (2026-03-09)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Coca-Cola HBC AG</t>
   </si>
   <si>
     <t>FY28</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>13/10/25</t>
+    <t>06/02/26</t>
   </si>
   <si>
     <t>Organic Growth rates (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Established</t>
   </si>
   <si>
     <t xml:space="preserve">    Developing</t>
   </si>
   <si>
     <t xml:space="preserve">    Emerging</t>
   </si>
   <si>
     <t xml:space="preserve">    Total organic volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net sales revenue per unit case (%)</t>
   </si>
   <si>
     <t xml:space="preserve">     Total organic net sales revenue per unit case (%)</t>
   </si>
@@ -844,1055 +844,1055 @@
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="11">
         <v>10</v>
       </c>
       <c r="C8" s="10">
-        <v>1.0882</v>
+        <v>1.0049</v>
       </c>
       <c r="D8" s="10">
         <v>0.6</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="11">
         <v>10</v>
       </c>
       <c r="C9" s="10">
-        <v>2.3732</v>
+        <v>2.3772</v>
       </c>
       <c r="D9" s="10">
-        <v>1.5688</v>
+        <v>1.5621</v>
       </c>
       <c r="E9" s="10">
-        <v>3.2</v>
+        <v>3.2562</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="11">
         <v>10</v>
       </c>
       <c r="C10" s="10">
-        <v>4.0241</v>
+        <v>4.0264</v>
       </c>
       <c r="D10" s="10">
         <v>2.3022</v>
       </c>
       <c r="E10" s="10">
-        <v>6.0597</v>
+        <v>6.079</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
         <v>10</v>
       </c>
       <c r="C11" s="12">
-        <v>3.1607</v>
+        <v>3.1722</v>
       </c>
       <c r="D11" s="12">
         <v>1.9653</v>
       </c>
       <c r="E11" s="12">
-        <v>4.4358</v>
+        <v>4.4519</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="11">
         <v>10</v>
       </c>
       <c r="C14" s="10">
-        <v>1.928</v>
+        <v>1.8444</v>
       </c>
       <c r="D14" s="10">
-        <v>1.3</v>
+        <v>1.5</v>
       </c>
       <c r="E14" s="10">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="11">
         <v>10</v>
       </c>
       <c r="C15" s="10">
-        <v>3.0224</v>
+        <v>2.9933</v>
       </c>
       <c r="D15" s="10">
-        <v>2.0256</v>
+        <v>1.984</v>
       </c>
       <c r="E15" s="10">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="11">
         <v>10</v>
       </c>
       <c r="C16" s="10">
-        <v>4.3165</v>
+        <v>4.5819</v>
       </c>
       <c r="D16" s="10">
         <v>3.25</v>
       </c>
       <c r="E16" s="10">
         <v>5.3798</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="13">
         <v>10</v>
       </c>
       <c r="C17" s="12">
-        <v>2.9419</v>
+        <v>3.1469</v>
       </c>
       <c r="D17" s="12">
-        <v>2.119</v>
+        <v>2.1308</v>
       </c>
       <c r="E17" s="12">
-        <v>3.8371</v>
+        <v>3.9709</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="11">
         <v>10</v>
       </c>
       <c r="C20" s="10">
-        <v>3.0325</v>
+        <v>2.8764</v>
       </c>
       <c r="D20" s="10">
-        <v>2.23</v>
+        <v>2.2483</v>
       </c>
       <c r="E20" s="10">
-        <v>4.0552</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="11">
         <v>10</v>
       </c>
       <c r="C21" s="10">
-        <v>5.4618</v>
+        <v>5.4426</v>
       </c>
       <c r="D21" s="10">
-        <v>4.0065</v>
+        <v>4.3043</v>
       </c>
       <c r="E21" s="10">
         <v>7.12</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="11">
         <v>10</v>
       </c>
       <c r="C22" s="10">
-        <v>8.5038</v>
+        <v>8.785600000000001</v>
       </c>
       <c r="D22" s="10">
-        <v>7.77</v>
+        <v>7.8058</v>
       </c>
       <c r="E22" s="10">
         <v>9.6</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="15">
         <v>10</v>
       </c>
       <c r="C23" s="14">
-        <v>6.2035</v>
+        <v>6.4251</v>
       </c>
       <c r="D23" s="14">
         <v>5.5027</v>
       </c>
       <c r="E23" s="14">
-        <v>7.1</v>
+        <v>7.4233</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C26" s="10">
-        <v>5.1208</v>
+        <v>5.0647</v>
       </c>
       <c r="D26" s="10">
-        <v>2.7011</v>
+        <v>2.7165</v>
       </c>
       <c r="E26" s="10">
-        <v>6.9295</v>
+        <v>7.1776</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C27" s="10">
-        <v>8.7829</v>
+        <v>8.3736</v>
       </c>
       <c r="D27" s="10">
-        <v>5.0703</v>
+        <v>5.06</v>
       </c>
       <c r="E27" s="10">
         <v>11.5882</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C28" s="10">
-        <v>10.5291</v>
+        <v>10.8417</v>
       </c>
       <c r="D28" s="10">
         <v>7.9964</v>
       </c>
       <c r="E28" s="10">
-        <v>12.9</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="15">
         <v>10</v>
       </c>
       <c r="C29" s="14">
-        <v>8.722799999999999</v>
+        <v>8.853199999999999</v>
       </c>
       <c r="D29" s="14">
-        <v>7.061</v>
+        <v>7.0933</v>
       </c>
       <c r="E29" s="14">
         <v>10.3</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="11">
         <v>10</v>
       </c>
       <c r="C33" s="10">
-        <v>651.9571999999999</v>
+        <v>645.7573</v>
       </c>
       <c r="D33" s="10">
-        <v>634.7003</v>
+        <v>633.3375</v>
       </c>
       <c r="E33" s="10">
-        <v>672.9302</v>
+        <v>666.1911</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="11">
         <v>10</v>
       </c>
       <c r="C34" s="10">
-        <v>517.4139</v>
+        <v>516.0515</v>
       </c>
       <c r="D34" s="10">
-        <v>505.0023</v>
+        <v>502.3431</v>
       </c>
       <c r="E34" s="10">
-        <v>536.6</v>
+        <v>532.3563</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="11">
         <v>10</v>
       </c>
       <c r="C35" s="10">
-        <v>2113.9214</v>
+        <v>2231.5839</v>
       </c>
       <c r="D35" s="10">
-        <v>2010.6908</v>
+        <v>2026.4409</v>
       </c>
       <c r="E35" s="10">
-        <v>2242.4257</v>
+        <v>3337.5116</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="13">
         <v>10</v>
       </c>
       <c r="C36" s="12">
-        <v>3283.2925</v>
+        <v>3393.3927</v>
       </c>
       <c r="D36" s="12">
         <v>3172.3705</v>
       </c>
       <c r="E36" s="12">
-        <v>3413.3679</v>
+        <v>4522.2303</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="11">
         <v>10</v>
       </c>
       <c r="C39" s="10">
-        <v>3956.0285</v>
+        <v>3904.9766</v>
       </c>
       <c r="D39" s="10">
-        <v>3838.6031</v>
+        <v>3820.3848</v>
       </c>
       <c r="E39" s="10">
-        <v>4073.4126</v>
+        <v>4042.5981</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="11">
         <v>10</v>
       </c>
       <c r="C40" s="10">
-        <v>2968.5969</v>
+        <v>2975.3143</v>
       </c>
       <c r="D40" s="10">
-        <v>2845.9277</v>
+        <v>2845.0419</v>
       </c>
       <c r="E40" s="10">
-        <v>3108.5</v>
+        <v>3125.221</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="11">
         <v>10</v>
       </c>
       <c r="C41" s="10">
-        <v>6715.4879</v>
+        <v>7238.2654</v>
       </c>
       <c r="D41" s="10">
         <v>6183.283</v>
       </c>
       <c r="E41" s="10">
-        <v>7260.4</v>
+        <v>10928.9677</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="13">
         <v>10</v>
       </c>
       <c r="C42" s="12">
-        <v>13640.1133</v>
+        <v>14118.5563</v>
       </c>
       <c r="D42" s="12">
         <v>13069.635</v>
       </c>
       <c r="E42" s="12">
-        <v>14260.8</v>
+        <v>18096.7868</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="11">
         <v>7</v>
       </c>
       <c r="C44" s="10">
-        <v>5141.8644</v>
+        <v>5435.0315</v>
       </c>
       <c r="D44" s="10">
-        <v>4855.7884</v>
+        <v>4976.154</v>
       </c>
       <c r="E44" s="10">
-        <v>5451.1897</v>
+        <v>7007.4918</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>27</v>
       </c>
       <c r="B45" s="11">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C45" s="10">
-        <v>-3425.1831</v>
+        <v>-3676.9953</v>
       </c>
       <c r="D45" s="10">
-        <v>-3704.6589</v>
+        <v>-4871.3158</v>
       </c>
       <c r="E45" s="10">
-        <v>-3217.8</v>
+        <v>-3293.6273</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B47" s="15">
         <v>10</v>
       </c>
       <c r="C47" s="14">
-        <v>1701.5697</v>
+        <v>1733.1315</v>
       </c>
       <c r="D47" s="14">
-        <v>1582.9132</v>
+        <v>1596.6973</v>
       </c>
       <c r="E47" s="14">
-        <v>1820.3</v>
+        <v>2056.5432</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>29</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="11">
         <v>10</v>
       </c>
       <c r="C49" s="10">
-        <v>458.3451</v>
+        <v>451.4373</v>
       </c>
       <c r="D49" s="10">
-        <v>418.3715</v>
+        <v>419.5493</v>
       </c>
       <c r="E49" s="10">
-        <v>507.3886</v>
+        <v>495.6805</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="11">
         <v>10</v>
       </c>
       <c r="C50" s="10">
-        <v>312.4206</v>
+        <v>310.3079</v>
       </c>
       <c r="D50" s="10">
-        <v>281.0785</v>
+        <v>280.4711</v>
       </c>
       <c r="E50" s="10">
         <v>349.9764</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" s="11">
         <v>10</v>
       </c>
       <c r="C51" s="10">
-        <v>932.5875</v>
+        <v>972.2193</v>
       </c>
       <c r="D51" s="10">
-        <v>839.7704</v>
+        <v>858.3392</v>
       </c>
       <c r="E51" s="10">
-        <v>1021.9</v>
+        <v>1242.4842</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="13">
         <v>10</v>
       </c>
       <c r="C52" s="12">
-        <v>1703.3531</v>
+        <v>1733.9645</v>
       </c>
       <c r="D52" s="12">
-        <v>1582.9132</v>
+        <v>1596.6973</v>
       </c>
       <c r="E52" s="12">
-        <v>1805.3</v>
+        <v>2058.6432</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="11">
         <v>10</v>
       </c>
       <c r="C54" s="10">
-        <v>1670.3683</v>
+        <v>1740.0396</v>
       </c>
       <c r="D54" s="10">
-        <v>1546.2255</v>
+        <v>1559.6608</v>
       </c>
       <c r="E54" s="10">
-        <v>1771.4</v>
+        <v>1941.8998</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="15">
         <v>10</v>
       </c>
       <c r="C55" s="14">
-        <v>1641.3308</v>
+        <v>1710.0516</v>
       </c>
       <c r="D55" s="14">
         <v>1324.5092</v>
       </c>
       <c r="E55" s="14">
-        <v>1786.4</v>
+        <v>1956.8998</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>33</v>
       </c>
       <c r="B57" s="11">
         <v>10</v>
       </c>
       <c r="C57" s="10">
-        <v>-449.397</v>
+        <v>-470.2273</v>
       </c>
       <c r="D57" s="10">
-        <v>-478.3</v>
+        <v>-543.7319</v>
       </c>
       <c r="E57" s="10">
-        <v>-418.1919</v>
+        <v>-421.8345</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B58" s="15">
         <v>10</v>
       </c>
       <c r="C58" s="14">
-        <v>-450.6266</v>
+        <v>-471.2203</v>
       </c>
       <c r="D58" s="14">
-        <v>-482.3</v>
+        <v>-547.9319</v>
       </c>
       <c r="E58" s="14">
-        <v>-418.1919</v>
+        <v>-421.8345</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>35</v>
       </c>
       <c r="B60" s="11">
         <v>10</v>
       </c>
       <c r="C60" s="10">
-        <v>1220.9324</v>
+        <v>1268.9054</v>
       </c>
       <c r="D60" s="10">
-        <v>1127.3651</v>
+        <v>1137.1528</v>
       </c>
       <c r="E60" s="10">
-        <v>1292.5</v>
+        <v>1399.9772</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B61" s="15">
         <v>10</v>
       </c>
       <c r="C61" s="14">
-        <v>1224.4862</v>
+        <v>1271.7455</v>
       </c>
       <c r="D61" s="14">
-        <v>1127.3651</v>
+        <v>1137.1528</v>
       </c>
       <c r="E61" s="14">
-        <v>1303.5</v>
+        <v>1402.0772</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>37</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>38</v>
       </c>
       <c r="B64" s="11">
         <v>9</v>
       </c>
       <c r="C64" s="10">
-        <v>-1.9815</v>
+        <v>-0.9256</v>
       </c>
       <c r="D64" s="10">
-        <v>-12.7339</v>
+        <v>-13.23</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>39</v>
       </c>
       <c r="B65" s="11">
         <v>10</v>
       </c>
       <c r="C65" s="10">
-        <v>-31.4837</v>
+        <v>-48.1386</v>
       </c>
       <c r="D65" s="10">
-        <v>-59.4837</v>
+        <v>-193.1012</v>
       </c>
       <c r="E65" s="10">
-        <v>-14.3429</v>
+        <v>38.4625</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>40</v>
       </c>
       <c r="B66" s="11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C66" s="10">
-        <v>879.2279</v>
+        <v>948.7861</v>
       </c>
       <c r="D66" s="10">
         <v>686.1558</v>
       </c>
       <c r="E66" s="10">
-        <v>1025.2971</v>
+        <v>1299.172</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>41</v>
       </c>
       <c r="B67" s="11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C67" s="10">
-        <v>499.4794</v>
+        <v>549.5318</v>
       </c>
       <c r="D67" s="10">
-        <v>281</v>
+        <v>457.1682</v>
       </c>
       <c r="E67" s="10">
-        <v>599.9536000000001</v>
+        <v>711.1244</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>42</v>
       </c>
       <c r="B69" s="11">
         <v>10</v>
       </c>
       <c r="C69" s="16">
-        <v>3.477</v>
+        <v>3.5114</v>
       </c>
       <c r="D69" s="16">
-        <v>3.1434</v>
+        <v>3.1695</v>
       </c>
       <c r="E69" s="16">
-        <v>3.9961</v>
+        <v>3.8237</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B70" s="15">
         <v>10</v>
       </c>
       <c r="C70" s="17">
-        <v>3.485</v>
+        <v>3.5172</v>
       </c>
       <c r="D70" s="17">
-        <v>3.1434</v>
+        <v>3.1695</v>
       </c>
       <c r="E70" s="17">
-        <v>4.0029</v>
+        <v>3.8296</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B71" s="15">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C71" s="17">
-        <v>1.5734</v>
+        <v>1.5714</v>
       </c>
       <c r="D71" s="17">
-        <v>1.4586</v>
+        <v>1.442</v>
       </c>
       <c r="E71" s="17">
-        <v>1.8013</v>
+        <v>1.7233</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B73" s="15">
         <v>9</v>
       </c>
       <c r="C73" s="17">
-        <v>845.9453999999999</v>
+        <v>888.0127</v>
       </c>
       <c r="D73" s="17">
-        <v>662.21</v>
+        <v>791.207</v>
       </c>
       <c r="E73" s="17">
-        <v>991.4897999999999</v>
+        <v>1228.4936</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
         <v>47</v>
       </c>
       <c r="B76" s="19">
         <v>7</v>
       </c>
       <c r="C76" s="18">
-        <v>37.736</v>
+        <v>39.6604</v>
       </c>
       <c r="D76" s="18">
-        <v>36.7152</v>
+        <v>36.8652</v>
       </c>
       <c r="E76" s="18">
-        <v>39.2041</v>
+        <v>49.6571</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
         <v>48</v>
       </c>
       <c r="B77" s="19">
         <v>7</v>
       </c>
       <c r="C77" s="18">
-        <v>25.3551</v>
+        <v>26.8252</v>
       </c>
       <c r="D77" s="18">
-        <v>24.1876</v>
+        <v>24.5052</v>
       </c>
       <c r="E77" s="18">
-        <v>26.6433</v>
+        <v>34.5195</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
         <v>49</v>
       </c>
       <c r="B78" s="19">
         <v>10</v>
       </c>
       <c r="C78" s="18">
-        <v>12.4864</v>
+        <v>12.3151</v>
       </c>
       <c r="D78" s="18">
-        <v>12.0411</v>
+        <v>11.3757</v>
       </c>
       <c r="E78" s="18">
         <v>12.7772</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B79" s="19">
         <v>10</v>
       </c>
       <c r="C79" s="18">
-        <v>27.5631</v>
+        <v>27.6676</v>
       </c>
       <c r="D79" s="18">
-        <v>26.9591</v>
+        <v>26.9813</v>
       </c>
       <c r="E79" s="18">
         <v>32.5651</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
         <v>51</v>
       </c>
       <c r="B80" s="19">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C80" s="18">
-        <v>6.4343</v>
+        <v>6.6679</v>
       </c>
       <c r="D80" s="18">
         <v>5.25</v>
       </c>
       <c r="E80" s="18">
-        <v>7.5218</v>
+        <v>9.206300000000001</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>