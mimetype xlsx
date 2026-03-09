--- v0 (2025-10-15)
+++ v1 (2026-03-09)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Coca-Cola HBC AG</t>
   </si>
   <si>
     <t>FY27</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>13/10/25</t>
+    <t>06/02/26</t>
   </si>
   <si>
     <t>Organic Growth rates (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Established</t>
   </si>
   <si>
     <t xml:space="preserve">    Developing</t>
   </si>
   <si>
     <t xml:space="preserve">    Emerging</t>
   </si>
   <si>
     <t xml:space="preserve">    Total organic volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net sales revenue per unit case (%)</t>
   </si>
   <si>
     <t xml:space="preserve">     Total organic net sales revenue per unit case (%)</t>
   </si>
@@ -844,1055 +844,1055 @@
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="11">
         <v>15</v>
       </c>
       <c r="C8" s="10">
-        <v>1.0273</v>
+        <v>0.7181</v>
       </c>
       <c r="D8" s="10">
-        <v>0.2</v>
+        <v>-0.5591</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="11">
         <v>15</v>
       </c>
       <c r="C9" s="10">
-        <v>2.0644</v>
+        <v>2.0544</v>
       </c>
       <c r="D9" s="10">
         <v>1</v>
       </c>
       <c r="E9" s="10">
-        <v>3.2</v>
+        <v>3.2552</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="11">
         <v>15</v>
       </c>
       <c r="C10" s="10">
-        <v>3.7658</v>
+        <v>3.9138</v>
       </c>
       <c r="D10" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E10" s="10">
-        <v>6.0248</v>
+        <v>6.0442</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C11" s="12">
-        <v>2.9179</v>
+        <v>2.9923</v>
       </c>
       <c r="D11" s="12">
-        <v>1.4</v>
+        <v>2.2371</v>
       </c>
       <c r="E11" s="12">
-        <v>4.3654</v>
+        <v>4.3811</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="11">
         <v>14</v>
       </c>
       <c r="C14" s="10">
-        <v>1.8404</v>
+        <v>1.9844</v>
       </c>
       <c r="D14" s="10">
-        <v>1</v>
+        <v>1.0085</v>
       </c>
       <c r="E14" s="10">
-        <v>2.5</v>
+        <v>4.6318</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="11">
         <v>14</v>
       </c>
       <c r="C15" s="10">
-        <v>3.0806</v>
+        <v>3.0948</v>
       </c>
       <c r="D15" s="10">
-        <v>2.1947</v>
+        <v>2.1516</v>
       </c>
       <c r="E15" s="10">
         <v>4.0001</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="11">
         <v>14</v>
       </c>
       <c r="C16" s="10">
-        <v>4.796</v>
+        <v>4.7606</v>
       </c>
       <c r="D16" s="10">
         <v>3.25</v>
       </c>
       <c r="E16" s="10">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="13">
         <v>14</v>
       </c>
       <c r="C17" s="12">
-        <v>3.1628</v>
+        <v>3.1787</v>
       </c>
       <c r="D17" s="12">
-        <v>2.0954</v>
+        <v>2.1072</v>
       </c>
       <c r="E17" s="12">
-        <v>5</v>
+        <v>3.9704</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="11">
         <v>15</v>
       </c>
       <c r="C20" s="10">
-        <v>2.8248</v>
+        <v>2.6531</v>
       </c>
       <c r="D20" s="10">
         <v>1.5</v>
       </c>
       <c r="E20" s="10">
-        <v>4.3299</v>
+        <v>4.0468</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="11">
         <v>15</v>
       </c>
       <c r="C21" s="10">
-        <v>5.0856</v>
+        <v>5.1066</v>
       </c>
       <c r="D21" s="10">
         <v>3</v>
       </c>
       <c r="E21" s="10">
         <v>6.6</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="11">
         <v>15</v>
       </c>
       <c r="C22" s="10">
-        <v>8.527100000000001</v>
+        <v>8.6769</v>
       </c>
       <c r="D22" s="10">
         <v>5</v>
       </c>
       <c r="E22" s="10">
-        <v>10</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="15">
         <v>15</v>
       </c>
       <c r="C23" s="14">
-        <v>6.0312</v>
+        <v>6.091</v>
       </c>
       <c r="D23" s="14">
-        <v>3.5</v>
+        <v>3.5014</v>
       </c>
       <c r="E23" s="14">
         <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C26" s="10">
-        <v>5.5535</v>
+        <v>5.175</v>
       </c>
       <c r="D26" s="10">
-        <v>3.1679</v>
+        <v>2.8058</v>
       </c>
       <c r="E26" s="10">
-        <v>11.4</v>
+        <v>11.3047</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C27" s="10">
-        <v>8.9109</v>
+        <v>8.702</v>
       </c>
       <c r="D27" s="10">
-        <v>5.0788</v>
+        <v>5.0599</v>
       </c>
       <c r="E27" s="10">
-        <v>12.3726</v>
+        <v>12.5054</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C28" s="10">
-        <v>10.6749</v>
+        <v>10.8887</v>
       </c>
       <c r="D28" s="10">
-        <v>4.5</v>
+        <v>8.4389</v>
       </c>
       <c r="E28" s="10">
-        <v>13.8</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="15">
         <v>15</v>
       </c>
       <c r="C29" s="14">
-        <v>8.8848</v>
+        <v>8.8672</v>
       </c>
       <c r="D29" s="14">
-        <v>5</v>
+        <v>6.8685</v>
       </c>
       <c r="E29" s="14">
-        <v>11.7</v>
+        <v>11.65</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="11">
         <v>15</v>
       </c>
       <c r="C33" s="10">
-        <v>643.1336</v>
+        <v>638.8038</v>
       </c>
       <c r="D33" s="10">
-        <v>630.4181</v>
+        <v>629.0626</v>
       </c>
       <c r="E33" s="10">
-        <v>659.7355</v>
+        <v>653.1285</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="11">
         <v>15</v>
       </c>
       <c r="C34" s="10">
-        <v>503.9858</v>
+        <v>502.9791</v>
       </c>
       <c r="D34" s="10">
-        <v>494.8</v>
+        <v>494.6168</v>
       </c>
       <c r="E34" s="10">
-        <v>519.7</v>
+        <v>515.5685</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="11">
         <v>15</v>
       </c>
       <c r="C35" s="10">
-        <v>2021.8161</v>
+        <v>2095.5493</v>
       </c>
       <c r="D35" s="10">
-        <v>1929.5</v>
+        <v>1981.8077</v>
       </c>
       <c r="E35" s="10">
-        <v>2114.3043</v>
+        <v>3220.3396</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="13">
         <v>15</v>
       </c>
       <c r="C36" s="12">
-        <v>3168.9355</v>
+        <v>3237.3321</v>
       </c>
       <c r="D36" s="12">
-        <v>3059.4</v>
+        <v>3119.3394</v>
       </c>
       <c r="E36" s="12">
-        <v>3268.3884</v>
+        <v>4376.8929</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="11">
         <v>15</v>
       </c>
       <c r="C39" s="10">
-        <v>3808.9625</v>
+        <v>3777.0026</v>
       </c>
       <c r="D39" s="10">
-        <v>3712.7</v>
+        <v>3710.0865</v>
       </c>
       <c r="E39" s="10">
-        <v>3915.237</v>
+        <v>3885.6191</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="11">
         <v>15</v>
       </c>
       <c r="C40" s="10">
-        <v>2811.7287</v>
+        <v>2815.8907</v>
       </c>
       <c r="D40" s="10">
-        <v>2736.2981</v>
+        <v>2733.3308</v>
       </c>
       <c r="E40" s="10">
-        <v>2915.9</v>
+        <v>2921.2</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="11">
         <v>15</v>
       </c>
       <c r="C41" s="10">
-        <v>6295.3724</v>
+        <v>6613.9479</v>
       </c>
       <c r="D41" s="10">
-        <v>5962.8312</v>
+        <v>6064.1</v>
       </c>
       <c r="E41" s="10">
-        <v>6673.3</v>
+        <v>10043.1218</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="13">
         <v>15</v>
       </c>
       <c r="C42" s="12">
-        <v>12916.0636</v>
+        <v>13206.8412</v>
       </c>
       <c r="D42" s="12">
-        <v>12610.0449</v>
+        <v>12592</v>
       </c>
       <c r="E42" s="12">
-        <v>13398.5</v>
+        <v>16846.2362</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="11">
         <v>12</v>
       </c>
       <c r="C44" s="10">
-        <v>4809.6469</v>
+        <v>4951.6269</v>
       </c>
       <c r="D44" s="10">
-        <v>4568.8</v>
+        <v>4614.5284</v>
       </c>
       <c r="E44" s="10">
-        <v>5069.3</v>
+        <v>6478.2291</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>27</v>
       </c>
       <c r="B45" s="11">
         <v>12</v>
       </c>
       <c r="C45" s="10">
-        <v>-3266.7626</v>
+        <v>-3364.3131</v>
       </c>
       <c r="D45" s="10">
-        <v>-3451.7</v>
+        <v>-4529.6735</v>
       </c>
       <c r="E45" s="10">
-        <v>-3080.9</v>
+        <v>-3110.4392</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B47" s="15">
         <v>15</v>
       </c>
       <c r="C47" s="14">
-        <v>1554.7737</v>
+        <v>1579.9396</v>
       </c>
       <c r="D47" s="14">
-        <v>1468.3</v>
+        <v>1472.5</v>
       </c>
       <c r="E47" s="14">
-        <v>1666</v>
+        <v>1867.069</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>29</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="11">
         <v>15</v>
       </c>
       <c r="C49" s="10">
-        <v>431.6951</v>
+        <v>427.1705</v>
       </c>
       <c r="D49" s="10">
-        <v>407.3679</v>
+        <v>408.4538</v>
       </c>
       <c r="E49" s="10">
-        <v>474.4079</v>
+        <v>462.3851</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="11">
         <v>15</v>
       </c>
       <c r="C50" s="10">
-        <v>283.9519</v>
+        <v>283.0628</v>
       </c>
       <c r="D50" s="10">
-        <v>263.8</v>
+        <v>266.134</v>
       </c>
       <c r="E50" s="10">
-        <v>313.6321</v>
+        <v>315.0526</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" s="11">
         <v>15</v>
       </c>
       <c r="C51" s="10">
-        <v>841.3685</v>
+        <v>871.1331</v>
       </c>
       <c r="D51" s="10">
-        <v>741.5</v>
+        <v>745.7</v>
       </c>
       <c r="E51" s="10">
-        <v>919.1</v>
+        <v>1111.8509</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="13">
         <v>15</v>
       </c>
       <c r="C52" s="12">
-        <v>1557.0155</v>
+        <v>1581.3663</v>
       </c>
       <c r="D52" s="12">
-        <v>1478.3</v>
+        <v>1473.1</v>
       </c>
       <c r="E52" s="12">
-        <v>1651</v>
+        <v>1869.169</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="11">
         <v>15</v>
       </c>
       <c r="C54" s="10">
-        <v>1523.5336</v>
+        <v>1569.3475</v>
       </c>
       <c r="D54" s="10">
-        <v>1440.8</v>
+        <v>1445</v>
       </c>
       <c r="E54" s="10">
-        <v>1607.8</v>
+        <v>1750.8805</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="15">
         <v>15</v>
       </c>
       <c r="C55" s="14">
-        <v>1513.2967</v>
+        <v>1557.2111</v>
       </c>
       <c r="D55" s="14">
-        <v>1324.5092</v>
+        <v>1322.9485</v>
       </c>
       <c r="E55" s="14">
-        <v>1622.8</v>
+        <v>1765.8805</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>33</v>
       </c>
       <c r="B57" s="11">
         <v>15</v>
       </c>
       <c r="C57" s="10">
-        <v>-409.4709</v>
+        <v>-424.0121</v>
       </c>
       <c r="D57" s="10">
-        <v>-434.1</v>
+        <v>-490.2465</v>
       </c>
       <c r="E57" s="10">
-        <v>-389</v>
+        <v>-390.2</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B58" s="15">
         <v>15</v>
       </c>
       <c r="C58" s="14">
-        <v>-410.5531</v>
+        <v>-424.9273</v>
       </c>
       <c r="D58" s="14">
-        <v>-438.1</v>
+        <v>-494.4465</v>
       </c>
       <c r="E58" s="14">
-        <v>-389.7989</v>
+        <v>-392.9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>35</v>
       </c>
       <c r="B60" s="11">
         <v>15</v>
       </c>
       <c r="C60" s="10">
-        <v>1114.0619</v>
+        <v>1144.7806</v>
       </c>
       <c r="D60" s="10">
-        <v>1051.8</v>
+        <v>1054.9</v>
       </c>
       <c r="E60" s="10">
-        <v>1173.1</v>
+        <v>1255.2718</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B61" s="15">
         <v>15</v>
       </c>
       <c r="C61" s="14">
-        <v>1117.5482</v>
+        <v>1147.6253</v>
       </c>
       <c r="D61" s="14">
-        <v>1059.1</v>
+        <v>1062.2</v>
       </c>
       <c r="E61" s="14">
-        <v>1184</v>
+        <v>1261.434</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>37</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>38</v>
       </c>
       <c r="B64" s="11">
         <v>12</v>
       </c>
       <c r="C64" s="10">
-        <v>-2.8023</v>
+        <v>-1.7833</v>
       </c>
       <c r="D64" s="10">
-        <v>-12.1275</v>
+        <v>-12.6</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>39</v>
       </c>
       <c r="B65" s="11">
         <v>15</v>
       </c>
       <c r="C65" s="10">
-        <v>-32.3731</v>
+        <v>-44.6425</v>
       </c>
       <c r="D65" s="10">
-        <v>-51.9</v>
+        <v>-195.9751</v>
       </c>
       <c r="E65" s="10">
-        <v>-14.5481</v>
+        <v>19.25</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>40</v>
       </c>
       <c r="B66" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C66" s="10">
-        <v>829.5377999999999</v>
+        <v>868.1881</v>
       </c>
       <c r="D66" s="10">
         <v>672.5</v>
       </c>
       <c r="E66" s="10">
-        <v>963.9844000000001</v>
+        <v>1190.5118</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>41</v>
       </c>
       <c r="B67" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C67" s="10">
-        <v>494.6211</v>
+        <v>512.9216</v>
       </c>
       <c r="D67" s="10">
-        <v>239.7</v>
+        <v>421.1</v>
       </c>
       <c r="E67" s="10">
-        <v>636.8072</v>
+        <v>662.0151</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>42</v>
       </c>
       <c r="B69" s="11">
         <v>15</v>
       </c>
       <c r="C69" s="16">
-        <v>3.138</v>
+        <v>3.1567</v>
       </c>
       <c r="D69" s="16">
-        <v>2.92</v>
+        <v>2.91</v>
       </c>
       <c r="E69" s="16">
-        <v>3.5075</v>
+        <v>3.4251</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B70" s="15">
         <v>15</v>
       </c>
       <c r="C70" s="17">
-        <v>3.1466</v>
+        <v>3.1633</v>
       </c>
       <c r="D70" s="17">
-        <v>2.94</v>
+        <v>2.93</v>
       </c>
       <c r="E70" s="17">
-        <v>3.514</v>
+        <v>3.4309</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B71" s="15">
         <v>15</v>
       </c>
       <c r="C71" s="17">
-        <v>1.4193</v>
+        <v>1.4159</v>
       </c>
       <c r="D71" s="17">
-        <v>1.32</v>
+        <v>1.3125</v>
       </c>
       <c r="E71" s="17">
-        <v>1.5813</v>
+        <v>1.5439</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B73" s="15">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C73" s="17">
-        <v>752.6809</v>
+        <v>782.0048</v>
       </c>
       <c r="D73" s="17">
-        <v>558.71</v>
+        <v>638.2468</v>
       </c>
       <c r="E73" s="17">
-        <v>900.6317</v>
+        <v>939.0488</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
         <v>47</v>
       </c>
       <c r="B76" s="19">
         <v>12</v>
       </c>
       <c r="C76" s="18">
-        <v>37.2476</v>
+        <v>38.285</v>
       </c>
       <c r="D76" s="18">
-        <v>35.5856</v>
+        <v>35.3908</v>
       </c>
       <c r="E76" s="18">
-        <v>38.6041</v>
+        <v>48.9819</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
         <v>48</v>
       </c>
       <c r="B77" s="19">
         <v>12</v>
       </c>
       <c r="C77" s="18">
-        <v>25.2985</v>
+        <v>26.0099</v>
       </c>
       <c r="D77" s="18">
-        <v>23.9966</v>
+        <v>23.8553</v>
       </c>
       <c r="E77" s="18">
-        <v>26.4301</v>
+        <v>34.2489</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
         <v>49</v>
       </c>
       <c r="B78" s="19">
         <v>15</v>
       </c>
       <c r="C78" s="18">
-        <v>12.0544</v>
+        <v>11.9931</v>
       </c>
       <c r="D78" s="18">
-        <v>11.6165</v>
+        <v>11.0699</v>
       </c>
       <c r="E78" s="18">
-        <v>12.3737</v>
+        <v>12.4024</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B79" s="19">
         <v>15</v>
       </c>
       <c r="C79" s="18">
-        <v>27.1567</v>
+        <v>27.3275</v>
       </c>
       <c r="D79" s="18">
         <v>26</v>
       </c>
       <c r="E79" s="18">
-        <v>30.289</v>
+        <v>31.7932</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
         <v>51</v>
       </c>
       <c r="B80" s="19">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C80" s="18">
-        <v>6.4161</v>
+        <v>6.5508</v>
       </c>
       <c r="D80" s="18">
-        <v>5.2845</v>
+        <v>5.3407</v>
       </c>
       <c r="E80" s="18">
-        <v>7.5346</v>
+        <v>9.0015</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>