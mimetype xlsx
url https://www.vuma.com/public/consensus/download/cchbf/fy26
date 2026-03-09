--- v0 (2025-10-15)
+++ v1 (2026-03-09)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Coca-Cola HBC AG</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>13/10/25</t>
+    <t>06/02/26</t>
   </si>
   <si>
     <t>Organic Growth rates (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Established</t>
   </si>
   <si>
     <t xml:space="preserve">    Developing</t>
   </si>
   <si>
     <t xml:space="preserve">    Emerging</t>
   </si>
   <si>
     <t xml:space="preserve">    Total organic volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net sales revenue per unit case (%)</t>
   </si>
   <si>
     <t xml:space="preserve">     Total organic net sales revenue per unit case (%)</t>
   </si>
@@ -844,1055 +844,1055 @@
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="11">
         <v>16</v>
       </c>
       <c r="C8" s="10">
-        <v>0.6739000000000001</v>
+        <v>0.5649</v>
       </c>
       <c r="D8" s="10">
-        <v>-0.9515</v>
+        <v>-0.9419</v>
       </c>
       <c r="E8" s="10">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="11">
         <v>16</v>
       </c>
       <c r="C9" s="10">
-        <v>1.7211</v>
+        <v>1.5025</v>
       </c>
       <c r="D9" s="10">
-        <v>0.5755</v>
+        <v>0.5495</v>
       </c>
       <c r="E9" s="10">
-        <v>3.2</v>
+        <v>2.6394</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="11">
         <v>16</v>
       </c>
       <c r="C10" s="10">
-        <v>3.8563</v>
+        <v>3.744</v>
       </c>
       <c r="D10" s="10">
-        <v>2</v>
+        <v>2.4956</v>
       </c>
       <c r="E10" s="10">
-        <v>6.2736</v>
+        <v>5.8521</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
         <v>16</v>
       </c>
       <c r="C11" s="12">
-        <v>2.8308</v>
+        <v>2.7078</v>
       </c>
       <c r="D11" s="12">
-        <v>1.5</v>
+        <v>2.2767</v>
       </c>
       <c r="E11" s="12">
-        <v>4.4701</v>
+        <v>4.0942</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="11">
         <v>15</v>
       </c>
       <c r="C14" s="10">
-        <v>2.3044</v>
+        <v>1.9004</v>
       </c>
       <c r="D14" s="10">
-        <v>1</v>
+        <v>0.873</v>
       </c>
       <c r="E14" s="10">
-        <v>4.6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="11">
         <v>15</v>
       </c>
       <c r="C15" s="10">
-        <v>3.338</v>
+        <v>3.1921</v>
       </c>
       <c r="D15" s="10">
-        <v>2.5</v>
+        <v>2.2292</v>
       </c>
       <c r="E15" s="10">
-        <v>4.4485</v>
+        <v>4.4518</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="11">
         <v>15</v>
       </c>
       <c r="C16" s="10">
-        <v>5.3043</v>
+        <v>5.2601</v>
       </c>
       <c r="D16" s="10">
-        <v>3.25</v>
+        <v>3.2522</v>
       </c>
       <c r="E16" s="10">
-        <v>8</v>
+        <v>6.0335</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="13">
         <v>15</v>
       </c>
       <c r="C17" s="12">
-        <v>3.4749</v>
+        <v>3.3364</v>
       </c>
       <c r="D17" s="12">
-        <v>2.0274</v>
+        <v>2.0543</v>
       </c>
       <c r="E17" s="12">
-        <v>4.9</v>
+        <v>4.0824</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="11">
         <v>16</v>
       </c>
       <c r="C20" s="10">
-        <v>2.9005</v>
+        <v>2.4154</v>
       </c>
       <c r="D20" s="10">
-        <v>1.5711</v>
+        <v>0.8955</v>
       </c>
       <c r="E20" s="10">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="11">
         <v>16</v>
       </c>
       <c r="C21" s="10">
-        <v>5.0849</v>
+        <v>4.7292</v>
       </c>
       <c r="D21" s="10">
-        <v>3.1942</v>
+        <v>3.2509</v>
       </c>
       <c r="E21" s="10">
-        <v>6.6</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="11">
         <v>16</v>
       </c>
       <c r="C22" s="10">
-        <v>9.442500000000001</v>
+        <v>9.3651</v>
       </c>
       <c r="D22" s="10">
         <v>7.4956</v>
       </c>
       <c r="E22" s="10">
-        <v>11.2</v>
+        <v>11.3773</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="15">
         <v>16</v>
       </c>
       <c r="C23" s="14">
-        <v>6.4361</v>
+        <v>6.1979</v>
       </c>
       <c r="D23" s="14">
-        <v>5.7</v>
+        <v>5.74</v>
       </c>
       <c r="E23" s="14">
-        <v>7.6</v>
+        <v>7.3712</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C26" s="10">
-        <v>5.9967</v>
+        <v>6.2788</v>
       </c>
       <c r="D26" s="10">
-        <v>1.8328</v>
+        <v>2.2635</v>
       </c>
       <c r="E26" s="10">
-        <v>17.6874</v>
+        <v>20.3134</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C27" s="10">
-        <v>9.123799999999999</v>
+        <v>7.6264</v>
       </c>
       <c r="D27" s="10">
-        <v>3.6</v>
+        <v>1.0442</v>
       </c>
       <c r="E27" s="10">
-        <v>15.1106</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C28" s="10">
-        <v>11.6518</v>
+        <v>11.6113</v>
       </c>
       <c r="D28" s="10">
-        <v>7.6442</v>
+        <v>8.7111</v>
       </c>
       <c r="E28" s="10">
-        <v>15.7</v>
+        <v>16.7009</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="15">
         <v>16</v>
       </c>
       <c r="C29" s="14">
-        <v>9.5108</v>
+        <v>9.3606</v>
       </c>
       <c r="D29" s="14">
-        <v>6.8</v>
+        <v>7.6767</v>
       </c>
       <c r="E29" s="14">
-        <v>12.5</v>
+        <v>11.4759</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="11">
         <v>16</v>
       </c>
       <c r="C33" s="10">
-        <v>637.0771</v>
+        <v>634.7628999999999</v>
       </c>
       <c r="D33" s="10">
-        <v>625.253</v>
+        <v>624.2325</v>
       </c>
       <c r="E33" s="10">
-        <v>646.7995</v>
+        <v>642.498</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="11">
         <v>16</v>
       </c>
       <c r="C34" s="10">
-        <v>493.863</v>
+        <v>493.0162</v>
       </c>
       <c r="D34" s="10">
-        <v>486.0261</v>
+        <v>487.8032</v>
       </c>
       <c r="E34" s="10">
-        <v>503.4</v>
+        <v>499.3147</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="11">
         <v>16</v>
       </c>
       <c r="C35" s="10">
-        <v>1944.1772</v>
+        <v>1935.6538</v>
       </c>
       <c r="D35" s="10">
-        <v>1891.7</v>
+        <v>1907.8749</v>
       </c>
       <c r="E35" s="10">
-        <v>1994.1603</v>
+        <v>1987.9288</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="13">
         <v>16</v>
       </c>
       <c r="C36" s="12">
-        <v>3075.1173</v>
+        <v>3063.4329</v>
       </c>
       <c r="D36" s="12">
-        <v>3015.4</v>
+        <v>3045.8991</v>
       </c>
       <c r="E36" s="12">
-        <v>3131.6793</v>
+        <v>3118.8535</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="11">
         <v>16</v>
       </c>
       <c r="C39" s="10">
-        <v>3708.755</v>
+        <v>3685.0014</v>
       </c>
       <c r="D39" s="10">
-        <v>3645.5</v>
+        <v>3615.2496</v>
       </c>
       <c r="E39" s="10">
-        <v>3785.2985</v>
+        <v>3777.2366</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="11">
         <v>16</v>
       </c>
       <c r="C40" s="10">
-        <v>2676.9901</v>
+        <v>2683.8918</v>
       </c>
       <c r="D40" s="10">
-        <v>2630.9543</v>
+        <v>2626.203</v>
       </c>
       <c r="E40" s="10">
-        <v>2735.9</v>
+        <v>2759.0976</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="11">
         <v>16</v>
       </c>
       <c r="C41" s="10">
-        <v>5855.7499</v>
+        <v>5905.8042</v>
       </c>
       <c r="D41" s="10">
-        <v>5668.4549</v>
+        <v>5713.6</v>
       </c>
       <c r="E41" s="10">
-        <v>6105.3</v>
+        <v>6022.5287</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="13">
         <v>16</v>
       </c>
       <c r="C42" s="12">
-        <v>12241.495</v>
+        <v>12274.6974</v>
       </c>
       <c r="D42" s="12">
-        <v>12018.256</v>
+        <v>12043.8</v>
       </c>
       <c r="E42" s="12">
-        <v>12568.4</v>
+        <v>12437.3</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="11">
         <v>13</v>
       </c>
       <c r="C44" s="10">
-        <v>4525.6815</v>
+        <v>4544.1967</v>
       </c>
       <c r="D44" s="10">
-        <v>4375.3</v>
+        <v>4402.6</v>
       </c>
       <c r="E44" s="10">
-        <v>4710.4</v>
+        <v>4670.3592</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>27</v>
       </c>
       <c r="B45" s="11">
         <v>13</v>
       </c>
       <c r="C45" s="10">
-        <v>-3095.5329</v>
+        <v>-3103.6452</v>
       </c>
       <c r="D45" s="10">
-        <v>-3244.9</v>
+        <v>-3209.7867</v>
       </c>
       <c r="E45" s="10">
-        <v>-2946.7475</v>
+        <v>-3008.2863</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B47" s="15">
         <v>16</v>
       </c>
       <c r="C47" s="14">
-        <v>1438.0672</v>
+        <v>1447.0914</v>
       </c>
       <c r="D47" s="14">
-        <v>1377.9</v>
+        <v>1382.3</v>
       </c>
       <c r="E47" s="14">
-        <v>1506.6</v>
+        <v>1485.5725</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>29</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="11">
         <v>16</v>
       </c>
       <c r="C49" s="10">
-        <v>412.1577</v>
+        <v>410.643</v>
       </c>
       <c r="D49" s="10">
-        <v>393.5524</v>
+        <v>397.3089</v>
       </c>
       <c r="E49" s="10">
-        <v>443.899</v>
+        <v>431.9333</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="11">
         <v>16</v>
       </c>
       <c r="C50" s="10">
-        <v>261.9289</v>
+        <v>262.0814</v>
       </c>
       <c r="D50" s="10">
-        <v>242.7</v>
+        <v>248.4459</v>
       </c>
       <c r="E50" s="10">
-        <v>280.593</v>
+        <v>280.0333</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" s="11">
         <v>16</v>
       </c>
       <c r="C51" s="10">
-        <v>765.8962</v>
+        <v>775.667</v>
       </c>
       <c r="D51" s="10">
-        <v>700</v>
+        <v>704.4</v>
       </c>
       <c r="E51" s="10">
-        <v>807.4</v>
+        <v>814.1989</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="13">
         <v>16</v>
       </c>
       <c r="C52" s="12">
-        <v>1439.9828</v>
+        <v>1448.3914</v>
       </c>
       <c r="D52" s="12">
-        <v>1387.9</v>
+        <v>1392.3</v>
       </c>
       <c r="E52" s="12">
-        <v>1491.6</v>
+        <v>1473.9368</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="11">
         <v>15</v>
       </c>
       <c r="C54" s="10">
-        <v>1402.404</v>
+        <v>1420.539</v>
       </c>
       <c r="D54" s="10">
-        <v>1340.2</v>
+        <v>1350.5</v>
       </c>
       <c r="E54" s="10">
-        <v>1439.9</v>
+        <v>1453.0749</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="15">
         <v>16</v>
       </c>
       <c r="C55" s="14">
-        <v>1399.248</v>
+        <v>1414.4287</v>
       </c>
       <c r="D55" s="14">
-        <v>1324.5</v>
+        <v>1322.9485</v>
       </c>
       <c r="E55" s="14">
-        <v>1454.9</v>
+        <v>1465.0749</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>33</v>
       </c>
       <c r="B57" s="11">
         <v>15</v>
       </c>
       <c r="C57" s="10">
-        <v>-377.2397</v>
+        <v>-383.5727</v>
       </c>
       <c r="D57" s="10">
-        <v>-387.3</v>
+        <v>-392.0589</v>
       </c>
       <c r="E57" s="10">
-        <v>-361.9</v>
+        <v>-364.6</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B58" s="15">
         <v>16</v>
       </c>
       <c r="C58" s="14">
-        <v>-378.0875</v>
+        <v>-383.988</v>
       </c>
       <c r="D58" s="14">
-        <v>-391.4</v>
+        <v>-395.2966</v>
       </c>
       <c r="E58" s="14">
-        <v>-364.6</v>
+        <v>-367.3</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>35</v>
       </c>
       <c r="B60" s="11">
         <v>15</v>
       </c>
       <c r="C60" s="10">
-        <v>1025.1681</v>
+        <v>1037.0165</v>
       </c>
       <c r="D60" s="10">
-        <v>978.3</v>
+        <v>985.9</v>
       </c>
       <c r="E60" s="10">
-        <v>1053.6006</v>
+        <v>1062.105</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B61" s="15">
         <v>16</v>
       </c>
       <c r="C61" s="14">
-        <v>1027.5153</v>
+        <v>1038.5279</v>
       </c>
       <c r="D61" s="14">
-        <v>985.6</v>
+        <v>993.2</v>
       </c>
       <c r="E61" s="14">
-        <v>1062.9</v>
+        <v>1070.8672</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>37</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>38</v>
       </c>
       <c r="B64" s="11">
         <v>12</v>
       </c>
       <c r="C64" s="10">
-        <v>-2.5542</v>
+        <v>-1.7333</v>
       </c>
       <c r="D64" s="10">
-        <v>-11.55</v>
+        <v>-12</v>
       </c>
       <c r="E64" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>39</v>
       </c>
       <c r="B65" s="11">
         <v>16</v>
       </c>
       <c r="C65" s="10">
-        <v>-37.6803</v>
+        <v>-32.5187</v>
       </c>
       <c r="D65" s="10">
-        <v>-60.3202</v>
+        <v>-59.141</v>
       </c>
       <c r="E65" s="10">
-        <v>-18.8024</v>
+        <v>-3</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>40</v>
       </c>
       <c r="B66" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C66" s="10">
-        <v>785.6923</v>
+        <v>777.9423</v>
       </c>
       <c r="D66" s="10">
         <v>652.9</v>
       </c>
       <c r="E66" s="10">
-        <v>907.0392000000001</v>
+        <v>921.434</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>41</v>
       </c>
       <c r="B67" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C67" s="10">
-        <v>481.2926</v>
+        <v>465.4341</v>
       </c>
       <c r="D67" s="10">
-        <v>412.8</v>
+        <v>405.2</v>
       </c>
       <c r="E67" s="10">
-        <v>615.1625</v>
+        <v>566.9845</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>42</v>
       </c>
       <c r="B69" s="11">
         <v>15</v>
       </c>
       <c r="C69" s="16">
-        <v>2.8626</v>
+        <v>2.8711</v>
       </c>
       <c r="D69" s="16">
         <v>2.72</v>
       </c>
       <c r="E69" s="16">
-        <v>3.0755</v>
+        <v>2.94</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B70" s="15">
         <v>16</v>
       </c>
       <c r="C70" s="17">
-        <v>2.8666</v>
+        <v>2.8726</v>
       </c>
       <c r="D70" s="17">
         <v>2.74</v>
       </c>
       <c r="E70" s="17">
-        <v>3.0817</v>
+        <v>2.9511</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B71" s="15">
         <v>16</v>
       </c>
       <c r="C71" s="17">
-        <v>1.2812</v>
+        <v>1.2742</v>
       </c>
       <c r="D71" s="17">
-        <v>1.1142</v>
+        <v>1.1128</v>
       </c>
       <c r="E71" s="17">
-        <v>1.3868</v>
+        <v>1.3335</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B73" s="15">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C73" s="17">
-        <v>702.3463</v>
+        <v>711.1675</v>
       </c>
       <c r="D73" s="17">
-        <v>561.2509</v>
+        <v>556.7522</v>
       </c>
       <c r="E73" s="17">
-        <v>819.9321</v>
+        <v>818.5431</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
         <v>47</v>
       </c>
       <c r="B76" s="19">
         <v>13</v>
       </c>
       <c r="C76" s="18">
-        <v>36.9687</v>
+        <v>37.0665</v>
       </c>
       <c r="D76" s="18">
-        <v>35.9238</v>
+        <v>35.7823</v>
       </c>
       <c r="E76" s="18">
-        <v>38.0495</v>
+        <v>38.0119</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
         <v>48</v>
       </c>
       <c r="B77" s="19">
         <v>13</v>
       </c>
       <c r="C77" s="18">
-        <v>25.2852</v>
+        <v>25.316</v>
       </c>
       <c r="D77" s="18">
-        <v>24.416</v>
+        <v>24.4219</v>
       </c>
       <c r="E77" s="18">
-        <v>26.3744</v>
+        <v>26.0629</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
         <v>49</v>
       </c>
       <c r="B78" s="19">
         <v>16</v>
       </c>
       <c r="C78" s="18">
-        <v>11.7634</v>
+        <v>11.8</v>
       </c>
       <c r="D78" s="18">
-        <v>11.4542</v>
+        <v>11.4245</v>
       </c>
       <c r="E78" s="18">
-        <v>12.0631</v>
+        <v>12.0223</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B79" s="19">
         <v>16</v>
       </c>
       <c r="C79" s="18">
-        <v>27.0271</v>
+        <v>27.1602</v>
       </c>
       <c r="D79" s="18">
         <v>26</v>
       </c>
       <c r="E79" s="18">
-        <v>28.4636</v>
+        <v>29.5557</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
         <v>51</v>
       </c>
       <c r="B80" s="19">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C80" s="18">
-        <v>6.4175</v>
+        <v>6.3355</v>
       </c>
       <c r="D80" s="18">
-        <v>5.3883</v>
+        <v>5.3332</v>
       </c>
       <c r="E80" s="18">
-        <v>7.5472</v>
+        <v>7.538</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>