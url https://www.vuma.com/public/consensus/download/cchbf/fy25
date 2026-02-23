--- v0 (2025-11-01)
+++ v1 (2026-02-23)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Coca-Cola HBC AG</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>13/10/25</t>
+    <t>06/02/26</t>
   </si>
   <si>
     <t>Organic Growth rates (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">    Established</t>
   </si>
   <si>
     <t xml:space="preserve">    Developing</t>
   </si>
   <si>
     <t xml:space="preserve">    Emerging</t>
   </si>
   <si>
     <t xml:space="preserve">    Total organic volume (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net sales revenue per unit case (%)</t>
   </si>
   <si>
     <t xml:space="preserve">     Total organic net sales revenue per unit case (%)</t>
   </si>
@@ -844,1055 +844,1055 @@
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="11">
         <v>16</v>
       </c>
       <c r="C8" s="10">
-        <v>0.2254</v>
+        <v>-0.0316</v>
       </c>
       <c r="D8" s="10">
-        <v>-0.4</v>
+        <v>-0.3553</v>
       </c>
       <c r="E8" s="10">
-        <v>0.8472</v>
+        <v>0.1905</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="11">
         <v>16</v>
       </c>
       <c r="C9" s="10">
-        <v>0.5941</v>
+        <v>0.6492</v>
       </c>
       <c r="D9" s="10">
-        <v>-0.6</v>
+        <v>0.2862</v>
       </c>
       <c r="E9" s="10">
-        <v>1.6399</v>
+        <v>1.3883</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="11">
         <v>16</v>
       </c>
       <c r="C10" s="10">
-        <v>3.8859</v>
+        <v>3.5873</v>
       </c>
       <c r="D10" s="10">
-        <v>3</v>
+        <v>3.1066</v>
       </c>
       <c r="E10" s="10">
         <v>4.3</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="13">
         <v>16</v>
       </c>
       <c r="C11" s="12">
-        <v>2.5525</v>
+        <v>2.3231</v>
       </c>
       <c r="D11" s="12">
-        <v>2</v>
+        <v>2.006</v>
       </c>
       <c r="E11" s="12">
-        <v>3</v>
+        <v>2.7993</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="11">
         <v>15</v>
       </c>
       <c r="C14" s="10">
-        <v>2.3084</v>
+        <v>2.3279</v>
       </c>
       <c r="D14" s="10">
-        <v>1.7</v>
+        <v>2.1918</v>
       </c>
       <c r="E14" s="10">
-        <v>3.1</v>
+        <v>2.4509</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="11">
         <v>15</v>
       </c>
       <c r="C15" s="10">
-        <v>5.0434</v>
+        <v>5.1866</v>
       </c>
       <c r="D15" s="10">
-        <v>4</v>
+        <v>4.6799</v>
       </c>
       <c r="E15" s="10">
-        <v>5.8576</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="11">
         <v>15</v>
       </c>
       <c r="C16" s="10">
-        <v>9.5008</v>
+        <v>8.8553</v>
       </c>
       <c r="D16" s="10">
-        <v>7.7528</v>
+        <v>8.2125</v>
       </c>
       <c r="E16" s="10">
-        <v>10.4</v>
+        <v>9.6942</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="13">
         <v>15</v>
       </c>
       <c r="C17" s="12">
-        <v>5.5811</v>
+        <v>5.3587</v>
       </c>
       <c r="D17" s="12">
-        <v>4.7131</v>
+        <v>5.0759</v>
       </c>
       <c r="E17" s="12">
-        <v>6.2</v>
+        <v>5.8088</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="11">
         <v>16</v>
       </c>
       <c r="C20" s="10">
-        <v>2.5283</v>
+        <v>2.262</v>
       </c>
       <c r="D20" s="10">
-        <v>1.8</v>
+        <v>1.8654</v>
       </c>
       <c r="E20" s="10">
-        <v>3.3</v>
+        <v>2.6209</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="11">
         <v>16</v>
       </c>
       <c r="C21" s="10">
-        <v>5.6833</v>
+        <v>5.7939</v>
       </c>
       <c r="D21" s="10">
-        <v>4.3</v>
+        <v>4.4864</v>
       </c>
       <c r="E21" s="10">
-        <v>6.5</v>
+        <v>8.1814</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="11">
         <v>16</v>
       </c>
       <c r="C22" s="10">
-        <v>13.6848</v>
+        <v>12.6359</v>
       </c>
       <c r="D22" s="10">
-        <v>12.2912</v>
+        <v>10.7336</v>
       </c>
       <c r="E22" s="10">
-        <v>14.9</v>
+        <v>13.3228</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="15">
         <v>16</v>
       </c>
       <c r="C23" s="14">
-        <v>8.2331</v>
+        <v>7.7159</v>
       </c>
       <c r="D23" s="14">
-        <v>7.6981</v>
+        <v>6.4718</v>
       </c>
       <c r="E23" s="14">
-        <v>9.1</v>
+        <v>8.114000000000001</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>19</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C26" s="10">
-        <v>0.9923999999999999</v>
+        <v>0.6483</v>
       </c>
       <c r="D26" s="10">
-        <v>-2.7202</v>
+        <v>-7.3831</v>
       </c>
       <c r="E26" s="10">
-        <v>10.9</v>
+        <v>10.9287</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C27" s="10">
-        <v>5.5116</v>
+        <v>6.4342</v>
       </c>
       <c r="D27" s="10">
-        <v>-0.8</v>
+        <v>1.8952</v>
       </c>
       <c r="E27" s="10">
-        <v>10.4</v>
+        <v>14.1291</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="11">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C28" s="10">
-        <v>20.8543</v>
+        <v>19.9937</v>
       </c>
       <c r="D28" s="10">
-        <v>12.6</v>
+        <v>12.7678</v>
       </c>
       <c r="E28" s="10">
-        <v>24.5</v>
+        <v>26.4282</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B29" s="15">
         <v>16</v>
       </c>
       <c r="C29" s="14">
-        <v>11.2456</v>
+        <v>11.0102</v>
       </c>
       <c r="D29" s="14">
         <v>9.300000000000001</v>
       </c>
       <c r="E29" s="14">
-        <v>12.9</v>
+        <v>11.9441</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5"/>
       <c r="D31" s="5"/>
       <c r="E31" s="5"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="11">
         <v>16</v>
       </c>
       <c r="C33" s="10">
-        <v>632.7453</v>
+        <v>631.1844</v>
       </c>
       <c r="D33" s="10">
-        <v>629.1</v>
+        <v>629.1994999999999</v>
       </c>
       <c r="E33" s="10">
-        <v>636.6481</v>
+        <v>632.7693</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" s="11">
         <v>16</v>
       </c>
       <c r="C34" s="10">
-        <v>485.4925</v>
+        <v>485.7176</v>
       </c>
       <c r="D34" s="10">
-        <v>479.8</v>
+        <v>483.981</v>
       </c>
       <c r="E34" s="10">
-        <v>490.514</v>
+        <v>489.3001</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="11">
         <v>16</v>
       </c>
       <c r="C35" s="10">
-        <v>1870.6577</v>
+        <v>1865.1925</v>
       </c>
       <c r="D35" s="10">
-        <v>1854.6</v>
+        <v>1856.5374</v>
       </c>
       <c r="E35" s="10">
-        <v>1878.7</v>
+        <v>1878.0251</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="13">
         <v>16</v>
       </c>
       <c r="C36" s="12">
-        <v>2988.8955</v>
+        <v>2982.0946</v>
       </c>
       <c r="D36" s="12">
-        <v>2972.2</v>
+        <v>2973.2641</v>
       </c>
       <c r="E36" s="12">
-        <v>3002.3</v>
+        <v>2996.1851</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="11">
         <v>16</v>
       </c>
       <c r="C39" s="10">
-        <v>3604.313</v>
+        <v>3596.7047</v>
       </c>
       <c r="D39" s="10">
-        <v>3581.4</v>
+        <v>3582.9908</v>
       </c>
       <c r="E39" s="10">
-        <v>3626.1785</v>
+        <v>3607.8212</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="11">
         <v>16</v>
       </c>
       <c r="C40" s="10">
-        <v>2541.7798</v>
+        <v>2542.7586</v>
       </c>
       <c r="D40" s="10">
-        <v>2505.7</v>
+        <v>2517.2374</v>
       </c>
       <c r="E40" s="10">
-        <v>2595.4</v>
+        <v>2598.9477</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="11">
         <v>16</v>
       </c>
       <c r="C41" s="10">
-        <v>5422.5721</v>
+        <v>5415.9246</v>
       </c>
       <c r="D41" s="10">
-        <v>5250.429</v>
+        <v>5330.9</v>
       </c>
       <c r="E41" s="10">
-        <v>5512.7</v>
+        <v>5517.2515</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="13">
         <v>16</v>
       </c>
       <c r="C42" s="12">
-        <v>11568.6649</v>
+        <v>11555.3879</v>
       </c>
       <c r="D42" s="12">
-        <v>11388.1869</v>
+        <v>11473.6235</v>
       </c>
       <c r="E42" s="12">
-        <v>11693.9</v>
+        <v>11661.811</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>26</v>
       </c>
       <c r="B44" s="11">
         <v>13</v>
       </c>
       <c r="C44" s="10">
-        <v>4227.9107</v>
+        <v>4229.4281</v>
       </c>
       <c r="D44" s="10">
-        <v>4078.086</v>
+        <v>4184.7561</v>
       </c>
       <c r="E44" s="10">
-        <v>4319.6175</v>
+        <v>4321.9961</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>27</v>
       </c>
       <c r="B45" s="11">
         <v>13</v>
       </c>
       <c r="C45" s="10">
-        <v>-2909.3299</v>
+        <v>-2905.6317</v>
       </c>
       <c r="D45" s="10">
-        <v>-2988.7681</v>
+        <v>-2987.8538</v>
       </c>
       <c r="E45" s="10">
-        <v>-2757.9147</v>
+        <v>-2847.1457</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B47" s="15">
         <v>16</v>
       </c>
       <c r="C47" s="14">
-        <v>1321.397</v>
+        <v>1327.1869</v>
       </c>
       <c r="D47" s="14">
         <v>1286.2</v>
       </c>
       <c r="E47" s="14">
-        <v>1342</v>
+        <v>1351.3217</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>29</v>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="11">
         <v>16</v>
       </c>
       <c r="C49" s="10">
-        <v>390.4668</v>
+        <v>389.297</v>
       </c>
       <c r="D49" s="10">
-        <v>376.947</v>
+        <v>358.7786</v>
       </c>
       <c r="E49" s="10">
-        <v>401.4937</v>
+        <v>401.5326</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" s="11">
         <v>16</v>
       </c>
       <c r="C50" s="10">
-        <v>240.1201</v>
+        <v>242.6628</v>
       </c>
       <c r="D50" s="10">
-        <v>229.9</v>
+        <v>232.6365</v>
       </c>
       <c r="E50" s="10">
-        <v>253</v>
+        <v>256.9422</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" s="11">
         <v>16</v>
       </c>
       <c r="C51" s="10">
-        <v>694.6789</v>
+        <v>698.9459000000001</v>
       </c>
       <c r="D51" s="10">
         <v>657.4</v>
       </c>
       <c r="E51" s="10">
-        <v>715.9681</v>
+        <v>722.3251</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="13">
         <v>16</v>
       </c>
       <c r="C52" s="12">
-        <v>1325.2658</v>
+        <v>1330.9056</v>
       </c>
       <c r="D52" s="12">
         <v>1296.2</v>
       </c>
       <c r="E52" s="12">
-        <v>1348.3343</v>
+        <v>1356.7185</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="11">
         <v>15</v>
       </c>
       <c r="C54" s="10">
-        <v>1301.4506</v>
+        <v>1311.5642</v>
       </c>
       <c r="D54" s="10">
-        <v>1268.4</v>
+        <v>1274.4</v>
       </c>
       <c r="E54" s="10">
-        <v>1325.9909</v>
+        <v>1336.0494</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="15">
         <v>16</v>
       </c>
       <c r="C55" s="14">
-        <v>1307.6514</v>
+        <v>1317.8184</v>
       </c>
       <c r="D55" s="14">
-        <v>1278.4</v>
+        <v>1284.4</v>
       </c>
       <c r="E55" s="14">
-        <v>1334.5</v>
+        <v>1345.2494</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>33</v>
       </c>
       <c r="B57" s="11">
         <v>15</v>
       </c>
       <c r="C57" s="10">
-        <v>-352.4175</v>
+        <v>-354.8691</v>
       </c>
       <c r="D57" s="10">
-        <v>-362.6</v>
+        <v>-360.7913</v>
       </c>
       <c r="E57" s="10">
-        <v>-342.5</v>
+        <v>-344.1</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="7" t="s">
         <v>34</v>
       </c>
       <c r="B58" s="15">
         <v>16</v>
       </c>
       <c r="C58" s="14">
-        <v>-353.4697</v>
+        <v>-356.2475</v>
       </c>
       <c r="D58" s="14">
-        <v>-360.3</v>
+        <v>-362.9713</v>
       </c>
       <c r="E58" s="14">
-        <v>-345.2</v>
+        <v>-346.8</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>35</v>
       </c>
       <c r="B60" s="11">
         <v>15</v>
       </c>
       <c r="C60" s="10">
-        <v>949.0964</v>
+        <v>956.8101</v>
       </c>
       <c r="D60" s="10">
-        <v>925.9</v>
+        <v>930.3</v>
       </c>
       <c r="E60" s="10">
-        <v>968.1284000000001</v>
+        <v>976.248</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="7" t="s">
         <v>36</v>
       </c>
       <c r="B61" s="15">
         <v>16</v>
       </c>
       <c r="C61" s="14">
-        <v>954.4446</v>
+        <v>961.8821</v>
       </c>
       <c r="D61" s="14">
-        <v>933.2</v>
+        <v>937.6</v>
       </c>
       <c r="E61" s="14">
-        <v>974.4</v>
+        <v>983.268</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>37</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>38</v>
       </c>
       <c r="B64" s="11">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C64" s="10">
-        <v>-5.1583</v>
+        <v>-4.5769</v>
       </c>
       <c r="D64" s="10">
         <v>-13.7</v>
       </c>
       <c r="E64" s="10">
         <v>12.7</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>39</v>
       </c>
       <c r="B65" s="11">
         <v>16</v>
       </c>
       <c r="C65" s="10">
-        <v>-20.5859</v>
+        <v>-16.0661</v>
       </c>
       <c r="D65" s="10">
-        <v>-31.747</v>
+        <v>-23.0586</v>
       </c>
       <c r="E65" s="10">
-        <v>-13.5</v>
+        <v>-10.2701</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>40</v>
       </c>
       <c r="B66" s="11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C66" s="10">
-        <v>728.6369999999999</v>
+        <v>720.0832</v>
       </c>
       <c r="D66" s="10">
-        <v>632.2</v>
+        <v>615.4</v>
       </c>
       <c r="E66" s="10">
-        <v>856.6051</v>
+        <v>862.5856</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>41</v>
       </c>
       <c r="B67" s="11">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C67" s="10">
-        <v>451.2195</v>
+        <v>436.9285</v>
       </c>
       <c r="D67" s="10">
-        <v>404.7</v>
+        <v>395.7</v>
       </c>
       <c r="E67" s="10">
-        <v>577.5</v>
+        <v>479.6826</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>42</v>
       </c>
       <c r="B69" s="11">
         <v>15</v>
       </c>
       <c r="C69" s="16">
-        <v>2.6286</v>
+        <v>2.6407</v>
       </c>
       <c r="D69" s="16">
-        <v>2.57</v>
+        <v>2.56</v>
       </c>
       <c r="E69" s="16">
-        <v>2.6775</v>
+        <v>2.6904</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B70" s="15">
         <v>16</v>
       </c>
       <c r="C70" s="17">
-        <v>2.6411</v>
+        <v>2.6532</v>
       </c>
       <c r="D70" s="17">
-        <v>2.59</v>
+        <v>2.58</v>
       </c>
       <c r="E70" s="17">
-        <v>2.7</v>
+        <v>2.7097</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B71" s="15">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C71" s="17">
-        <v>1.1747</v>
+        <v>1.1759</v>
       </c>
       <c r="D71" s="17">
-        <v>1.0318</v>
+        <v>1.0304</v>
       </c>
       <c r="E71" s="17">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B73" s="15">
         <v>16</v>
       </c>
       <c r="C73" s="17">
-        <v>678.9536000000001</v>
+        <v>660.5116</v>
       </c>
       <c r="D73" s="17">
-        <v>484.72</v>
+        <v>507.604</v>
       </c>
       <c r="E73" s="17">
-        <v>947.6143</v>
+        <v>841.9595</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="9" t="s">
         <v>47</v>
       </c>
       <c r="B76" s="19">
         <v>13</v>
       </c>
       <c r="C76" s="18">
-        <v>36.5489</v>
+        <v>36.6072</v>
       </c>
       <c r="D76" s="18">
-        <v>35.8098</v>
+        <v>36.2503</v>
       </c>
       <c r="E76" s="18">
-        <v>37.4041</v>
+        <v>37.4076</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="9" t="s">
         <v>48</v>
       </c>
       <c r="B77" s="19">
         <v>13</v>
       </c>
       <c r="C77" s="18">
-        <v>25.1496</v>
+        <v>25.1491</v>
       </c>
       <c r="D77" s="18">
-        <v>24.2173</v>
+        <v>24.7596</v>
       </c>
       <c r="E77" s="18">
-        <v>25.9781</v>
+        <v>25.8604</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="9" t="s">
         <v>49</v>
       </c>
       <c r="B78" s="19">
         <v>16</v>
       </c>
       <c r="C78" s="18">
-        <v>11.4558</v>
+        <v>11.5177</v>
       </c>
       <c r="D78" s="18">
-        <v>11.2277</v>
+        <v>11.2463</v>
       </c>
       <c r="E78" s="18">
-        <v>11.6579</v>
+        <v>11.7318</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="9" t="s">
         <v>50</v>
       </c>
       <c r="B79" s="19">
         <v>16</v>
       </c>
       <c r="C79" s="18">
-        <v>27.031</v>
+        <v>27.0334</v>
       </c>
       <c r="D79" s="18">
-        <v>26.9327</v>
+        <v>26.9305</v>
       </c>
       <c r="E79" s="18">
-        <v>27.3322</v>
+        <v>27.3316</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="9" t="s">
         <v>51</v>
       </c>
       <c r="B80" s="19">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C80" s="18">
-        <v>6.3049</v>
+        <v>6.2319</v>
       </c>
       <c r="D80" s="18">
-        <v>5.4498</v>
+        <v>5.3122</v>
       </c>
       <c r="E80" s="18">
-        <v>7.5219</v>
+        <v>7.518</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>53</v>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>54</v>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
     </row>