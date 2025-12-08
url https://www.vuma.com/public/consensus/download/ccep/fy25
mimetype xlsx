--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Coca-Cola Europacific Partners</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>09/10/25</t>
+    <t>18/11/25</t>
   </si>
   <si>
     <t>Comparable (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Total CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Gross profit: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: TOTAL CCEP</t>
   </si>
@@ -760,783 +760,783 @@
         <v>7</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C7" s="8">
-        <v>15443.0423</v>
+        <v>15470.7018</v>
       </c>
       <c r="D7" s="8">
-        <v>15280.8739</v>
+        <v>15405.5227</v>
       </c>
       <c r="E7" s="8">
-        <v>15516.045</v>
+        <v>15522.5822</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="9">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C8" s="9">
-        <v>2145.0392</v>
+        <v>2150.3701</v>
       </c>
       <c r="D8" s="9">
         <v>2096.61</v>
       </c>
       <c r="E8" s="9">
-        <v>2213</v>
+        <v>2204.53</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C10" s="8">
-        <v>5507.2875</v>
+        <v>5510.109</v>
       </c>
       <c r="D10" s="8">
-        <v>5370.8055</v>
+        <v>5449.652</v>
       </c>
       <c r="E10" s="8">
-        <v>5709.2959</v>
+        <v>5593.628</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="9">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C11" s="9">
-        <v>654.2136</v>
+        <v>648.3084</v>
       </c>
       <c r="D11" s="9">
-        <v>580</v>
+        <v>598.3398999999999</v>
       </c>
       <c r="E11" s="9">
-        <v>697.3896999999999</v>
+        <v>676.5518</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C13" s="8">
-        <v>20960.7081</v>
+        <v>20979.8726</v>
       </c>
       <c r="D13" s="8">
-        <v>20655.0259</v>
+        <v>20909.6425</v>
       </c>
       <c r="E13" s="8">
-        <v>21145.3983</v>
+        <v>21074.7463</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="8">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C14" s="8">
-        <v>7482.243</v>
+        <v>7457.5243</v>
       </c>
       <c r="D14" s="8">
-        <v>7320.628</v>
+        <v>7275.3551</v>
       </c>
       <c r="E14" s="8">
-        <v>7677.437</v>
+        <v>7573.1863</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="9">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C15" s="9">
-        <v>2794.2313</v>
+        <v>2798.0804</v>
       </c>
       <c r="D15" s="9">
         <v>2746.29</v>
       </c>
       <c r="E15" s="9">
-        <v>2816.2968</v>
+        <v>2819.8766</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C17" s="8">
-        <v>219.1559</v>
+        <v>219.2411</v>
       </c>
       <c r="D17" s="8">
-        <v>210.4773</v>
+        <v>195.429</v>
       </c>
       <c r="E17" s="8">
-        <v>229.4635</v>
+        <v>235</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C18" s="8">
-        <v>666.9404</v>
+        <v>669.2553</v>
       </c>
       <c r="D18" s="8">
-        <v>638.534</v>
+        <v>639.7359</v>
       </c>
       <c r="E18" s="8">
-        <v>675.5112</v>
+        <v>681.3424</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C19" s="8">
-        <v>1895.2977</v>
+        <v>1894.909</v>
       </c>
       <c r="D19" s="8">
-        <v>1862.7346</v>
+        <v>1862.9567</v>
       </c>
       <c r="E19" s="8">
-        <v>1924.7129</v>
+        <v>1921.5488</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C20" s="8">
-        <v>42.6012</v>
+        <v>42.9219</v>
       </c>
       <c r="D20" s="8">
         <v>36.6</v>
       </c>
       <c r="E20" s="8">
-        <v>48.5571</v>
+        <v>49.1583</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="11">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C21" s="10">
-        <v>4.0849</v>
+        <v>4.0913</v>
       </c>
       <c r="D21" s="10">
-        <v>4.0301</v>
+        <v>4.0375</v>
       </c>
       <c r="E21" s="10">
-        <v>4.1172</v>
+        <v>4.1235</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C24" s="12">
-        <v>-0.2581</v>
+        <v>-0.2013</v>
       </c>
       <c r="D24" s="12">
-        <v>-1.0132</v>
+        <v>-0.8305</v>
       </c>
       <c r="E24" s="12">
-        <v>0.1</v>
+        <v>0.6917</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="8">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C25" s="12">
-        <v>3.679</v>
+        <v>3.6767</v>
       </c>
       <c r="D25" s="12">
-        <v>2.9</v>
+        <v>2.8138</v>
       </c>
       <c r="E25" s="12">
-        <v>4.1638</v>
+        <v>4.1573</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C26" s="12">
-        <v>3.4077</v>
+        <v>3.5594</v>
       </c>
       <c r="D26" s="12">
-        <v>2.6613</v>
+        <v>3.2208</v>
       </c>
       <c r="E26" s="12">
-        <v>3.7838</v>
+        <v>3.9428</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C27" s="12">
-        <v>3.2123</v>
+        <v>3.322</v>
       </c>
       <c r="D27" s="12">
-        <v>2.0922</v>
+        <v>2.9024</v>
       </c>
       <c r="E27" s="12">
-        <v>3.6407</v>
+        <v>3.6843</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C30" s="12">
-        <v>0.2094</v>
+        <v>0.2646</v>
       </c>
       <c r="D30" s="12">
-        <v>-1.5623</v>
+        <v>-0.7537</v>
       </c>
       <c r="E30" s="12">
-        <v>0.9732</v>
+        <v>1.1811</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>23</v>
       </c>
       <c r="B31" s="8">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C31" s="12">
-        <v>1.5838</v>
+        <v>1.7475</v>
       </c>
       <c r="D31" s="12">
-        <v>0.5073</v>
+        <v>1.0097</v>
       </c>
       <c r="E31" s="12">
-        <v>3.4265</v>
+        <v>3.2554</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>24</v>
       </c>
       <c r="B32" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C32" s="12">
-        <v>1.9081</v>
+        <v>2.1937</v>
       </c>
       <c r="D32" s="12">
-        <v>-0.7318</v>
+        <v>1.6287</v>
       </c>
       <c r="E32" s="12">
-        <v>3.4</v>
+        <v>3.3079</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>25</v>
       </c>
       <c r="B33" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C33" s="12">
-        <v>-2.9222</v>
+        <v>-3.022</v>
       </c>
       <c r="D33" s="12">
-        <v>-5.4682</v>
+        <v>-4.9756</v>
       </c>
       <c r="E33" s="12">
-        <v>3.3046</v>
+        <v>5.9207</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C36" s="12">
-        <v>-0.0955</v>
+        <v>-0.0202</v>
       </c>
       <c r="D36" s="12">
-        <v>-0.9749</v>
+        <v>-0.7896</v>
       </c>
       <c r="E36" s="12">
-        <v>0.3</v>
+        <v>0.6987</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>23</v>
       </c>
       <c r="B37" s="8">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C37" s="12">
-        <v>3.108</v>
+        <v>3.1543</v>
       </c>
       <c r="D37" s="12">
-        <v>2.8</v>
+        <v>2.7455</v>
       </c>
       <c r="E37" s="12">
-        <v>3.6876</v>
+        <v>3.7342</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C38" s="12">
-        <v>2.9971</v>
+        <v>3.1574</v>
       </c>
       <c r="D38" s="12">
-        <v>1.7364</v>
+        <v>2.9311</v>
       </c>
       <c r="E38" s="12">
-        <v>3.3435</v>
+        <v>3.4794</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>25</v>
       </c>
       <c r="B39" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C39" s="12">
-        <v>1.5092</v>
+        <v>1.5628</v>
       </c>
       <c r="D39" s="12">
-        <v>0.8945</v>
+        <v>0.9835</v>
       </c>
       <c r="E39" s="12">
-        <v>2.5675</v>
+        <v>3.6804</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>29</v>
       </c>
       <c r="B41" s="8">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C41" s="12">
-        <v>2.5483</v>
+        <v>2.6242</v>
       </c>
       <c r="D41" s="12">
-        <v>2.1127</v>
+        <v>1.7039</v>
       </c>
       <c r="E41" s="12">
-        <v>3.6133</v>
+        <v>4.1363</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>30</v>
       </c>
       <c r="B42" s="8">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C42" s="12">
-        <v>6.808</v>
+        <v>6.9478</v>
       </c>
       <c r="D42" s="12">
-        <v>6.037</v>
+        <v>6.481</v>
       </c>
       <c r="E42" s="12">
-        <v>7.3359</v>
+        <v>7.5349</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>31</v>
       </c>
       <c r="B43" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C43" s="12">
-        <v>4.9869</v>
+        <v>5.0675</v>
       </c>
       <c r="D43" s="12">
-        <v>3.5404</v>
+        <v>3.7138</v>
       </c>
       <c r="E43" s="12">
         <v>7.1135</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>32</v>
       </c>
       <c r="B44" s="8">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C44" s="12">
-        <v>4.7121</v>
+        <v>4.8872</v>
       </c>
       <c r="D44" s="12">
-        <v>2.6</v>
+        <v>3</v>
       </c>
       <c r="E44" s="12">
-        <v>6.4841</v>
+        <v>6.7235</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>34</v>
       </c>
       <c r="B48" s="8">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C48" s="12">
-        <v>35.6972</v>
+        <v>35.5562</v>
       </c>
       <c r="D48" s="12">
-        <v>34.8828</v>
+        <v>34.6969</v>
       </c>
       <c r="E48" s="12">
-        <v>36.5731</v>
+        <v>36.214</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>35</v>
       </c>
       <c r="B49" s="8">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C49" s="12">
-        <v>13.3308</v>
+        <v>13.337</v>
       </c>
       <c r="D49" s="12">
-        <v>13.1878</v>
+        <v>13.1324</v>
       </c>
       <c r="E49" s="12">
-        <v>13.4379</v>
+        <v>13.4386</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="8">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C50" s="12">
-        <v>25.9507</v>
+        <v>26.0346</v>
       </c>
       <c r="D50" s="12">
-        <v>25.4802</v>
+        <v>25.6173</v>
       </c>
       <c r="E50" s="12">
-        <v>26.1974</v>
+        <v>26.3918</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>38</v>
       </c>
       <c r="B53" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C53" s="13">
-        <v>2.0493</v>
+        <v>2.0447</v>
       </c>
       <c r="D53" s="13">
-        <v>2.0167</v>
+        <v>2.0392</v>
       </c>
       <c r="E53" s="13">
-        <v>2.0801</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>39</v>
       </c>
       <c r="B54" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C54" s="8">
-        <v>954.2922</v>
+        <v>956.0196</v>
       </c>
       <c r="D54" s="8">
-        <v>868.749</v>
+        <v>868.7251</v>
       </c>
       <c r="E54" s="8">
-        <v>1147.5078</v>
+        <v>1146.9171</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>40</v>
       </c>
       <c r="B56" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C56" s="8">
-        <v>1016.3954</v>
+        <v>1026.5137</v>
       </c>
       <c r="D56" s="8">
-        <v>759.4555</v>
+        <v>760.2003</v>
       </c>
       <c r="E56" s="8">
-        <v>1307.9031</v>
+        <v>1316.3261</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>41</v>
       </c>
       <c r="B57" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C57" s="8">
-        <v>1744.4038</v>
+        <v>1745.9718</v>
       </c>
       <c r="D57" s="8">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="E57" s="8">
-        <v>1910.8882</v>
+        <v>1901.8302</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>42</v>
       </c>
       <c r="B58" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C58" s="8">
-        <v>9818.574500000001</v>
+        <v>9922.2639</v>
       </c>
       <c r="D58" s="8">
-        <v>9054</v>
+        <v>9089.9596</v>
       </c>
       <c r="E58" s="8">
-        <v>10207.2087</v>
+        <v>10327.5377</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>43</v>
       </c>
       <c r="B59" s="8">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C59" s="8">
-        <v>933.2776</v>
+        <v>930.0633</v>
       </c>
       <c r="D59" s="8">
-        <v>909.5121</v>
+        <v>916.2089999999999</v>
       </c>
       <c r="E59" s="8">
-        <v>951.2988</v>
+        <v>950.52</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="14" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>45</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>46</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
     </row>