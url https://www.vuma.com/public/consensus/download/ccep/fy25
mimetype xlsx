--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Coca-Cola Europacific Partners</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>18/11/25</t>
+    <t>13/01/26</t>
   </si>
   <si>
     <t>Comparable (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Total CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Gross profit: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: TOTAL CCEP</t>
   </si>
@@ -760,777 +760,777 @@
         <v>7</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C7" s="8">
-        <v>15470.7018</v>
+        <v>15413.9383</v>
       </c>
       <c r="D7" s="8">
-        <v>15405.5227</v>
+        <v>15291.3086</v>
       </c>
       <c r="E7" s="8">
-        <v>15522.5822</v>
+        <v>15492.6402</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="9">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C8" s="9">
-        <v>2150.3701</v>
+        <v>2145.9502</v>
       </c>
       <c r="D8" s="9">
-        <v>2096.61</v>
+        <v>2076.15</v>
       </c>
       <c r="E8" s="9">
-        <v>2204.53</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C10" s="8">
-        <v>5510.109</v>
+        <v>5495.0753</v>
       </c>
       <c r="D10" s="8">
-        <v>5449.652</v>
+        <v>5417.5296</v>
       </c>
       <c r="E10" s="8">
-        <v>5593.628</v>
+        <v>5581.4925</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="9">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C11" s="9">
-        <v>648.3084</v>
+        <v>650.6357</v>
       </c>
       <c r="D11" s="9">
-        <v>598.3398999999999</v>
+        <v>600</v>
       </c>
       <c r="E11" s="9">
-        <v>676.5518</v>
+        <v>676.7678</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C13" s="8">
-        <v>20979.8726</v>
+        <v>20909.0851</v>
       </c>
       <c r="D13" s="8">
-        <v>20909.6425</v>
+        <v>20798.1272</v>
       </c>
       <c r="E13" s="8">
-        <v>21074.7463</v>
+        <v>20977.677</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C14" s="8">
-        <v>7457.5243</v>
+        <v>7451.6166</v>
       </c>
       <c r="D14" s="8">
-        <v>7275.3551</v>
+        <v>7367.494</v>
       </c>
       <c r="E14" s="8">
-        <v>7573.1863</v>
+        <v>7530.927</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="9">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C15" s="9">
-        <v>2798.0804</v>
+        <v>2795.5958</v>
       </c>
       <c r="D15" s="9">
-        <v>2746.29</v>
+        <v>2746.35</v>
       </c>
       <c r="E15" s="9">
-        <v>2819.8766</v>
+        <v>2815.9381</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C17" s="8">
-        <v>219.2411</v>
+        <v>217.5677</v>
       </c>
       <c r="D17" s="8">
-        <v>195.429</v>
+        <v>195.9172</v>
       </c>
       <c r="E17" s="8">
         <v>235</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C18" s="8">
-        <v>669.2553</v>
+        <v>669.7714</v>
       </c>
       <c r="D18" s="8">
-        <v>639.7359</v>
+        <v>651.0468</v>
       </c>
       <c r="E18" s="8">
-        <v>681.3424</v>
+        <v>679.7153</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C19" s="8">
-        <v>1894.909</v>
+        <v>1895.1156</v>
       </c>
       <c r="D19" s="8">
-        <v>1862.9567</v>
+        <v>1864.4685</v>
       </c>
       <c r="E19" s="8">
-        <v>1921.5488</v>
+        <v>1917.6091</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C20" s="8">
-        <v>42.9219</v>
+        <v>42.2286</v>
       </c>
       <c r="D20" s="8">
         <v>36.6</v>
       </c>
       <c r="E20" s="8">
-        <v>49.1583</v>
+        <v>49.15</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="11">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C21" s="10">
-        <v>4.0913</v>
+        <v>4.0901</v>
       </c>
       <c r="D21" s="10">
-        <v>4.0375</v>
+        <v>4.06</v>
       </c>
       <c r="E21" s="10">
-        <v>4.1235</v>
+        <v>4.1128</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C24" s="12">
-        <v>-0.2013</v>
+        <v>-0.5177</v>
       </c>
       <c r="D24" s="12">
-        <v>-0.8305</v>
+        <v>-1.0588</v>
       </c>
       <c r="E24" s="12">
-        <v>0.6917</v>
+        <v>0.1989</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="8">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C25" s="12">
-        <v>3.6767</v>
+        <v>3.6552</v>
       </c>
       <c r="D25" s="12">
-        <v>2.8138</v>
+        <v>2.9217</v>
       </c>
       <c r="E25" s="12">
         <v>4.1573</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C26" s="12">
-        <v>3.5594</v>
+        <v>3.1715</v>
       </c>
       <c r="D26" s="12">
-        <v>3.2208</v>
+        <v>2.709</v>
       </c>
       <c r="E26" s="12">
-        <v>3.9428</v>
+        <v>3.7235</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C27" s="12">
-        <v>3.322</v>
+        <v>2.9465</v>
       </c>
       <c r="D27" s="12">
-        <v>2.9024</v>
+        <v>2.1395</v>
       </c>
       <c r="E27" s="12">
-        <v>3.6843</v>
+        <v>3.4843</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C30" s="12">
-        <v>0.2646</v>
+        <v>0.2729</v>
       </c>
       <c r="D30" s="12">
-        <v>-0.7537</v>
+        <v>-1.2561</v>
       </c>
       <c r="E30" s="12">
-        <v>1.1811</v>
+        <v>1.1144</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>23</v>
       </c>
       <c r="B31" s="8">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C31" s="12">
-        <v>1.7475</v>
+        <v>1.6538</v>
       </c>
       <c r="D31" s="12">
-        <v>1.0097</v>
+        <v>0.9143</v>
       </c>
       <c r="E31" s="12">
-        <v>3.2554</v>
+        <v>3.2448</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>24</v>
       </c>
       <c r="B32" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C32" s="12">
-        <v>2.1937</v>
+        <v>2.0638</v>
       </c>
       <c r="D32" s="12">
-        <v>1.6287</v>
+        <v>1.4832</v>
       </c>
       <c r="E32" s="12">
-        <v>3.3079</v>
+        <v>3.3072</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>25</v>
       </c>
       <c r="B33" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C33" s="12">
-        <v>-3.022</v>
+        <v>-3.4141</v>
       </c>
       <c r="D33" s="12">
-        <v>-4.9756</v>
+        <v>-5.5357</v>
       </c>
       <c r="E33" s="12">
         <v>5.9207</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="5"/>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>27</v>
       </c>
       <c r="B36" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C36" s="12">
-        <v>-0.0202</v>
+        <v>-0.2441</v>
       </c>
       <c r="D36" s="12">
-        <v>-0.7896</v>
+        <v>-0.9771</v>
       </c>
       <c r="E36" s="12">
-        <v>0.6987</v>
+        <v>0.284</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>23</v>
       </c>
       <c r="B37" s="8">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C37" s="12">
-        <v>3.1543</v>
+        <v>3.101</v>
       </c>
       <c r="D37" s="12">
-        <v>2.7455</v>
+        <v>2.8445</v>
       </c>
       <c r="E37" s="12">
-        <v>3.7342</v>
+        <v>3.7643</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>24</v>
       </c>
       <c r="B38" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C38" s="12">
-        <v>3.1574</v>
+        <v>2.8455</v>
       </c>
       <c r="D38" s="12">
-        <v>2.9311</v>
+        <v>2.4356</v>
       </c>
       <c r="E38" s="12">
-        <v>3.4794</v>
+        <v>3.0209</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>25</v>
       </c>
       <c r="B39" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C39" s="12">
-        <v>1.5628</v>
+        <v>1.1855</v>
       </c>
       <c r="D39" s="12">
-        <v>0.9835</v>
+        <v>0.605</v>
       </c>
       <c r="E39" s="12">
-        <v>3.6804</v>
+        <v>3.1142</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>29</v>
       </c>
       <c r="B41" s="8">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C41" s="12">
-        <v>2.6242</v>
+        <v>2.6838</v>
       </c>
       <c r="D41" s="12">
-        <v>1.7039</v>
+        <v>1.7</v>
       </c>
       <c r="E41" s="12">
-        <v>4.1363</v>
+        <v>4.1732</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>30</v>
       </c>
       <c r="B42" s="8">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C42" s="12">
-        <v>6.9478</v>
+        <v>6.7994</v>
       </c>
       <c r="D42" s="12">
-        <v>6.481</v>
+        <v>6.142</v>
       </c>
       <c r="E42" s="12">
-        <v>7.5349</v>
+        <v>7.1053</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>31</v>
       </c>
       <c r="B43" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C43" s="12">
-        <v>5.0675</v>
+        <v>4.6382</v>
       </c>
       <c r="D43" s="12">
-        <v>3.7138</v>
+        <v>0</v>
       </c>
       <c r="E43" s="12">
-        <v>7.1135</v>
+        <v>7.1157</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>32</v>
       </c>
       <c r="B44" s="8">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C44" s="12">
-        <v>4.8872</v>
+        <v>4.955</v>
       </c>
       <c r="D44" s="12">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="E44" s="12">
-        <v>6.7235</v>
+        <v>6.4124</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
       <c r="E47" s="5"/>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>34</v>
       </c>
       <c r="B48" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C48" s="12">
-        <v>35.5562</v>
+        <v>35.6474</v>
       </c>
       <c r="D48" s="12">
-        <v>34.6969</v>
+        <v>35.2083</v>
       </c>
       <c r="E48" s="12">
-        <v>36.214</v>
+        <v>36.2096</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>35</v>
       </c>
       <c r="B49" s="8">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C49" s="12">
-        <v>13.337</v>
+        <v>13.3702</v>
       </c>
       <c r="D49" s="12">
-        <v>13.1324</v>
+        <v>13.1904</v>
       </c>
       <c r="E49" s="12">
-        <v>13.4386</v>
+        <v>13.4537</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="8">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C50" s="12">
-        <v>26.0346</v>
+        <v>25.9885</v>
       </c>
       <c r="D50" s="12">
         <v>25.6173</v>
       </c>
       <c r="E50" s="12">
-        <v>26.3918</v>
+        <v>26.1963</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
       <c r="E52" s="5"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>38</v>
       </c>
       <c r="B53" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C53" s="13">
-        <v>2.0447</v>
+        <v>2.0452</v>
       </c>
       <c r="D53" s="13">
-        <v>2.0392</v>
+        <v>2.04</v>
       </c>
       <c r="E53" s="13">
         <v>2.07</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>39</v>
       </c>
       <c r="B54" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C54" s="8">
-        <v>956.0196</v>
+        <v>953.3099</v>
       </c>
       <c r="D54" s="8">
-        <v>868.7251</v>
+        <v>868.6658</v>
       </c>
       <c r="E54" s="8">
-        <v>1146.9171</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>40</v>
       </c>
       <c r="B56" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C56" s="8">
-        <v>1026.5137</v>
+        <v>1020.1649</v>
       </c>
       <c r="D56" s="8">
-        <v>760.2003</v>
+        <v>757.6392</v>
       </c>
       <c r="E56" s="8">
-        <v>1316.3261</v>
+        <v>1313.1085</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>41</v>
       </c>
       <c r="B57" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C57" s="8">
-        <v>1745.9718</v>
+        <v>1745.2856</v>
       </c>
       <c r="D57" s="8">
-        <v>1637</v>
+        <v>1630</v>
       </c>
       <c r="E57" s="8">
-        <v>1901.8302</v>
+        <v>1897.5954</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>42</v>
       </c>
       <c r="B58" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C58" s="8">
-        <v>9922.2639</v>
+        <v>9903.761</v>
       </c>
       <c r="D58" s="8">
-        <v>9089.9596</v>
+        <v>9096</v>
       </c>
       <c r="E58" s="8">
-        <v>10327.5377</v>
+        <v>10313.288</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>43</v>
       </c>
       <c r="B59" s="8">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C59" s="8">
-        <v>930.0633</v>
+        <v>930.7509</v>
       </c>
       <c r="D59" s="8">
         <v>916.2089999999999</v>
       </c>
       <c r="E59" s="8">
         <v>950.52</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="14" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>45</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>46</v>