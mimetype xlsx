--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -20,57 +20,57 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Coca-Cola Europacific Partners</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
-    <t>Q3 FY25</t>
+    <t>FY26</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>09/10/25</t>
+    <t>18/11/25</t>
   </si>
   <si>
     <t>Comparable (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Total CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Gross profit: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: TOTAL CCEP</t>
   </si>
@@ -201,51 +201,51 @@
     <t>has not been adjusted to exclude any submission. It is assumed that the submissions reflect the analysts’</t>
   </si>
   <si>
     <t>genuine opinions, forecasts, estimates, projections and predictions and that the analysts will, if relevant,</t>
   </si>
   <si>
     <t>identify and disclose all conflicts of interest that are known or reasonably expected to be known to relate</t>
   </si>
   <si>
     <t>to them. No analyst has been paid a fee, commission or received a non-monetary benefit from the Company or</t>
   </si>
   <si>
     <t>any person connected to the Company for their submission.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="10">
+  <fonts count="9">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -270,101 +270,92 @@
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000055"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
-      <sz val="10"/>
-[...7 lines deleted...]
-      <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FFAA4020"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border/>
     <border>
       <bottom style="medium">
         <color rgb="FFAAAAAA"/>
       </bottom>
     </border>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
@@ -373,75 +364,55 @@
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="true">
-[...16 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...2 lines deleted...]
-    <xf xfId="0" fontId="9" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -767,489 +738,533 @@
     </row>
     <row r="4" spans="1:3">
       <c r="B4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="8">
-        <v>15443.0423</v>
+        <v>15470.7018</v>
       </c>
       <c r="C7" s="8">
-        <v>4185.9432</v>
+        <v>15920.9525</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="9">
-        <v>2145.0392</v>
-[...1 lines deleted...]
-      <c r="C8" s="13"/>
+        <v>2150.3701</v>
+      </c>
+      <c r="C8" s="9">
+        <v>2276.6232</v>
+      </c>
     </row>
     <row r="9" spans="1:3">
       <c r="B9"/>
       <c r="C9"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="8">
-        <v>5507.2875</v>
+        <v>5510.109</v>
       </c>
       <c r="C10" s="8">
-        <v>1214.7241</v>
+        <v>5595.0836</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="9">
-        <v>654.2136</v>
-[...1 lines deleted...]
-      <c r="C11" s="13"/>
+        <v>648.3084</v>
+      </c>
+      <c r="C11" s="9">
+        <v>689.3877</v>
+      </c>
     </row>
     <row r="12" spans="1:3">
       <c r="B12"/>
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="8">
-        <v>20960.7081</v>
+        <v>20979.8726</v>
       </c>
       <c r="C13" s="8">
-        <v>5400.6673</v>
+        <v>21516.0361</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="8">
-        <v>7482.243</v>
-[...1 lines deleted...]
-      <c r="C14" s="14"/>
+        <v>7457.5243</v>
+      </c>
+      <c r="C14" s="8">
+        <v>7657.3829</v>
+      </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="9">
-        <v>2794.2313</v>
-[...1 lines deleted...]
-      <c r="C15" s="13"/>
+        <v>2798.0804</v>
+      </c>
+      <c r="C15" s="9">
+        <v>2966.7897</v>
+      </c>
     </row>
     <row r="16" spans="1:3">
       <c r="B16"/>
       <c r="C16"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="8">
-        <v>219.1559</v>
-[...1 lines deleted...]
-      <c r="C17" s="14"/>
+        <v>219.2411</v>
+      </c>
+      <c r="C17" s="8">
+        <v>212.2268</v>
+      </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="8">
-        <v>666.9404</v>
-[...1 lines deleted...]
-      <c r="C18" s="14"/>
+        <v>669.2553</v>
+      </c>
+      <c r="C18" s="8">
+        <v>713.0658</v>
+      </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="8">
-        <v>1895.2977</v>
-[...1 lines deleted...]
-      <c r="C19" s="14"/>
+        <v>1894.909</v>
+      </c>
+      <c r="C19" s="8">
+        <v>2021.8989</v>
+      </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="8">
-        <v>42.6012</v>
-[...1 lines deleted...]
-      <c r="C20" s="14"/>
+        <v>42.9219</v>
+      </c>
+      <c r="C20" s="8">
+        <v>46.9845</v>
+      </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="10">
-        <v>4.0849</v>
-[...1 lines deleted...]
-      <c r="C21" s="15"/>
+        <v>4.0913</v>
+      </c>
+      <c r="C21" s="10">
+        <v>4.4474</v>
+      </c>
     </row>
     <row r="22" spans="1:3">
       <c r="B22"/>
       <c r="C22"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="11">
-        <v>-0.2581</v>
+        <v>-0.2013</v>
       </c>
       <c r="C24" s="11">
-        <v>0.8334</v>
+        <v>0.9211</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="11">
-        <v>3.679</v>
+        <v>3.6767</v>
       </c>
       <c r="C25" s="11">
-        <v>3.3436</v>
+        <v>2.3423</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="11">
-        <v>3.4077</v>
+        <v>3.5594</v>
       </c>
       <c r="C26" s="11">
-        <v>4.0429</v>
+        <v>3.3339</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="11">
-        <v>3.2123</v>
+        <v>3.322</v>
       </c>
       <c r="C27" s="11">
-        <v>3.6577</v>
+        <v>2.8931</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="B28"/>
       <c r="C28"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>24</v>
       </c>
       <c r="B30" s="11">
-        <v>0.2094</v>
+        <v>0.2646</v>
       </c>
       <c r="C30" s="11">
-        <v>-1.2429</v>
+        <v>2.7414</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" s="11">
-        <v>1.5838</v>
+        <v>1.7475</v>
       </c>
       <c r="C31" s="11">
-        <v>0.0608</v>
+        <v>1.3716</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>21</v>
       </c>
       <c r="B32" s="11">
-        <v>1.9081</v>
+        <v>2.1937</v>
       </c>
       <c r="C32" s="11">
-        <v>-1.3797</v>
+        <v>3.5282</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>22</v>
       </c>
       <c r="B33" s="11">
-        <v>-2.9222</v>
+        <v>-3.022</v>
       </c>
       <c r="C33" s="11">
-        <v>-7.7426</v>
+        <v>1.6349</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="B34"/>
       <c r="C34"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="11">
-        <v>-0.0955</v>
+        <v>-0.0202</v>
       </c>
       <c r="C36" s="11">
-        <v>0.1775</v>
+        <v>1.5457</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>20</v>
       </c>
       <c r="B37" s="11">
-        <v>3.108</v>
+        <v>3.1543</v>
       </c>
       <c r="C37" s="11">
-        <v>2.6568</v>
+        <v>1.9663</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>21</v>
       </c>
       <c r="B38" s="11">
-        <v>2.9971</v>
+        <v>3.1574</v>
       </c>
       <c r="C38" s="11">
-        <v>2.6999</v>
+        <v>3.3806</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>22</v>
       </c>
       <c r="B39" s="11">
-        <v>1.5092</v>
+        <v>1.5628</v>
       </c>
       <c r="C39" s="11">
-        <v>0.849</v>
+        <v>2.5615</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="B40"/>
       <c r="C40"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>26</v>
       </c>
       <c r="B41" s="11">
-        <v>2.5483</v>
-[...1 lines deleted...]
-      <c r="C41" s="16"/>
+        <v>2.6242</v>
+      </c>
+      <c r="C41" s="11">
+        <v>1.7829</v>
+      </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>27</v>
       </c>
       <c r="B42" s="11">
-        <v>6.808</v>
-[...1 lines deleted...]
-      <c r="C42" s="16"/>
+        <v>6.9478</v>
+      </c>
+      <c r="C42" s="11">
+        <v>7.0036</v>
+      </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>28</v>
       </c>
       <c r="B43" s="11">
-        <v>4.9869</v>
-[...1 lines deleted...]
-      <c r="C43" s="16"/>
+        <v>5.0675</v>
+      </c>
+      <c r="C43" s="11">
+        <v>6.0385</v>
+      </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>29</v>
       </c>
       <c r="B44" s="11">
-        <v>4.7121</v>
-[...1 lines deleted...]
-      <c r="C44" s="16"/>
+        <v>4.8872</v>
+      </c>
+      <c r="C44" s="11">
+        <v>9.2522</v>
+      </c>
     </row>
     <row r="45" spans="1:3">
       <c r="B45"/>
       <c r="C45"/>
     </row>
     <row r="46" spans="1:3">
       <c r="B46"/>
       <c r="C46"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>31</v>
       </c>
       <c r="B48" s="11">
-        <v>35.6972</v>
-[...1 lines deleted...]
-      <c r="C48" s="16"/>
+        <v>35.5562</v>
+      </c>
+      <c r="C48" s="11">
+        <v>35.6103</v>
+      </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>32</v>
       </c>
       <c r="B49" s="11">
-        <v>13.3308</v>
-[...1 lines deleted...]
-      <c r="C49" s="16"/>
+        <v>13.337</v>
+      </c>
+      <c r="C49" s="11">
+        <v>13.7891</v>
+      </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>33</v>
       </c>
       <c r="B50" s="11">
-        <v>25.9507</v>
-[...1 lines deleted...]
-      <c r="C50" s="16"/>
+        <v>26.0346</v>
+      </c>
+      <c r="C50" s="11">
+        <v>25.9309</v>
+      </c>
     </row>
     <row r="51" spans="1:3">
       <c r="B51"/>
       <c r="C51"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>35</v>
       </c>
       <c r="B53" s="12">
-        <v>2.0493</v>
-[...1 lines deleted...]
-      <c r="C53" s="17"/>
+        <v>2.0447</v>
+      </c>
+      <c r="C53" s="12">
+        <v>2.2108</v>
+      </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>36</v>
       </c>
       <c r="B54" s="8">
-        <v>954.2922</v>
-[...1 lines deleted...]
-      <c r="C54" s="14"/>
+        <v>956.0196</v>
+      </c>
+      <c r="C54" s="8">
+        <v>976.7406999999999</v>
+      </c>
     </row>
     <row r="55" spans="1:3">
       <c r="B55"/>
       <c r="C55"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>37</v>
       </c>
       <c r="B56" s="8">
-        <v>1016.3954</v>
-[...1 lines deleted...]
-      <c r="C56" s="14"/>
+        <v>1026.5137</v>
+      </c>
+      <c r="C56" s="8">
+        <v>1079.5983</v>
+      </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>38</v>
       </c>
       <c r="B57" s="8">
-        <v>1744.4038</v>
-[...1 lines deleted...]
-      <c r="C57" s="14"/>
+        <v>1745.9718</v>
+      </c>
+      <c r="C57" s="8">
+        <v>1792.768</v>
+      </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>39</v>
       </c>
       <c r="B58" s="8">
-        <v>9818.574500000001</v>
-[...1 lines deleted...]
-      <c r="C58" s="14"/>
+        <v>9922.2639</v>
+      </c>
+      <c r="C58" s="8">
+        <v>9684.4529</v>
+      </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>40</v>
       </c>
       <c r="B59" s="8">
-        <v>933.2776</v>
-[...1 lines deleted...]
-      <c r="C59" s="14"/>
+        <v>930.0633</v>
+      </c>
+      <c r="C59" s="8">
+        <v>986.2033</v>
+      </c>
     </row>
     <row r="61" spans="1:3">
-      <c r="A61" s="18" t="s">
+      <c r="A61" s="13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>42</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>43</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>44</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
     </row>
     <row r="65" spans="1:3">
@@ -1334,51 +1349,51 @@
       <c r="B76"/>
       <c r="C76"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>56</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>57</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>58</v>
       </c>
       <c r="B79"/>
       <c r="C79"/>
     </row>
     <row r="81" spans="1:3">
-      <c r="A81" s="19" t="s">
+      <c r="A81" s="14" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A62:C62"/>
     <mergeCell ref="A63:C63"/>
     <mergeCell ref="A64:C64"/>
     <mergeCell ref="A65:C65"/>
     <mergeCell ref="A66:C66"/>
     <mergeCell ref="A67:C67"/>
     <mergeCell ref="A68:C68"/>
     <mergeCell ref="A69:C69"/>
     <mergeCell ref="A70:C70"/>
     <mergeCell ref="A71:C71"/>
     <mergeCell ref="A72:C72"/>
     <mergeCell ref="A73:C73"/>
     <mergeCell ref="A74:C74"/>
     <mergeCell ref="A75:C75"/>
     <mergeCell ref="A76:C76"/>
     <mergeCell ref="A77:C77"/>
     <mergeCell ref="A78:C78"/>
     <mergeCell ref="A79:C79"/>
   </mergeCells>