--- v1 (2025-12-07)
+++ v2 (2026-01-27)
@@ -20,57 +20,60 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Coca-Cola Europacific Partners</t>
   </si>
   <si>
     <t>FY25</t>
   </si>
   <si>
+    <t>Q4 FY25</t>
+  </si>
+  <si>
     <t>FY26</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>18/11/25</t>
+    <t>13/01/26</t>
   </si>
   <si>
     <t>Comparable (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Total CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Gross profit: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: TOTAL CCEP</t>
   </si>
@@ -140,112 +143,109 @@
   <si>
     <t>Other Items: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Dividend per share (€)</t>
   </si>
   <si>
     <t xml:space="preserve">  Depreciation &amp; amortisation (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Capital expenditure (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Free cashflow (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt/(cash) (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Dividend payment (€m)</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>Coca-Cola Europacific Partners plc (the “Company”) is not authorised or regulated by the UK Financial</t>
-[...47 lines deleted...]
-    <t>any person connected to the Company for their submission.</t>
+    <t>Coca-Cola Europacific Partners plc (the “Company”) is not authorised or regulated by the UK Financial Conduct</t>
+  </si>
+  <si>
+    <t>Authority and may not provide investment advice. The consensus data should not be construed as an invitation, inducement</t>
+  </si>
+  <si>
+    <t>or recommendation to buy or sell securities of the Company or to engage in any other form of investment activity. In</t>
+  </si>
+  <si>
+    <t>addition, the consensus data is not intended to constitute a financial promotion within the meaning of section 21 of the</t>
+  </si>
+  <si>
+    <t>Financial Services and Markets Act 2000.</t>
+  </si>
+  <si>
+    <t>The consensus data are based on submissions from registered investment analysts as to the Company’s expected future</t>
+  </si>
+  <si>
+    <t>performance. It is therefore speculative and forward-looking and subject to a number of uncertainties that may impact the</t>
+  </si>
+  <si>
+    <t>Company’s actual performance. Vuma Financial Ltd. collects and analyses the submissions which form the basis of the</t>
+  </si>
+  <si>
+    <t>consensus data and any Company information provided is publicly disclosed and available on the Company’s website, from</t>
+  </si>
+  <si>
+    <t>Euronext.com, londonstockexchange.com and/or filed with the US Securities and Exchange Commission . The figures presented</t>
+  </si>
+  <si>
+    <t>represent the arithmetic average of the submissions that have been provided, with each submission being given equal</t>
+  </si>
+  <si>
+    <t>weight. Moreover, the data has not been adjusted to exclude any submission. It is assumed that the submissions reflect the</t>
+  </si>
+  <si>
+    <t>analysts’ genuine opinions, forecasts, estimates, projections and predictions and that the analysts will, if relevant,</t>
+  </si>
+  <si>
+    <t>identify and disclose all conflicts of interest that are known or reasonably expected to be known to relate to them. No</t>
+  </si>
+  <si>
+    <t>analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the</t>
+  </si>
+  <si>
+    <t>Company for their submission.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="9">
+  <fonts count="10">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -270,92 +270,101 @@
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000055"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
+      <sz val="10"/>
+      <color rgb="FF666666"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FFAA4020"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border/>
     <border>
       <bottom style="medium">
         <color rgb="FFAAAAAA"/>
       </bottom>
     </border>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="20">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
@@ -364,55 +373,75 @@
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+    <xf xfId="0" fontId="7" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="7" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+    <xf xfId="0" fontId="9" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -680,759 +709,863 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C81"/>
+  <dimension ref="A1:D80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A81" sqref="A81"/>
+      <selection activeCell="A80" sqref="A80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="104.974365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3">
+    <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:3">
+    <row r="2" spans="1:4">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
-    </row>
-    <row r="3" spans="1:3">
+      <c r="D2" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
       <c r="B3" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3">
+        <v>4</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
       <c r="B4" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:3">
+        <v>5</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
-    </row>
-    <row r="6" spans="1:3">
+      <c r="D5" s="3"/>
+    </row>
+    <row r="6" spans="1:4">
       <c r="A6" s="5" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
-    </row>
-    <row r="7" spans="1:3">
+      <c r="D6" s="5"/>
+    </row>
+    <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B7" s="8">
-        <v>15470.7018</v>
+        <v>15413.9383</v>
       </c>
       <c r="C7" s="8">
-        <v>15920.9525</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:3">
+        <v>3748.9163</v>
+      </c>
+      <c r="D7" s="8">
+        <v>15858.223</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
       <c r="A8" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B8" s="9">
-        <v>2150.3701</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:3">
+        <v>2145.9502</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="9">
+        <v>2277.1091</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
       <c r="B9"/>
       <c r="C9"/>
-    </row>
-    <row r="10" spans="1:3">
+      <c r="D9"/>
+    </row>
+    <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B10" s="8">
-        <v>5510.109</v>
+        <v>5495.0753</v>
       </c>
       <c r="C10" s="8">
-        <v>5595.0836</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:3">
+        <v>1476.0883</v>
+      </c>
+      <c r="D10" s="8">
+        <v>5568.2586</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
       <c r="A11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B11" s="9">
-        <v>648.3084</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:3">
+        <v>650.6357</v>
+      </c>
+      <c r="C11" s="13"/>
+      <c r="D11" s="9">
+        <v>690.4992</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
       <c r="B12"/>
       <c r="C12"/>
-    </row>
-    <row r="13" spans="1:3">
+      <c r="D12"/>
+    </row>
+    <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B13" s="8">
-        <v>20979.8726</v>
+        <v>20909.0851</v>
       </c>
       <c r="C13" s="8">
-        <v>21516.0361</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:3">
+        <v>5225.9436</v>
+      </c>
+      <c r="D13" s="8">
+        <v>21426.4816</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B14" s="8">
-        <v>7457.5243</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:3">
+        <v>7451.6166</v>
+      </c>
+      <c r="C14" s="14"/>
+      <c r="D14" s="8">
+        <v>7675.3695</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
       <c r="A15" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="9">
-        <v>2798.0804</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:3">
+        <v>2795.5958</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="9">
+        <v>2967.2402</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
       <c r="B16"/>
       <c r="C16"/>
-    </row>
-    <row r="17" spans="1:3">
+      <c r="D16"/>
+    </row>
+    <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B17" s="8">
-        <v>219.2411</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:3">
+        <v>217.5677</v>
+      </c>
+      <c r="C17" s="14"/>
+      <c r="D17" s="8">
+        <v>219.1556</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B18" s="8">
-        <v>669.2553</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:3">
+        <v>669.7714</v>
+      </c>
+      <c r="C18" s="14"/>
+      <c r="D18" s="8">
+        <v>711.8599</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B19" s="8">
-        <v>1894.909</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:3">
+        <v>1895.1156</v>
+      </c>
+      <c r="C19" s="14"/>
+      <c r="D19" s="8">
+        <v>2016.3977</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B20" s="8">
-        <v>42.9219</v>
-[...5 lines deleted...]
-    <row r="21" spans="1:3">
+        <v>42.2286</v>
+      </c>
+      <c r="C20" s="14"/>
+      <c r="D20" s="8">
+        <v>46.4426</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
       <c r="A21" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B21" s="10">
-        <v>4.0913</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:3">
+        <v>4.0901</v>
+      </c>
+      <c r="C21" s="15"/>
+      <c r="D21" s="10">
+        <v>4.4482</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
       <c r="B22"/>
       <c r="C22"/>
-    </row>
-    <row r="23" spans="1:3">
+      <c r="D22"/>
+    </row>
+    <row r="23" spans="1:4">
       <c r="A23" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
-    </row>
-    <row r="24" spans="1:3">
+      <c r="D23" s="5"/>
+    </row>
+    <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B24" s="11">
-        <v>-0.2013</v>
+        <v>-0.5177</v>
       </c>
       <c r="C24" s="11">
-        <v>0.9211</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:3">
+        <v>0.4766</v>
+      </c>
+      <c r="D24" s="11">
+        <v>0.7748</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25" s="11">
-        <v>3.6767</v>
+        <v>3.6552</v>
       </c>
       <c r="C25" s="11">
-        <v>2.3423</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:3">
+        <v>2.8147</v>
+      </c>
+      <c r="D25" s="11">
+        <v>2.3642</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B26" s="11">
-        <v>3.5594</v>
+        <v>3.1715</v>
       </c>
       <c r="C26" s="11">
-        <v>3.3339</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:3">
+        <v>3.5961</v>
+      </c>
+      <c r="D26" s="11">
+        <v>3.1483</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B27" s="11">
-        <v>3.322</v>
+        <v>2.9465</v>
       </c>
       <c r="C27" s="11">
-        <v>2.8931</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:3">
+        <v>2.6054</v>
+      </c>
+      <c r="D27" s="11">
+        <v>2.8722</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
       <c r="B28"/>
       <c r="C28"/>
-    </row>
-    <row r="29" spans="1:3">
+      <c r="D28"/>
+    </row>
+    <row r="29" spans="1:4">
       <c r="A29" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
-    </row>
-    <row r="30" spans="1:3">
+      <c r="D29" s="5"/>
+    </row>
+    <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B30" s="11">
-        <v>0.2646</v>
+        <v>0.2729</v>
       </c>
       <c r="C30" s="11">
-        <v>2.7414</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:3">
+        <v>1.683</v>
+      </c>
+      <c r="D30" s="11">
+        <v>2.4609</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B31" s="11">
-        <v>1.7475</v>
+        <v>1.6538</v>
       </c>
       <c r="C31" s="11">
-        <v>1.3716</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:3">
+        <v>-0.2108</v>
+      </c>
+      <c r="D31" s="11">
+        <v>1.2561</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B32" s="11">
-        <v>2.1937</v>
+        <v>2.0638</v>
       </c>
       <c r="C32" s="11">
-        <v>3.5282</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:3">
+        <v>1.9331</v>
+      </c>
+      <c r="D32" s="11">
+        <v>3.6837</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B33" s="11">
-        <v>-3.022</v>
+        <v>-3.4141</v>
       </c>
       <c r="C33" s="11">
-        <v>1.6349</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:3">
+        <v>-6.3073</v>
+      </c>
+      <c r="D33" s="11">
+        <v>1.4732</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
       <c r="B34"/>
       <c r="C34"/>
-    </row>
-    <row r="35" spans="1:3">
+      <c r="D34"/>
+    </row>
+    <row r="35" spans="1:4">
       <c r="A35" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
-    </row>
-    <row r="36" spans="1:3">
+      <c r="D35" s="5"/>
+    </row>
+    <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B36" s="11">
-        <v>-0.0202</v>
+        <v>-0.2441</v>
       </c>
       <c r="C36" s="11">
-        <v>1.5457</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:3">
+        <v>0.952</v>
+      </c>
+      <c r="D36" s="11">
+        <v>1.3612</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B37" s="11">
-        <v>3.1543</v>
+        <v>3.101</v>
       </c>
       <c r="C37" s="11">
-        <v>1.9663</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:3">
+        <v>2.2902</v>
+      </c>
+      <c r="D37" s="11">
+        <v>1.9419</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B38" s="11">
-        <v>3.1574</v>
+        <v>2.8455</v>
       </c>
       <c r="C38" s="11">
-        <v>3.3806</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:3">
+        <v>3.0334</v>
+      </c>
+      <c r="D38" s="11">
+        <v>3.2871</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B39" s="11">
-        <v>1.5628</v>
+        <v>1.1855</v>
       </c>
       <c r="C39" s="11">
-        <v>2.5615</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:3">
+        <v>-0.1083</v>
+      </c>
+      <c r="D39" s="11">
+        <v>2.4962</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
       <c r="B40"/>
       <c r="C40"/>
-    </row>
-    <row r="41" spans="1:3">
+      <c r="D40"/>
+    </row>
+    <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B41" s="11">
-        <v>2.6242</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:3">
+        <v>2.6838</v>
+      </c>
+      <c r="C41" s="16"/>
+      <c r="D41" s="11">
+        <v>1.5604</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B42" s="11">
-        <v>6.9478</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:3">
+        <v>6.7994</v>
+      </c>
+      <c r="C42" s="16"/>
+      <c r="D42" s="11">
+        <v>6.9158</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B43" s="11">
-        <v>5.0675</v>
-[...5 lines deleted...]
-    <row r="44" spans="1:3">
+        <v>4.6382</v>
+      </c>
+      <c r="C43" s="16"/>
+      <c r="D43" s="11">
+        <v>5.6972</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B44" s="11">
-        <v>4.8872</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:3">
+        <v>4.955</v>
+      </c>
+      <c r="C44" s="16"/>
+      <c r="D44" s="11">
+        <v>9.354699999999999</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
       <c r="B45"/>
       <c r="C45"/>
-    </row>
-    <row r="46" spans="1:3">
+      <c r="D45"/>
+    </row>
+    <row r="46" spans="1:4">
       <c r="B46"/>
       <c r="C46"/>
-    </row>
-    <row r="47" spans="1:3">
+      <c r="D46"/>
+    </row>
+    <row r="47" spans="1:4">
       <c r="A47" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
-    </row>
-    <row r="48" spans="1:3">
+      <c r="D47" s="5"/>
+    </row>
+    <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B48" s="11">
-        <v>35.5562</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:3">
+        <v>35.6474</v>
+      </c>
+      <c r="C48" s="16"/>
+      <c r="D48" s="11">
+        <v>35.8443</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B49" s="11">
-        <v>13.337</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:3">
+        <v>13.3702</v>
+      </c>
+      <c r="C49" s="16"/>
+      <c r="D49" s="11">
+        <v>13.8488</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B50" s="11">
-        <v>26.0346</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:3">
+        <v>25.9885</v>
+      </c>
+      <c r="C50" s="16"/>
+      <c r="D50" s="11">
+        <v>25.9115</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
       <c r="B51"/>
       <c r="C51"/>
-    </row>
-    <row r="52" spans="1:3">
+      <c r="D51"/>
+    </row>
+    <row r="52" spans="1:4">
       <c r="A52" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
-    </row>
-    <row r="53" spans="1:3">
+      <c r="D52" s="5"/>
+    </row>
+    <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B53" s="12">
-        <v>2.0447</v>
-[...5 lines deleted...]
-    <row r="54" spans="1:3">
+        <v>2.0452</v>
+      </c>
+      <c r="C53" s="17"/>
+      <c r="D53" s="12">
+        <v>2.2112</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B54" s="8">
-        <v>956.0196</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:3">
+        <v>953.3099</v>
+      </c>
+      <c r="C54" s="14"/>
+      <c r="D54" s="8">
+        <v>970.8243</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
       <c r="B55"/>
       <c r="C55"/>
-    </row>
-    <row r="56" spans="1:3">
+      <c r="D55"/>
+    </row>
+    <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B56" s="8">
-        <v>1026.5137</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:3">
+        <v>1020.1649</v>
+      </c>
+      <c r="C56" s="14"/>
+      <c r="D56" s="8">
+        <v>1077.2427</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B57" s="8">
-        <v>1745.9718</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:3">
+        <v>1745.2856</v>
+      </c>
+      <c r="C57" s="14"/>
+      <c r="D57" s="8">
+        <v>1826.869</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B58" s="8">
-        <v>9922.2639</v>
-[...5 lines deleted...]
-    <row r="59" spans="1:3">
+        <v>9903.761</v>
+      </c>
+      <c r="C58" s="14"/>
+      <c r="D58" s="8">
+        <v>9873.4074</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B59" s="8">
-        <v>930.0633</v>
-[...10 lines deleted...]
-    <row r="62" spans="1:3">
+        <v>930.7509</v>
+      </c>
+      <c r="C59" s="14"/>
+      <c r="D59" s="8">
+        <v>982.326</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" s="18" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
-    </row>
-    <row r="63" spans="1:3">
+      <c r="D62"/>
+    </row>
+    <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
-    </row>
-    <row r="64" spans="1:3">
+      <c r="D63"/>
+    </row>
+    <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
-    </row>
-    <row r="65" spans="1:3">
+      <c r="D64"/>
+    </row>
+    <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B65"/>
       <c r="C65"/>
-    </row>
-    <row r="66" spans="1:3">
+      <c r="D65"/>
+    </row>
+    <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B66"/>
       <c r="C66"/>
-    </row>
-    <row r="67" spans="1:3">
+      <c r="D66"/>
+    </row>
+    <row r="67" spans="1:4">
       <c r="A67"/>
       <c r="B67"/>
       <c r="C67"/>
-    </row>
-    <row r="68" spans="1:3">
+      <c r="D67"/>
+    </row>
+    <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B68"/>
       <c r="C68"/>
-    </row>
-    <row r="69" spans="1:3">
+      <c r="D68"/>
+    </row>
+    <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B69"/>
       <c r="C69"/>
-    </row>
-    <row r="70" spans="1:3">
+      <c r="D69"/>
+    </row>
+    <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B70"/>
       <c r="C70"/>
-    </row>
-    <row r="71" spans="1:3">
+      <c r="D70"/>
+    </row>
+    <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
-    </row>
-    <row r="72" spans="1:3">
+      <c r="D71"/>
+    </row>
+    <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
-    </row>
-    <row r="73" spans="1:3">
+      <c r="D72"/>
+    </row>
+    <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
-    </row>
-    <row r="74" spans="1:3">
+      <c r="D73"/>
+    </row>
+    <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
-    </row>
-    <row r="75" spans="1:3">
+      <c r="D74"/>
+    </row>
+    <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
-    </row>
-    <row r="76" spans="1:3">
+      <c r="D75"/>
+    </row>
+    <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
-    </row>
-    <row r="77" spans="1:3">
+      <c r="D76"/>
+    </row>
+    <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B77"/>
       <c r="C77"/>
-    </row>
-    <row r="78" spans="1:3">
+      <c r="D77"/>
+    </row>
+    <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B78"/>
       <c r="C78"/>
-    </row>
-[...8 lines deleted...]
-      <c r="A81" s="14" t="s">
+      <c r="D78"/>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" s="19" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A62:C62"/>
-[...16 lines deleted...]
-    <mergeCell ref="A79:C79"/>
+    <mergeCell ref="A62:D62"/>
+    <mergeCell ref="A63:D63"/>
+    <mergeCell ref="A64:D64"/>
+    <mergeCell ref="A65:D65"/>
+    <mergeCell ref="A66:D66"/>
+    <mergeCell ref="A67:D67"/>
+    <mergeCell ref="A68:D68"/>
+    <mergeCell ref="A69:D69"/>
+    <mergeCell ref="A70:D70"/>
+    <mergeCell ref="A71:D71"/>
+    <mergeCell ref="A72:D72"/>
+    <mergeCell ref="A73:D73"/>
+    <mergeCell ref="A74:D74"/>
+    <mergeCell ref="A75:D75"/>
+    <mergeCell ref="A76:D76"/>
+    <mergeCell ref="A77:D77"/>
+    <mergeCell ref="A78:D78"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="61" man="1"/>
-    <brk id="81" man="1"/>
+    <brk id="80" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>