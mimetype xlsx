--- v2 (2026-01-27)
+++ v3 (2026-03-15)
@@ -17,63 +17,69 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Coca-Cola Europacific Partners</t>
   </si>
   <si>
-    <t>FY25</t>
-[...2 lines deleted...]
-    <t>Q4 FY25</t>
+    <t>Q1 FY26</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
+    <t>FY27</t>
+  </si>
+  <si>
+    <t>FY28</t>
+  </si>
+  <si>
     <t>CONSENSUS</t>
   </si>
   <si>
-    <t>13/01/26</t>
+    <t>06/03/26</t>
+  </si>
+  <si>
+    <t>05/03/26</t>
   </si>
   <si>
     <t>Comparable (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: Europe</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: APS</t>
   </si>
   <si>
     <t xml:space="preserve">  Revenue: Total CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Gross profit: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Operating profit: TOTAL CCEP</t>
   </si>
@@ -143,93 +149,87 @@
   <si>
     <t>Other Items: TOTAL CCEP</t>
   </si>
   <si>
     <t xml:space="preserve">  Dividend per share (€)</t>
   </si>
   <si>
     <t xml:space="preserve">  Depreciation &amp; amortisation (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Capital expenditure (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Free cashflow (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Net debt/(cash) (€m)</t>
   </si>
   <si>
     <t xml:space="preserve">  Dividend payment (€m)</t>
   </si>
   <si>
     <t>Disclaimer</t>
   </si>
   <si>
-    <t>Coca-Cola Europacific Partners plc (the “Company”) is not authorised or regulated by the UK Financial Conduct</t>
-[...41 lines deleted...]
-    <t>analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the</t>
+    <t>Coca-Cola Europacific Partners plc (the “Company”) is not authorised or regulated by the UK Financial Conduct Authority and may not</t>
+  </si>
+  <si>
+    <t>provide investment advice. The consensus data should not be construed as an invitation, inducement or recommendation to buy or sell</t>
+  </si>
+  <si>
+    <t>securities of the Company or to engage in any other form of investment activity. In addition, the consensus data is not intended to</t>
+  </si>
+  <si>
+    <t>constitute a financial promotion within the meaning of section 21 of the Financial Services and Markets Act 2000.</t>
+  </si>
+  <si>
+    <t>The consensus data are based on submissions from registered investment analysts as to the Company’s expected future performance. It is</t>
+  </si>
+  <si>
+    <t>therefore speculative and forward-looking and subject to a number of uncertainties that may impact the Company’s actual performance.</t>
+  </si>
+  <si>
+    <t>Vuma Financial Ltd. collects and analyses the submissions which form the basis of the consensus data and any Company information</t>
+  </si>
+  <si>
+    <t>provided is publicly disclosed and available on the Company’s website, from Euronext.com, londonstockexchange.com and/or filed with</t>
+  </si>
+  <si>
+    <t>the US Securities and Exchange Commission . The figures presented represent the arithmetic average of the submissions that have been</t>
+  </si>
+  <si>
+    <t>provided, with each submission being given equal weight. Moreover, the data has not been adjusted to exclude any submission. It is</t>
+  </si>
+  <si>
+    <t>assumed that the submissions reflect the analysts’ genuine opinions, forecasts, estimates, projections and predictions and that the</t>
+  </si>
+  <si>
+    <t>analysts will, if relevant, identify and disclose all conflicts of interest that are known or reasonably expected to be known to relate</t>
+  </si>
+  <si>
+    <t>to them. No analyst has been paid a fee, commission or received a non-monetary benefit from the Company or any person connected to the</t>
   </si>
   <si>
     <t>Company for their submission.</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="10">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -357,84 +357,84 @@
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
+    <xf xfId="0" fontId="7" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="7" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <protection locked="false"/>
+    </xf>
     <xf xfId="0" fontId="6" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="4" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
-[...2 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-      <protection locked="false"/>
-[...18 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -709,863 +709,999 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D80"/>
+  <dimension ref="A1:E78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A80" sqref="A80"/>
+      <selection activeCell="A78" sqref="A78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="104.974365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
+    <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4">
+    <row r="2" spans="1:5">
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="3" spans="1:4">
+      <c r="E2" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
       <c r="B3" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4">
+        <v>5</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
       <c r="B4" s="4" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:4">
+        <v>7</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
-    </row>
-    <row r="6" spans="1:4">
+      <c r="E5" s="3"/>
+    </row>
+    <row r="6" spans="1:5">
       <c r="A6" s="5" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
-    </row>
-    <row r="7" spans="1:4">
+      <c r="E6" s="5"/>
+    </row>
+    <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B7" s="8">
-        <v>15413.9383</v>
+        <v>3537.0203</v>
       </c>
       <c r="C7" s="8">
-        <v>3748.9163</v>
+        <v>15857.3081</v>
       </c>
       <c r="D7" s="8">
-        <v>15858.223</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:4">
+        <v>16361.3438</v>
+      </c>
+      <c r="E7" s="8">
+        <v>16868.5076</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
       <c r="A8" s="6" t="s">
-        <v>8</v>
-[...9 lines deleted...]
-    <row r="9" spans="1:4">
+        <v>10</v>
+      </c>
+      <c r="B8" s="9"/>
+      <c r="C8" s="15">
+        <v>2284.6564</v>
+      </c>
+      <c r="D8" s="15">
+        <v>2421.1754</v>
+      </c>
+      <c r="E8" s="15">
+        <v>2560.6886</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
-    </row>
-    <row r="10" spans="1:4">
+      <c r="E9"/>
+    </row>
+    <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B10" s="8">
-        <v>5495.0753</v>
+        <v>1455.2495</v>
       </c>
       <c r="C10" s="8">
-        <v>1476.0883</v>
+        <v>5637.2314</v>
       </c>
       <c r="D10" s="8">
-        <v>5568.2586</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:4">
+        <v>5936.5525</v>
+      </c>
+      <c r="E10" s="8">
+        <v>6259.55</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
       <c r="A11" s="6" t="s">
-        <v>10</v>
-[...9 lines deleted...]
-    <row r="12" spans="1:4">
+        <v>12</v>
+      </c>
+      <c r="B11" s="9"/>
+      <c r="C11" s="15">
+        <v>829.0001</v>
+      </c>
+      <c r="D11" s="15">
+        <v>904.4</v>
+      </c>
+      <c r="E11" s="15">
+        <v>992.0631</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
-    </row>
-    <row r="13" spans="1:4">
+      <c r="E12"/>
+    </row>
+    <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B13" s="8">
-        <v>20909.0851</v>
+        <v>4992.2697</v>
       </c>
       <c r="C13" s="8">
-        <v>5225.9436</v>
+        <v>21494.4728</v>
       </c>
       <c r="D13" s="8">
-        <v>21426.4816</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:4">
+        <v>22297.8963</v>
+      </c>
+      <c r="E13" s="8">
+        <v>23127.9861</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="C14" s="14"/>
+        <v>14</v>
+      </c>
+      <c r="B14" s="10"/>
+      <c r="C14" s="8">
+        <v>7723.349</v>
+      </c>
       <c r="D14" s="8">
-        <v>7675.3695</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:4">
+        <v>8034.7003</v>
+      </c>
+      <c r="E14" s="8">
+        <v>8342.6427</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
       <c r="A15" s="6" t="s">
-        <v>13</v>
-[...9 lines deleted...]
-    <row r="16" spans="1:4">
+        <v>15</v>
+      </c>
+      <c r="B15" s="9"/>
+      <c r="C15" s="15">
+        <v>2990.8799</v>
+      </c>
+      <c r="D15" s="15">
+        <v>3196.011</v>
+      </c>
+      <c r="E15" s="15">
+        <v>3405.6654</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
-    </row>
-    <row r="17" spans="1:4">
+      <c r="E16"/>
+    </row>
+    <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="C17" s="14"/>
+        <v>16</v>
+      </c>
+      <c r="B17" s="10"/>
+      <c r="C17" s="8">
+        <v>255.7167</v>
+      </c>
       <c r="D17" s="8">
-        <v>219.1556</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:4">
+        <v>264.2802</v>
+      </c>
+      <c r="E17" s="8">
+        <v>268.4247</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="C18" s="14"/>
+        <v>17</v>
+      </c>
+      <c r="B18" s="10"/>
+      <c r="C18" s="8">
+        <v>708.8801</v>
+      </c>
       <c r="D18" s="8">
-        <v>711.8599</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:4">
+        <v>758.9767000000001</v>
+      </c>
+      <c r="E18" s="8">
+        <v>812.4819</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="C19" s="14"/>
+        <v>18</v>
+      </c>
+      <c r="B19" s="10"/>
+      <c r="C19" s="8">
+        <v>2007.7522</v>
+      </c>
       <c r="D19" s="8">
-        <v>2016.3977</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:4">
+        <v>2152.9442</v>
+      </c>
+      <c r="E19" s="8">
+        <v>2303.4882</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="C20" s="14"/>
+        <v>19</v>
+      </c>
+      <c r="B20" s="10"/>
+      <c r="C20" s="8">
+        <v>43.4688</v>
+      </c>
       <c r="D20" s="8">
-        <v>46.4426</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:4">
+        <v>48.4262</v>
+      </c>
+      <c r="E20" s="8">
+        <v>52.7736</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
       <c r="A21" s="7" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-    <row r="22" spans="1:4">
+        <v>20</v>
+      </c>
+      <c r="B21" s="11"/>
+      <c r="C21" s="16">
+        <v>4.4489</v>
+      </c>
+      <c r="D21" s="16">
+        <v>4.8668</v>
+      </c>
+      <c r="E21" s="16">
+        <v>5.3232</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
       <c r="B22"/>
       <c r="C22"/>
       <c r="D22"/>
-    </row>
-    <row r="23" spans="1:4">
+      <c r="E22"/>
+    </row>
+    <row r="23" spans="1:5">
       <c r="A23" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
-    </row>
-    <row r="24" spans="1:4">
+      <c r="E23" s="5"/>
+    </row>
+    <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>20</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:4">
+        <v>22</v>
+      </c>
+      <c r="B24" s="12">
+        <v>6.7409</v>
+      </c>
+      <c r="C24" s="12">
+        <v>0.723</v>
+      </c>
+      <c r="D24" s="12">
+        <v>0.9845</v>
+      </c>
+      <c r="E24" s="12">
+        <v>0.9925</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>21</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:4">
+        <v>23</v>
+      </c>
+      <c r="B25" s="12">
+        <v>2.646</v>
+      </c>
+      <c r="C25" s="12">
+        <v>2.434</v>
+      </c>
+      <c r="D25" s="12">
+        <v>2.165</v>
+      </c>
+      <c r="E25" s="12">
+        <v>2.1981</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>22</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:4">
+        <v>24</v>
+      </c>
+      <c r="B26" s="12">
+        <v>8.8805</v>
+      </c>
+      <c r="C26" s="12">
+        <v>3.0579</v>
+      </c>
+      <c r="D26" s="12">
+        <v>3.155</v>
+      </c>
+      <c r="E26" s="12">
+        <v>3.1942</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>23</v>
-[...11 lines deleted...]
-    <row r="28" spans="1:4">
+        <v>25</v>
+      </c>
+      <c r="B27" s="12">
+        <v>8.723100000000001</v>
+      </c>
+      <c r="C27" s="12">
+        <v>2.9437</v>
+      </c>
+      <c r="D27" s="12">
+        <v>3.1837</v>
+      </c>
+      <c r="E27" s="12">
+        <v>3.203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28"/>
-    </row>
-    <row r="29" spans="1:4">
+      <c r="E28"/>
+    </row>
+    <row r="29" spans="1:5">
       <c r="A29" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
-    </row>
-    <row r="30" spans="1:4">
+      <c r="E29" s="5"/>
+    </row>
+    <row r="30" spans="1:5">
       <c r="A30" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="12">
+        <v>7.9864</v>
+      </c>
+      <c r="C30" s="12">
+        <v>2.4558</v>
+      </c>
+      <c r="D30" s="12">
+        <v>3.2596</v>
+      </c>
+      <c r="E30" s="12">
+        <v>3.247</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s">
+        <v>23</v>
+      </c>
+      <c r="B31" s="12">
+        <v>-0.0008</v>
+      </c>
+      <c r="C31" s="12">
+        <v>0.9749</v>
+      </c>
+      <c r="D31" s="12">
+        <v>2.1828</v>
+      </c>
+      <c r="E31" s="12">
+        <v>2.3523</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="12">
+        <v>7.654</v>
+      </c>
+      <c r="C32" s="12">
+        <v>3.473</v>
+      </c>
+      <c r="D32" s="12">
+        <v>5.4205</v>
+      </c>
+      <c r="E32" s="12">
+        <v>5.5422</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s">
         <v>25</v>
       </c>
-      <c r="B30" s="11">
-[...51 lines deleted...]
-    <row r="34" spans="1:4">
+      <c r="B33" s="12">
+        <v>1.3357</v>
+      </c>
+      <c r="C33" s="12">
+        <v>2.5484</v>
+      </c>
+      <c r="D33" s="12">
+        <v>5.3195</v>
+      </c>
+      <c r="E33" s="12">
+        <v>5.3604</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
       <c r="B34"/>
       <c r="C34"/>
       <c r="D34"/>
-    </row>
-    <row r="35" spans="1:4">
+      <c r="E34"/>
+    </row>
+    <row r="35" spans="1:5">
       <c r="A35" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
-    </row>
-    <row r="36" spans="1:4">
+      <c r="E35" s="5"/>
+    </row>
+    <row r="36" spans="1:5">
       <c r="A36" t="s">
+        <v>27</v>
+      </c>
+      <c r="B36" s="12">
+        <v>7.2737</v>
+      </c>
+      <c r="C36" s="12">
+        <v>1.3177</v>
+      </c>
+      <c r="D36" s="12">
+        <v>1.7835</v>
+      </c>
+      <c r="E36" s="12">
+        <v>1.7956</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="12">
+        <v>2.2801</v>
+      </c>
+      <c r="C37" s="12">
+        <v>1.9624</v>
+      </c>
+      <c r="D37" s="12">
+        <v>1.9872</v>
+      </c>
+      <c r="E37" s="12">
+        <v>2.0618</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" s="12">
+        <v>8.5221</v>
+      </c>
+      <c r="C38" s="12">
+        <v>3.1951</v>
+      </c>
+      <c r="D38" s="12">
+        <v>3.7916</v>
+      </c>
+      <c r="E38" s="12">
+        <v>3.8421</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" t="s">
         <v>25</v>
       </c>
-      <c r="B36" s="11">
-[...51 lines deleted...]
-    <row r="40" spans="1:4">
+      <c r="B39" s="12">
+        <v>6.5007</v>
+      </c>
+      <c r="C39" s="12">
+        <v>2.8333</v>
+      </c>
+      <c r="D39" s="12">
+        <v>3.7398</v>
+      </c>
+      <c r="E39" s="12">
+        <v>3.7781</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
-    </row>
-    <row r="41" spans="1:4">
+      <c r="E40"/>
+    </row>
+    <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-    <row r="42" spans="1:4">
+        <v>29</v>
+      </c>
+      <c r="B41" s="13"/>
+      <c r="C41" s="12">
+        <v>1.431</v>
+      </c>
+      <c r="D41" s="12">
+        <v>1.7476</v>
+      </c>
+      <c r="E41" s="12">
+        <v>1.8698</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>28</v>
-[...9 lines deleted...]
-    <row r="43" spans="1:4">
+        <v>30</v>
+      </c>
+      <c r="B42" s="13"/>
+      <c r="C42" s="12">
+        <v>6.9378</v>
+      </c>
+      <c r="D42" s="12">
+        <v>6.8516</v>
+      </c>
+      <c r="E42" s="12">
+        <v>6.6849</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>29</v>
-[...9 lines deleted...]
-    <row r="44" spans="1:4">
+        <v>31</v>
+      </c>
+      <c r="B43" s="13"/>
+      <c r="C43" s="12">
+        <v>6.6323</v>
+      </c>
+      <c r="D43" s="12">
+        <v>7.0768</v>
+      </c>
+      <c r="E43" s="12">
+        <v>6.7648</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>30</v>
-[...9 lines deleted...]
-    <row r="45" spans="1:4">
+        <v>32</v>
+      </c>
+      <c r="B44" s="13"/>
+      <c r="C44" s="12">
+        <v>8.484400000000001</v>
+      </c>
+      <c r="D44" s="12">
+        <v>9.0977</v>
+      </c>
+      <c r="E44" s="12">
+        <v>9.006500000000001</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
-    </row>
-    <row r="46" spans="1:4">
+      <c r="E45"/>
+    </row>
+    <row r="46" spans="1:5">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
-    </row>
-    <row r="47" spans="1:4">
+      <c r="E46"/>
+    </row>
+    <row r="47" spans="1:5">
       <c r="A47" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5"/>
       <c r="D47" s="5"/>
-    </row>
-    <row r="48" spans="1:4">
+      <c r="E47" s="5"/>
+    </row>
+    <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-    <row r="49" spans="1:4">
+        <v>34</v>
+      </c>
+      <c r="B48" s="13"/>
+      <c r="C48" s="12">
+        <v>35.939</v>
+      </c>
+      <c r="D48" s="12">
+        <v>36.0483</v>
+      </c>
+      <c r="E48" s="12">
+        <v>36.096</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-    <row r="50" spans="1:4">
+        <v>35</v>
+      </c>
+      <c r="B49" s="13"/>
+      <c r="C49" s="12">
+        <v>13.9149</v>
+      </c>
+      <c r="D49" s="12">
+        <v>14.3335</v>
+      </c>
+      <c r="E49" s="12">
+        <v>14.7257</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-    <row r="51" spans="1:4">
+        <v>36</v>
+      </c>
+      <c r="B50" s="13"/>
+      <c r="C50" s="12">
+        <v>25.9554</v>
+      </c>
+      <c r="D50" s="12">
+        <v>25.9197</v>
+      </c>
+      <c r="E50" s="12">
+        <v>25.9197</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
-    </row>
-    <row r="52" spans="1:4">
+      <c r="E51"/>
+    </row>
+    <row r="52" spans="1:5">
       <c r="A52" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B52" s="5"/>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
-    </row>
-    <row r="53" spans="1:4">
+      <c r="E52" s="5"/>
+    </row>
+    <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>36</v>
-[...9 lines deleted...]
-    <row r="54" spans="1:4">
+        <v>38</v>
+      </c>
+      <c r="B53" s="14"/>
+      <c r="C53" s="17">
+        <v>2.2129</v>
+      </c>
+      <c r="D53" s="17">
+        <v>2.4049</v>
+      </c>
+      <c r="E53" s="17">
+        <v>2.6306</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="C54" s="14"/>
+        <v>39</v>
+      </c>
+      <c r="B54" s="10"/>
+      <c r="C54" s="8">
+        <v>945.3758</v>
+      </c>
       <c r="D54" s="8">
-        <v>970.8243</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:4">
+        <v>976.653</v>
+      </c>
+      <c r="E54" s="8">
+        <v>1006.3962</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
-    </row>
-    <row r="56" spans="1:4">
+      <c r="E55"/>
+    </row>
+    <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="C56" s="14"/>
+        <v>40</v>
+      </c>
+      <c r="B56" s="10"/>
+      <c r="C56" s="8">
+        <v>1050.96</v>
+      </c>
       <c r="D56" s="8">
-        <v>1077.2427</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:4">
+        <v>1066.2542</v>
+      </c>
+      <c r="E56" s="8">
+        <v>1095.9506</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      <c r="C57" s="14"/>
+        <v>41</v>
+      </c>
+      <c r="B57" s="10"/>
+      <c r="C57" s="8">
+        <v>1775.4822</v>
+      </c>
       <c r="D57" s="8">
-        <v>1826.869</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:4">
+        <v>2016.6004</v>
+      </c>
+      <c r="E57" s="8">
+        <v>2107.2291</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      <c r="C58" s="14"/>
+        <v>42</v>
+      </c>
+      <c r="B58" s="10"/>
+      <c r="C58" s="8">
+        <v>9953.7853</v>
+      </c>
       <c r="D58" s="8">
-        <v>9873.4074</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:4">
+        <v>9819.6315</v>
+      </c>
+      <c r="E58" s="8">
+        <v>9758.245800000001</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      <c r="C59" s="14"/>
+        <v>43</v>
+      </c>
+      <c r="B59" s="10"/>
+      <c r="C59" s="8">
+        <v>980.7676</v>
+      </c>
       <c r="D59" s="8">
-        <v>982.326</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:4">
+        <v>1043.6355</v>
+      </c>
+      <c r="E59" s="8">
+        <v>1117.4952</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
       <c r="A61" s="18" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:4">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
-    </row>
-    <row r="63" spans="1:4">
+      <c r="E62"/>
+    </row>
+    <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
-    </row>
-    <row r="64" spans="1:4">
+      <c r="E63"/>
+    </row>
+    <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
-    </row>
-    <row r="65" spans="1:4">
+      <c r="E64"/>
+    </row>
+    <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="E65"/>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66"/>
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A67"/>
+      <c r="E66"/>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" t="s">
+        <v>49</v>
+      </c>
       <c r="B67"/>
       <c r="C67"/>
       <c r="D67"/>
-    </row>
-    <row r="68" spans="1:4">
+      <c r="E67"/>
+    </row>
+    <row r="68" spans="1:5">
       <c r="A68" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
-    </row>
-    <row r="69" spans="1:4">
+      <c r="E68"/>
+    </row>
+    <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
-    </row>
-    <row r="70" spans="1:4">
+      <c r="E69"/>
+    </row>
+    <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
-    </row>
-    <row r="71" spans="1:4">
+      <c r="E70"/>
+    </row>
+    <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
-    </row>
-    <row r="72" spans="1:4">
+      <c r="E71"/>
+    </row>
+    <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
-    </row>
-    <row r="73" spans="1:4">
+      <c r="E72"/>
+    </row>
+    <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
-    </row>
-    <row r="74" spans="1:4">
+      <c r="E73"/>
+    </row>
+    <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
-    </row>
-    <row r="75" spans="1:4">
+      <c r="E74"/>
+    </row>
+    <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B75"/>
       <c r="C75"/>
       <c r="D75"/>
-    </row>
-    <row r="76" spans="1:4">
+      <c r="E75"/>
+    </row>
+    <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B76"/>
       <c r="C76"/>
       <c r="D76"/>
-    </row>
-[...17 lines deleted...]
-      <c r="A80" s="19" t="s">
+      <c r="E76"/>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" s="19" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A62:D62"/>
-[...15 lines deleted...]
-    <mergeCell ref="A78:D78"/>
+    <mergeCell ref="A62:E62"/>
+    <mergeCell ref="A63:E63"/>
+    <mergeCell ref="A64:E64"/>
+    <mergeCell ref="A65:E65"/>
+    <mergeCell ref="A66:E66"/>
+    <mergeCell ref="A67:E67"/>
+    <mergeCell ref="A68:E68"/>
+    <mergeCell ref="A69:E69"/>
+    <mergeCell ref="A70:E70"/>
+    <mergeCell ref="A71:E71"/>
+    <mergeCell ref="A72:E72"/>
+    <mergeCell ref="A73:E73"/>
+    <mergeCell ref="A74:E74"/>
+    <mergeCell ref="A75:E75"/>
+    <mergeCell ref="A76:E76"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="61" man="1"/>
-    <brk id="80" man="1"/>
+    <brk id="78" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Summary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>