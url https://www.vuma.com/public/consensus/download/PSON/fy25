--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -625,119 +625,119 @@
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" s="3"/>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" s="3"/>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="4"/>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="8">
-        <v>4.384</v>
+        <v>3.811</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8"/>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="6"/>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="9">
-        <v>656</v>
+        <v>611.6319</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11"/>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="6"/>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="10">
-        <v>-51.625</v>
+        <v>-65.0179</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="8">
-        <v>24</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15"/>
     </row>
     <row r="16" spans="1:2">
       <c r="B16"/>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="6"/>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18"/>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="11">
-        <v>1.23</v>
+        <v>1.32335</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" s="12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>14</v>
       </c>
       <c r="B22"/>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23"/>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24"/>
     </row>