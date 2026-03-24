--- v0 (2025-11-03)
+++ v1 (2026-03-24)
@@ -38,51 +38,51 @@
   <si>
     <t>Kingfisher plc</t>
   </si>
   <si>
     <t>H2 25/26</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>16/09/25</t>
+    <t>12/02/26</t>
   </si>
   <si>
     <t>B&amp;Q</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL %</t>
   </si>
   <si>
     <t xml:space="preserve">  Total Sales (£m)</t>
   </si>
   <si>
     <t>Screwfix</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL (%)</t>
   </si>
   <si>
     <t xml:space="preserve">UK &amp; Ireland </t>
   </si>
   <si>
     <t xml:space="preserve">  GM movement YOY (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Retail profit (£m)</t>
   </si>
@@ -197,51 +197,51 @@
   <si>
     <t>Whilst Kingfisher reserves the right, from time to time, with or without notice, to exclude one or more analysts’ forecasts on the basis that</t>
   </si>
   <si>
     <t>Kingfisher believes them to be unrepresentative and/or out of date, any analysts forecasts submitted represents the independent opinion of that</t>
   </si>
   <si>
     <t>analyst and does not constitute the opinion of Kingfisher. In some instances, interim period forecasts (i.e. H1 and H2) may not reconcile to full year</t>
   </si>
   <si>
     <t>forecasts due to fewer analysts forecasting on an interim basis than a full year basis. Group LFL forecasts for some analysts exclude Romania and</t>
   </si>
   <si>
     <t>Iberia LFL sales forecasts.</t>
   </si>
   <si>
     <t>Nothing in this analysis should be taken as a recommendation to buy or sell shares in Kingfisher, to take or not take any other action or to place any</t>
   </si>
   <si>
     <t>reliance on the information presented here. Kingfisher shall have no liability whatsoever for the consequences of any reliance or actions taken or not</t>
   </si>
   <si>
     <t>taken based on any of the forecasts or information displayed. The information is made available here solely as a convenience to users of this website.</t>
   </si>
   <si>
-    <t>The consensus data was last updated on 16/09/2025</t>
+    <t>The consensus data was last updated on 12/02/2026</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -342,51 +342,51 @@
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <bottom style="medium">
         <color rgb="FFAAAAAA"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="22">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
@@ -417,54 +417,50 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="9" numFmtId="3" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-      <protection locked="false"/>
-[...2 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="164" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="true">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="10" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
     <xf xfId="0" fontId="11" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
       <protection locked="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
@@ -829,1078 +825,1078 @@
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C7" s="10">
-        <v>1.825</v>
+        <v>2.4733</v>
       </c>
       <c r="D7" s="10">
-        <v>1.5</v>
+        <v>2.2</v>
       </c>
       <c r="E7" s="10">
-        <v>-0.5</v>
+        <v>2</v>
       </c>
       <c r="F7" s="10">
-        <v>5.6</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C8" s="12">
-        <v>1797.0833</v>
+        <v>1807.7333</v>
       </c>
       <c r="D8" s="12">
-        <v>1795</v>
+        <v>1807</v>
       </c>
       <c r="E8" s="12">
-        <v>1746</v>
+        <v>1796</v>
       </c>
       <c r="F8" s="12">
-        <v>1854</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C11" s="10">
-        <v>1.7417</v>
+        <v>3.28</v>
       </c>
       <c r="D11" s="10">
-        <v>1.85</v>
+        <v>3.2</v>
       </c>
       <c r="E11" s="10">
-        <v>-0.3</v>
+        <v>2.7</v>
       </c>
       <c r="F11" s="10">
-        <v>3.3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C12" s="12">
-        <v>1384.5833</v>
+        <v>1401.9333</v>
       </c>
       <c r="D12" s="12">
-        <v>1389.5</v>
+        <v>1398</v>
       </c>
       <c r="E12" s="12">
-        <v>1349</v>
+        <v>1387</v>
       </c>
       <c r="F12" s="12">
-        <v>1407</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="14">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C15" s="13">
-        <v>1.5545</v>
+        <v>2.7857</v>
       </c>
       <c r="D15" s="13">
-        <v>1.6</v>
+        <v>2.6</v>
       </c>
       <c r="E15" s="13">
-        <v>-0.4</v>
+        <v>2.3</v>
       </c>
       <c r="F15" s="13">
-        <v>2.9</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C16" s="12">
-        <v>3181.75</v>
+        <v>3209.9333</v>
       </c>
       <c r="D16" s="12">
-        <v>3185.5</v>
+        <v>3200</v>
       </c>
       <c r="E16" s="12">
-        <v>3095</v>
+        <v>3188</v>
       </c>
       <c r="F16" s="12">
-        <v>3258</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C17" s="15">
-        <v>0.2273</v>
+        <v>0.4583</v>
       </c>
       <c r="D17" s="15">
-        <v>0.2</v>
+        <v>0.55</v>
       </c>
       <c r="E17" s="15">
-        <v>0</v>
+        <v>-0.9</v>
       </c>
       <c r="F17" s="15">
-        <v>0.5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C18" s="11">
-        <v>233.0833</v>
+        <v>239.5333</v>
       </c>
       <c r="D18" s="11">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="E18" s="11">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="F18" s="11">
-        <v>257</v>
+        <v>254</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C21" s="13">
-        <v>-1.6583</v>
+        <v>-2.7467</v>
       </c>
       <c r="D21" s="13">
-        <v>-1.9</v>
+        <v>-2.7</v>
       </c>
       <c r="E21" s="13">
-        <v>-3</v>
+        <v>-3.7</v>
       </c>
       <c r="F21" s="13">
-        <v>-0.2</v>
+        <v>-2</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C22" s="12">
-        <v>926</v>
+        <v>931.6</v>
       </c>
       <c r="D22" s="12">
-        <v>919.5</v>
+        <v>923</v>
       </c>
       <c r="E22" s="12">
-        <v>879</v>
+        <v>900</v>
       </c>
       <c r="F22" s="12">
-        <v>1072</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C25" s="13">
-        <v>-1.4</v>
+        <v>-1.4867</v>
       </c>
       <c r="D25" s="13">
         <v>-1.5</v>
       </c>
       <c r="E25" s="13">
-        <v>-3</v>
+        <v>-3.1</v>
       </c>
       <c r="F25" s="13">
-        <v>0</v>
+        <v>-0.6</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C26" s="12">
-        <v>875.0833</v>
+        <v>892.8667</v>
       </c>
       <c r="D26" s="12">
-        <v>871.5</v>
+        <v>889</v>
       </c>
       <c r="E26" s="12">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="F26" s="12">
-        <v>999</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B29" s="14">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C29" s="13">
-        <v>-1.4727</v>
+        <v>-2.0538</v>
       </c>
       <c r="D29" s="13">
-        <v>-1.8</v>
+        <v>-2.2</v>
       </c>
       <c r="E29" s="13">
-        <v>-3</v>
+        <v>-2.6</v>
       </c>
       <c r="F29" s="13">
-        <v>0</v>
+        <v>-1.4</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C30" s="12">
-        <v>1776.0833</v>
+        <v>1806.5333</v>
       </c>
       <c r="D30" s="12">
-        <v>1774.5</v>
+        <v>1815</v>
       </c>
       <c r="E30" s="12">
-        <v>1717</v>
+        <v>1739</v>
       </c>
       <c r="F30" s="12">
-        <v>1833</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B31" s="16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C31" s="15">
-        <v>0.1545</v>
+        <v>0.175</v>
       </c>
       <c r="D31" s="15">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="E31" s="15">
         <v>-1.3</v>
       </c>
       <c r="F31" s="15">
-        <v>1.2</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B32" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C32" s="11">
-        <v>25.0833</v>
+        <v>20.5333</v>
       </c>
       <c r="D32" s="11">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E32" s="11">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F32" s="11">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B35" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C35" s="13">
-        <v>-0.0417</v>
+        <v>-0.9267</v>
       </c>
       <c r="D35" s="13">
-        <v>0</v>
+        <v>-0.8</v>
       </c>
       <c r="E35" s="13">
-        <v>-2</v>
+        <v>-1.9</v>
       </c>
       <c r="F35" s="13">
-        <v>2.2</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C36" s="12">
-        <v>878.9167</v>
+        <v>877.8</v>
       </c>
       <c r="D36" s="12">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="E36" s="12">
-        <v>862</v>
+        <v>844</v>
       </c>
       <c r="F36" s="12">
-        <v>901</v>
+        <v>902</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B37" s="16">
         <v>10</v>
       </c>
       <c r="C37" s="15">
-        <v>0.25</v>
+        <v>0.09</v>
       </c>
       <c r="D37" s="15">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="E37" s="15">
-        <v>-0.4</v>
+        <v>-0.6</v>
       </c>
       <c r="F37" s="15">
-        <v>0.7</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C38" s="11">
-        <v>39.9167</v>
+        <v>36.9333</v>
       </c>
       <c r="D38" s="11">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E38" s="11">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="F38" s="11">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C41" s="12">
-        <v>-3.25</v>
+        <v>-3.6667</v>
       </c>
       <c r="D41" s="12">
-        <v>-3.5</v>
+        <v>-3</v>
       </c>
       <c r="E41" s="12">
-        <v>-5</v>
+        <v>-9</v>
       </c>
       <c r="F41" s="12">
-        <v>1</v>
+        <v>-2</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>23</v>
       </c>
       <c r="B42" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C42" s="12">
-        <v>3.4167</v>
+        <v>3.5333</v>
       </c>
       <c r="D42" s="12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E42" s="12">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="F42" s="12">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>24</v>
       </c>
       <c r="B43" s="12">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C43" s="12">
         <v>0</v>
       </c>
       <c r="D43" s="12">
         <v>0</v>
       </c>
       <c r="E43" s="12">
         <v>0</v>
       </c>
       <c r="F43" s="12">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>25</v>
       </c>
       <c r="B44" s="12">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C44" s="12">
-        <v>-14.8182</v>
+        <v>-16.2</v>
       </c>
       <c r="D44" s="12">
-        <v>-15</v>
+        <v>-16</v>
       </c>
       <c r="E44" s="12">
-        <v>-20</v>
+        <v>-30</v>
       </c>
       <c r="F44" s="12">
-        <v>-12</v>
+        <v>-8</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B45" s="11">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C45" s="11">
-        <v>-14.6515</v>
+        <v>-16.3333</v>
       </c>
       <c r="D45" s="11">
-        <v>-14</v>
+        <v>-15</v>
       </c>
       <c r="E45" s="11">
-        <v>-19</v>
+        <v>-37</v>
       </c>
       <c r="F45" s="11">
-        <v>-11</v>
+        <v>-10</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B48" s="14">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C48" s="13">
-        <v>0.44</v>
+        <v>0.8273</v>
       </c>
       <c r="D48" s="13">
-        <v>0.55</v>
+        <v>0.8</v>
       </c>
       <c r="E48" s="13">
-        <v>-0.6</v>
+        <v>0.5</v>
       </c>
       <c r="F48" s="13">
-        <v>0.9</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B49" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C49" s="11">
-        <v>6056.4167</v>
+        <v>6107.8667</v>
       </c>
       <c r="D49" s="11">
-        <v>6059</v>
+        <v>6120</v>
       </c>
       <c r="E49" s="11">
-        <v>5993</v>
+        <v>6032</v>
       </c>
       <c r="F49" s="11">
-        <v>6095</v>
+        <v>6172</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B50" s="16">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C50" s="15">
-        <v>0.32</v>
+        <v>0.3545</v>
       </c>
       <c r="D50" s="15">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="E50" s="15">
-        <v>0.1</v>
+        <v>-0.8</v>
       </c>
       <c r="F50" s="15">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B51" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C51" s="11">
-        <v>283.4318</v>
+        <v>280.6667</v>
       </c>
       <c r="D51" s="11">
-        <v>281.5</v>
+        <v>281</v>
       </c>
       <c r="E51" s="11">
         <v>272</v>
       </c>
       <c r="F51" s="11">
-        <v>301</v>
+        <v>287</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="16">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C52" s="15">
-        <v>4.6799</v>
+        <v>4.5952</v>
       </c>
       <c r="D52" s="15">
-        <v>4.61335</v>
+        <v>4.5897</v>
       </c>
       <c r="E52" s="15">
-        <v>4.5018</v>
+        <v>4.4437</v>
       </c>
       <c r="F52" s="15">
-        <v>5</v>
+        <v>4.7248</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C54" s="12">
-        <v>-2.5</v>
+        <v>-3.4</v>
       </c>
       <c r="D54" s="12">
         <v>-3</v>
       </c>
       <c r="E54" s="12">
         <v>-8</v>
       </c>
       <c r="F54" s="12">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C55" s="12">
-        <v>-32.75</v>
+        <v>-36.1333</v>
       </c>
       <c r="D55" s="12">
-        <v>-33</v>
+        <v>-36</v>
       </c>
       <c r="E55" s="12">
-        <v>-36</v>
+        <v>-41</v>
       </c>
       <c r="F55" s="12">
-        <v>-30</v>
+        <v>-31</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>33</v>
       </c>
       <c r="B56" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C56" s="12">
-        <v>-56.8333</v>
+        <v>-51.2667</v>
       </c>
       <c r="D56" s="12">
-        <v>-57.5</v>
+        <v>-50</v>
       </c>
       <c r="E56" s="12">
         <v>-60</v>
       </c>
       <c r="F56" s="12">
-        <v>-53</v>
+        <v>-48</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B58" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C58" s="11">
-        <v>191.3485</v>
+        <v>189.8667</v>
       </c>
       <c r="D58" s="11">
-        <v>190.5</v>
+        <v>189</v>
       </c>
       <c r="E58" s="11">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F58" s="11">
-        <v>202</v>
+        <v>196</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>35</v>
       </c>
       <c r="B60" s="12">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C60" s="12">
-        <v>53.4</v>
+        <v>49.4615</v>
       </c>
       <c r="D60" s="12">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="E60" s="12">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="F60" s="12">
         <v>58</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B61" s="11">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C61" s="11">
-        <v>137.9485</v>
+        <v>140.4051</v>
       </c>
       <c r="D61" s="11">
-        <v>137.5</v>
+        <v>143</v>
       </c>
       <c r="E61" s="11">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="F61" s="11">
-        <v>144</v>
+        <v>194</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>37</v>
       </c>
       <c r="B63" s="12">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C63" s="17">
-        <v>7.98</v>
+        <v>8.244400000000001</v>
       </c>
       <c r="D63" s="17">
-        <v>7.9</v>
+        <v>8.300000000000001</v>
       </c>
       <c r="E63" s="17">
-        <v>7.6</v>
+        <v>7.4</v>
       </c>
       <c r="F63" s="17">
-        <v>8.699999999999999</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>38</v>
       </c>
       <c r="B64" s="12">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C64" s="17">
-        <v>8.199999999999999</v>
+        <v>8.945499999999999</v>
       </c>
       <c r="D64" s="17">
         <v>8.6</v>
       </c>
       <c r="E64" s="17">
-        <v>6.2</v>
+        <v>8.6</v>
       </c>
       <c r="F64" s="17">
-        <v>8.6</v>
+        <v>12.4</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>39</v>
       </c>
       <c r="B65" s="12">
         <v>0</v>
       </c>
-      <c r="C65" s="20" t="s">
+      <c r="C65" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="D65" s="20" t="s">
+      <c r="D65" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="E65" s="20" t="s">
+      <c r="E65" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="F65" s="20" t="s">
+      <c r="F65" s="19" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>41</v>
       </c>
       <c r="B66" s="12">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>40</v>
+        <v>1</v>
+      </c>
+      <c r="C66" s="12">
+        <v>-36</v>
+      </c>
+      <c r="D66" s="12">
+        <v>-36</v>
+      </c>
+      <c r="E66" s="12">
+        <v>-36</v>
+      </c>
+      <c r="F66" s="12">
+        <v>-36</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>42</v>
       </c>
       <c r="B67" s="12">
-        <v>0</v>
-[...11 lines deleted...]
-        <v>40</v>
+        <v>1</v>
+      </c>
+      <c r="C67" s="12">
+        <v>-102</v>
+      </c>
+      <c r="D67" s="12">
+        <v>-102</v>
+      </c>
+      <c r="E67" s="12">
+        <v>-102</v>
+      </c>
+      <c r="F67" s="12">
+        <v>-102</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>43</v>
       </c>
       <c r="B69" s="12">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C69" s="18">
-        <v>1.1667</v>
+        <v>1.146</v>
       </c>
       <c r="D69" s="18">
-        <v>1.16</v>
+        <v>1.15</v>
       </c>
       <c r="E69" s="18">
+        <v>1.14</v>
+      </c>
+      <c r="F69" s="18">
         <v>1.15</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.19</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>44</v>
       </c>
       <c r="B70" s="12">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C70" s="18">
-        <v>4.9733</v>
+        <v>4.88</v>
       </c>
       <c r="D70" s="18">
-        <v>4.95</v>
+        <v>4.86</v>
       </c>
       <c r="E70" s="18">
-        <v>4.91</v>
+        <v>4.86</v>
       </c>
       <c r="F70" s="18">
-        <v>5.06</v>
+        <v>4.92</v>
       </c>
     </row>
     <row r="72" spans="1:6">
-      <c r="A72" s="21" t="s">
+      <c r="A72" s="20" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>46</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>47</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75"/>
@@ -2045,51 +2041,51 @@
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90"/>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>61</v>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91"/>
     </row>
     <row r="93" spans="1:6">
-      <c r="A93" s="22" t="s">
+      <c r="A93" s="21" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A73:F73"/>
     <mergeCell ref="A74:F74"/>
     <mergeCell ref="A75:F75"/>
     <mergeCell ref="A76:F76"/>
     <mergeCell ref="A77:F77"/>
     <mergeCell ref="A78:F78"/>
     <mergeCell ref="A79:F79"/>
     <mergeCell ref="A80:F80"/>
     <mergeCell ref="A81:F81"/>
     <mergeCell ref="A82:F82"/>
     <mergeCell ref="A83:F83"/>
     <mergeCell ref="A84:F84"/>
     <mergeCell ref="A85:F85"/>
     <mergeCell ref="A86:F86"/>
     <mergeCell ref="A87:F87"/>
     <mergeCell ref="A88:F88"/>
     <mergeCell ref="A89:F89"/>
     <mergeCell ref="A90:F90"/>
     <mergeCell ref="A91:F91"/>