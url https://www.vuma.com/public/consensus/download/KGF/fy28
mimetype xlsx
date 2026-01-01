--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -38,51 +38,51 @@
   <si>
     <t>Kingfisher plc</t>
   </si>
   <si>
     <t>FY 28/29</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>16/09/25</t>
+    <t>17/11/25</t>
   </si>
   <si>
     <t>B&amp;Q</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL %</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t xml:space="preserve">  Total Sales (£m)</t>
   </si>
   <si>
     <t>Screwfix</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL (%)</t>
   </si>
   <si>
     <t xml:space="preserve">UK &amp; Ireland </t>
   </si>
   <si>
     <t xml:space="preserve">  GM movement YOY (%)</t>
   </si>
@@ -197,51 +197,51 @@
   <si>
     <t>Whilst Kingfisher reserves the right, from time to time, with or without notice, to exclude one or more analysts’ forecasts on the basis that</t>
   </si>
   <si>
     <t>Kingfisher believes them to be unrepresentative and/or out of date, any analysts forecasts submitted represents the independent opinion of that</t>
   </si>
   <si>
     <t>analyst and does not constitute the opinion of Kingfisher. In some instances, interim period forecasts (i.e. H1 and H2) may not reconcile to full year</t>
   </si>
   <si>
     <t>forecasts due to fewer analysts forecasting on an interim basis than a full year basis. Group LFL forecasts for some analysts exclude Romania and</t>
   </si>
   <si>
     <t>Iberia LFL sales forecasts.</t>
   </si>
   <si>
     <t>Nothing in this analysis should be taken as a recommendation to buy or sell shares in Kingfisher, to take or not take any other action or to place any</t>
   </si>
   <si>
     <t>reliance on the information presented here. Kingfisher shall have no liability whatsoever for the consequences of any reliance or actions taken or not</t>
   </si>
   <si>
     <t>taken based on any of the forecasts or information displayed. The information is made available here solely as a convenience to users of this website.</t>
   </si>
   <si>
-    <t>The consensus data was last updated on 16/09/2025</t>
+    <t>The consensus data was last updated on 12/11/2025</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="15">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -1666,104 +1666,104 @@
       <c r="C56" s="15" t="s">
         <v>11</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B58" s="10">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C58" s="18" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="10">
-        <v>722.5</v>
+        <v>716.5</v>
       </c>
       <c r="E58" s="10">
         <v>653</v>
       </c>
       <c r="F58" s="10">
-        <v>784</v>
+        <v>780</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>36</v>
       </c>
       <c r="B60" s="11">
         <v>0</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>11</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
         <v>37</v>
       </c>
       <c r="B61" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C61" s="18" t="s">
         <v>11</v>
       </c>
       <c r="D61" s="10">
-        <v>654</v>
+        <v>716.5</v>
       </c>
       <c r="E61" s="10">
         <v>653</v>
       </c>
       <c r="F61" s="10">
         <v>780</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>38</v>
       </c>
       <c r="B63" s="11">
         <v>0</v>
       </c>
       <c r="C63" s="19" t="s">
         <v>11</v>
       </c>