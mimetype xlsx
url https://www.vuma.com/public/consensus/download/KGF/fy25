--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -38,51 +38,51 @@
   <si>
     <t>Kingfisher plc</t>
   </si>
   <si>
     <t>FY 25/26</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>16/09/25</t>
+    <t>12/11/25</t>
   </si>
   <si>
     <t>B&amp;Q</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL %</t>
   </si>
   <si>
     <t xml:space="preserve">  Total Sales (£m)</t>
   </si>
   <si>
     <t>Screwfix</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL (%)</t>
   </si>
   <si>
     <t xml:space="preserve">UK &amp; Ireland </t>
   </si>
   <si>
     <t xml:space="preserve">  GM movement YOY (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Retail profit (£m)</t>
   </si>
@@ -194,51 +194,51 @@
   <si>
     <t>Whilst Kingfisher reserves the right, from time to time, with or without notice, to exclude one or more analysts’ forecasts on the basis that</t>
   </si>
   <si>
     <t>Kingfisher believes them to be unrepresentative and/or out of date, any analysts forecasts submitted represents the independent opinion of that</t>
   </si>
   <si>
     <t>analyst and does not constitute the opinion of Kingfisher. In some instances, interim period forecasts (i.e. H1 and H2) may not reconcile to full year</t>
   </si>
   <si>
     <t>forecasts due to fewer analysts forecasting on an interim basis than a full year basis. Group LFL forecasts for some analysts exclude Romania and</t>
   </si>
   <si>
     <t>Iberia LFL sales forecasts.</t>
   </si>
   <si>
     <t>Nothing in this analysis should be taken as a recommendation to buy or sell shares in Kingfisher, to take or not take any other action or to place any</t>
   </si>
   <si>
     <t>reliance on the information presented here. Kingfisher shall have no liability whatsoever for the consequences of any reliance or actions taken or not</t>
   </si>
   <si>
     <t>taken based on any of the forecasts or information displayed. The information is made available here solely as a convenience to users of this website.</t>
   </si>
   <si>
-    <t>The consensus data was last updated on 16/09/2025</t>
+    <t>The consensus data was last updated on 12/11/2025</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -818,1071 +818,1071 @@
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="11">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C7" s="10">
-        <v>2.9154</v>
+        <v>3.2794</v>
       </c>
       <c r="D7" s="10">
-        <v>2.9</v>
+        <v>3.08435</v>
       </c>
       <c r="E7" s="10">
-        <v>1.6</v>
+        <v>2.8469</v>
       </c>
       <c r="F7" s="10">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C8" s="12">
-        <v>3957.0581</v>
+        <v>3969.0996</v>
       </c>
       <c r="D8" s="12">
-        <v>3954</v>
+        <v>3958.3125</v>
       </c>
       <c r="E8" s="12">
-        <v>3883</v>
+        <v>3937.765</v>
       </c>
       <c r="F8" s="12">
-        <v>4032</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="11">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C11" s="10">
-        <v>1.8923</v>
+        <v>2.6872</v>
       </c>
       <c r="D11" s="10">
-        <v>2</v>
+        <v>2.6753</v>
       </c>
       <c r="E11" s="10">
-        <v>0.4</v>
+        <v>2.2403</v>
       </c>
       <c r="F11" s="10">
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C12" s="12">
-        <v>2734.1063</v>
+        <v>2749.9379</v>
       </c>
       <c r="D12" s="12">
-        <v>2737</v>
+        <v>2748</v>
       </c>
       <c r="E12" s="12">
-        <v>2682</v>
+        <v>2725.4958</v>
       </c>
       <c r="F12" s="12">
-        <v>2770</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="14">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C15" s="13">
-        <v>2.3435</v>
+        <v>2.9347</v>
       </c>
       <c r="D15" s="13">
-        <v>2.4</v>
+        <v>2.9728</v>
       </c>
       <c r="E15" s="13">
-        <v>1.1</v>
+        <v>2.5992</v>
       </c>
       <c r="F15" s="13">
-        <v>3.1</v>
+        <v>3.1167</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C16" s="12">
-        <v>6691.0875</v>
+        <v>6719.1209</v>
       </c>
       <c r="D16" s="12">
-        <v>6700</v>
+        <v>6710.41135</v>
       </c>
       <c r="E16" s="12">
-        <v>6565</v>
+        <v>6680.1573</v>
       </c>
       <c r="F16" s="12">
-        <v>6802</v>
+        <v>6776</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="16">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C17" s="15">
-        <v>0.2584</v>
+        <v>0.6506</v>
       </c>
       <c r="D17" s="15">
+        <v>0.6523</v>
+      </c>
+      <c r="E17" s="15">
         <v>0.2</v>
       </c>
-      <c r="E17" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="15">
-        <v>0.5</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="11">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C18" s="11">
-        <v>558.7144</v>
+        <v>574.1713999999999</v>
       </c>
       <c r="D18" s="11">
+        <v>570.5277</v>
+      </c>
+      <c r="E18" s="11">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="F18" s="11">
         <v>594</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C21" s="13">
-        <v>-2.1923</v>
+        <v>-1.8524</v>
       </c>
       <c r="D21" s="13">
-        <v>-2.1</v>
+        <v>-1.7884</v>
       </c>
       <c r="E21" s="13">
-        <v>-3.3</v>
+        <v>-2.8</v>
       </c>
       <c r="F21" s="13">
-        <v>-1</v>
+        <v>-1.2126</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C22" s="12">
-        <v>1986.4407</v>
+        <v>1984.8447</v>
       </c>
       <c r="D22" s="12">
-        <v>1960</v>
+        <v>1995.5</v>
       </c>
       <c r="E22" s="12">
         <v>1917</v>
       </c>
       <c r="F22" s="12">
-        <v>2311</v>
+        <v>2020.6711</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C25" s="13">
-        <v>-2.0846</v>
+        <v>-2.6168</v>
       </c>
       <c r="D25" s="13">
-        <v>-2.1</v>
+        <v>-2.55</v>
       </c>
       <c r="E25" s="13">
-        <v>-3.4</v>
+        <v>-3.5</v>
       </c>
       <c r="F25" s="13">
-        <v>-0.6</v>
+        <v>-2.1895</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C26" s="12">
-        <v>1857.7813</v>
+        <v>1840.065</v>
       </c>
       <c r="D26" s="12">
-        <v>1834</v>
+        <v>1849.5625</v>
       </c>
       <c r="E26" s="12">
         <v>1800</v>
       </c>
       <c r="F26" s="12">
-        <v>2145</v>
+        <v>1866.0192</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B29" s="14">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C29" s="13">
-        <v>-2.1</v>
+        <v>-2.1688</v>
       </c>
       <c r="D29" s="13">
-        <v>-2.1</v>
+        <v>-2.0586</v>
       </c>
       <c r="E29" s="13">
-        <v>-3.3</v>
+        <v>-3</v>
       </c>
       <c r="F29" s="13">
-        <v>-1</v>
+        <v>-1.8</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C30" s="12">
-        <v>3795.3759</v>
+        <v>3824.9931</v>
       </c>
       <c r="D30" s="12">
-        <v>3790</v>
+        <v>3844.27515</v>
       </c>
       <c r="E30" s="12">
         <v>3717</v>
       </c>
       <c r="F30" s="12">
-        <v>3881.8868</v>
+        <v>3879.0599</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B31" s="16">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C31" s="15">
-        <v>0.3417</v>
+        <v>0.6829</v>
       </c>
       <c r="D31" s="15">
-        <v>0.35</v>
+        <v>0.7355499999999999</v>
       </c>
       <c r="E31" s="15">
-        <v>-0.5</v>
+        <v>0.3</v>
       </c>
       <c r="F31" s="15">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B32" s="11">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C32" s="11">
-        <v>88.14449999999999</v>
+        <v>90.8882</v>
       </c>
       <c r="D32" s="11">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="E32" s="11">
         <v>68</v>
       </c>
       <c r="F32" s="11">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B35" s="14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C35" s="13">
-        <v>-1.0692</v>
+        <v>-1.0796</v>
       </c>
       <c r="D35" s="13">
-        <v>-1.2</v>
+        <v>-1</v>
       </c>
       <c r="E35" s="13">
-        <v>-2.6</v>
+        <v>-2</v>
       </c>
       <c r="F35" s="13">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C36" s="12">
-        <v>1823.3298</v>
+        <v>1830.7796</v>
       </c>
       <c r="D36" s="12">
-        <v>1825</v>
+        <v>1838.34075</v>
       </c>
       <c r="E36" s="12">
-        <v>1801</v>
+        <v>1766</v>
       </c>
       <c r="F36" s="12">
-        <v>1853</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B37" s="16">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C37" s="15">
-        <v>0.2909</v>
+        <v>0.1195</v>
       </c>
       <c r="D37" s="15">
-        <v>0.3</v>
+        <v>0.1</v>
       </c>
       <c r="E37" s="15">
         <v>0</v>
       </c>
       <c r="F37" s="15">
-        <v>0.6</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="11">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C38" s="11">
-        <v>85.7269</v>
+        <v>90.4832</v>
       </c>
       <c r="D38" s="11">
-        <v>86</v>
+        <v>91.10105</v>
       </c>
       <c r="E38" s="11">
-        <v>76.4494</v>
+        <v>82</v>
       </c>
       <c r="F38" s="11">
-        <v>94</v>
+        <v>95.884</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C41" s="12">
-        <v>-8.2308</v>
+        <v>-9.75</v>
       </c>
       <c r="D41" s="12">
-        <v>-9</v>
+        <v>-9.5</v>
       </c>
       <c r="E41" s="12">
-        <v>-10</v>
+        <v>-14</v>
       </c>
       <c r="F41" s="12">
-        <v>-2</v>
+        <v>-8</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>23</v>
       </c>
       <c r="B42" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C42" s="12">
-        <v>10</v>
+        <v>13.6235</v>
       </c>
       <c r="D42" s="12">
-        <v>10</v>
+        <v>14.31795</v>
       </c>
       <c r="E42" s="12">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F42" s="12">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>24</v>
       </c>
       <c r="B43" s="12">
         <v>9</v>
       </c>
       <c r="C43" s="12">
-        <v>-1.8889</v>
+        <v>-3</v>
       </c>
       <c r="D43" s="12">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="E43" s="12">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="F43" s="12">
-        <v>0</v>
+        <v>-3</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>25</v>
       </c>
       <c r="B44" s="12">
         <v>12</v>
       </c>
       <c r="C44" s="12">
-        <v>-30.4161</v>
+        <v>-32.9583</v>
       </c>
       <c r="D44" s="12">
-        <v>-30</v>
+        <v>-32.75</v>
       </c>
       <c r="E44" s="12">
-        <v>-35</v>
+        <v>-39</v>
       </c>
       <c r="F44" s="12">
-        <v>-25</v>
+        <v>-28</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B45" s="11">
         <v>12</v>
       </c>
       <c r="C45" s="11">
-        <v>-30.5357</v>
+        <v>-32.0848</v>
       </c>
       <c r="D45" s="11">
-        <v>-30</v>
+        <v>-31</v>
       </c>
       <c r="E45" s="11">
-        <v>-35</v>
+        <v>-39</v>
       </c>
       <c r="F45" s="11">
         <v>-25</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B48" s="14">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C48" s="13">
-        <v>0.5053</v>
+        <v>0.8245</v>
       </c>
       <c r="D48" s="13">
-        <v>0.6</v>
+        <v>0.87305</v>
       </c>
       <c r="E48" s="13">
-        <v>-0.3</v>
+        <v>0.4924</v>
       </c>
       <c r="F48" s="13">
-        <v>0.9631999999999999</v>
+        <v>1.138</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B49" s="11">
         <v>12</v>
       </c>
       <c r="C49" s="11">
-        <v>12803.0403</v>
+        <v>12850.9535</v>
       </c>
       <c r="D49" s="11">
-        <v>12824.24185</v>
+        <v>12865.66495</v>
       </c>
       <c r="E49" s="11">
-        <v>12689</v>
+        <v>12717.0177</v>
       </c>
       <c r="F49" s="11">
-        <v>12906</v>
+        <v>12947.8799</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B50" s="16">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C50" s="15">
-        <v>0.3023</v>
+        <v>0.6498</v>
       </c>
       <c r="D50" s="15">
-        <v>0.3</v>
+        <v>0.71195</v>
       </c>
       <c r="E50" s="15">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="F50" s="15">
-        <v>0.6</v>
+        <v>0.9387</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B51" s="11">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C51" s="11">
-        <v>702.0501</v>
+        <v>723.4579</v>
       </c>
       <c r="D51" s="11">
-        <v>704</v>
+        <v>726.2673500000001</v>
       </c>
       <c r="E51" s="11">
-        <v>685</v>
+        <v>713</v>
       </c>
       <c r="F51" s="11">
-        <v>718</v>
+        <v>736</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="16">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C52" s="15">
-        <v>5.4835</v>
+        <v>5.6296</v>
       </c>
       <c r="D52" s="15">
-        <v>5.5</v>
+        <v>5.63255</v>
       </c>
       <c r="E52" s="15">
-        <v>5.3</v>
+        <v>5.5516</v>
       </c>
       <c r="F52" s="15">
-        <v>5.6</v>
+        <v>5.7513</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C54" s="12">
-        <v>-7.4615</v>
+        <v>-7.25</v>
       </c>
       <c r="D54" s="12">
-        <v>-6</v>
+        <v>-6.5</v>
       </c>
       <c r="E54" s="12">
-        <v>-15</v>
+        <v>-19</v>
       </c>
       <c r="F54" s="12">
-        <v>-5</v>
+        <v>-3</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C55" s="12">
-        <v>-63.5569</v>
+        <v>-71.5767</v>
       </c>
       <c r="D55" s="12">
+        <v>-72</v>
+      </c>
+      <c r="E55" s="12">
+        <v>-76</v>
+      </c>
+      <c r="F55" s="12">
         <v>-64</v>
-      </c>
-[...4 lines deleted...]
-        <v>-60</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>33</v>
       </c>
       <c r="B56" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C56" s="12">
-        <v>-112.2308</v>
+        <v>-102.1102</v>
       </c>
       <c r="D56" s="12">
-        <v>-114</v>
+        <v>-100</v>
       </c>
       <c r="E56" s="12">
         <v>-116</v>
       </c>
       <c r="F56" s="12">
-        <v>-105</v>
+        <v>-97.5853</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B58" s="11">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C58" s="11">
-        <v>518.8008</v>
+        <v>542.521</v>
       </c>
       <c r="D58" s="11">
-        <v>521</v>
+        <v>540</v>
       </c>
       <c r="E58" s="11">
-        <v>500</v>
+        <v>530</v>
       </c>
       <c r="F58" s="11">
-        <v>531</v>
+        <v>553.2601</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>35</v>
       </c>
       <c r="B60" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C60" s="12">
-        <v>145.1867</v>
+        <v>142.9118</v>
       </c>
       <c r="D60" s="12">
-        <v>146</v>
+        <v>142.27365</v>
       </c>
       <c r="E60" s="12">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F60" s="12">
         <v>148</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B61" s="11">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C61" s="11">
-        <v>373.6141</v>
+        <v>399.6093</v>
       </c>
       <c r="D61" s="11">
-        <v>375</v>
+        <v>399.5613</v>
       </c>
       <c r="E61" s="11">
-        <v>361</v>
+        <v>382</v>
       </c>
       <c r="F61" s="11">
-        <v>382</v>
+        <v>409.4125</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>37</v>
       </c>
       <c r="B63" s="12">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C63" s="17">
-        <v>21.3962</v>
+        <v>23.0416</v>
       </c>
       <c r="D63" s="17">
-        <v>21.45</v>
+        <v>23.1973</v>
       </c>
       <c r="E63" s="17">
-        <v>20.6</v>
+        <v>21.7</v>
       </c>
       <c r="F63" s="17">
-        <v>21.9</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>38</v>
       </c>
       <c r="B64" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C64" s="17">
-        <v>12.4231</v>
+        <v>12.4157</v>
       </c>
       <c r="D64" s="17">
         <v>12.4</v>
       </c>
       <c r="E64" s="17">
-        <v>12.3</v>
+        <v>12.4</v>
       </c>
       <c r="F64" s="17">
-        <v>12.8</v>
+        <v>12.5879</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>39</v>
       </c>
       <c r="B65" s="12">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C65" s="17">
-        <v>-1.5004</v>
+        <v>-1.4621</v>
       </c>
       <c r="D65" s="17">
-        <v>-1.5</v>
+        <v>-1.4777</v>
       </c>
       <c r="E65" s="17">
-        <v>-1.6</v>
+        <v>-1.5805</v>
       </c>
       <c r="F65" s="17">
-        <v>-1.3255</v>
+        <v>-1.3152</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>40</v>
       </c>
       <c r="B66" s="12">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C66" s="12">
-        <v>446.535</v>
+        <v>502.975</v>
       </c>
       <c r="D66" s="12">
-        <v>448</v>
+        <v>505</v>
       </c>
       <c r="E66" s="12">
-        <v>414</v>
+        <v>460</v>
       </c>
       <c r="F66" s="12">
-        <v>500</v>
+        <v>534.4165</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>41</v>
       </c>
       <c r="B67" s="12">
         <v>12</v>
       </c>
       <c r="C67" s="12">
-        <v>-252.3333</v>
+        <v>-288.5833</v>
       </c>
       <c r="D67" s="12">
-        <v>-250</v>
+        <v>-280.5</v>
       </c>
       <c r="E67" s="12">
-        <v>-326</v>
+        <v>-351</v>
       </c>
       <c r="F67" s="12">
-        <v>-200</v>
+        <v>-220</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>42</v>
       </c>
       <c r="B69" s="12">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C69" s="18">
-        <v>1.1815</v>
+        <v>1.1732</v>
       </c>
       <c r="D69" s="18">
-        <v>1.185</v>
+        <v>1.17</v>
       </c>
       <c r="E69" s="18">
-        <v>1.165</v>
+        <v>1.16</v>
       </c>
       <c r="F69" s="18">
         <v>1.2</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>43</v>
       </c>
       <c r="B70" s="12">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C70" s="18">
-        <v>5.0194</v>
+        <v>4.9834</v>
       </c>
       <c r="D70" s="18">
-        <v>5.01</v>
+        <v>4.9458</v>
       </c>
       <c r="E70" s="18">
-        <v>4.95</v>
+        <v>4.93</v>
       </c>
       <c r="F70" s="18">
         <v>5.15</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="19" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>45</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>46</v>
       </c>
       <c r="B74"/>