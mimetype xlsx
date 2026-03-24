--- v1 (2026-01-01)
+++ v2 (2026-03-24)
@@ -38,51 +38,51 @@
   <si>
     <t>Kingfisher plc</t>
   </si>
   <si>
     <t>FY 25/26</t>
   </si>
   <si>
     <t>NO. OF</t>
   </si>
   <si>
     <t>CONSENSUS</t>
   </si>
   <si>
     <t>MEDIAN</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MAX</t>
   </si>
   <si>
     <t>FORECASTS</t>
   </si>
   <si>
-    <t>12/11/25</t>
+    <t>12/02/26</t>
   </si>
   <si>
     <t>B&amp;Q</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL %</t>
   </si>
   <si>
     <t xml:space="preserve">  Total Sales (£m)</t>
   </si>
   <si>
     <t>Screwfix</t>
   </si>
   <si>
     <t xml:space="preserve">  LFL (%)</t>
   </si>
   <si>
     <t xml:space="preserve">UK &amp; Ireland </t>
   </si>
   <si>
     <t xml:space="preserve">  GM movement YOY (%)</t>
   </si>
   <si>
     <t xml:space="preserve">  Retail profit (£m)</t>
   </si>
@@ -194,51 +194,51 @@
   <si>
     <t>Whilst Kingfisher reserves the right, from time to time, with or without notice, to exclude one or more analysts’ forecasts on the basis that</t>
   </si>
   <si>
     <t>Kingfisher believes them to be unrepresentative and/or out of date, any analysts forecasts submitted represents the independent opinion of that</t>
   </si>
   <si>
     <t>analyst and does not constitute the opinion of Kingfisher. In some instances, interim period forecasts (i.e. H1 and H2) may not reconcile to full year</t>
   </si>
   <si>
     <t>forecasts due to fewer analysts forecasting on an interim basis than a full year basis. Group LFL forecasts for some analysts exclude Romania and</t>
   </si>
   <si>
     <t>Iberia LFL sales forecasts.</t>
   </si>
   <si>
     <t>Nothing in this analysis should be taken as a recommendation to buy or sell shares in Kingfisher, to take or not take any other action or to place any</t>
   </si>
   <si>
     <t>reliance on the information presented here. Kingfisher shall have no liability whatsoever for the consequences of any reliance or actions taken or not</t>
   </si>
   <si>
     <t>taken based on any of the forecasts or information displayed. The information is made available here solely as a convenience to users of this website.</t>
   </si>
   <si>
-    <t>The consensus data was last updated on 12/11/2025</t>
+    <t>The consensus data was last updated on 12/02/2026</t>
   </si>
   <si>
     <t>Powered by Vuma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="12">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -818,1074 +818,1074 @@
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C7" s="10">
-        <v>3.2794</v>
+        <v>3.5333</v>
       </c>
       <c r="D7" s="10">
-        <v>3.08435</v>
+        <v>3.4</v>
       </c>
       <c r="E7" s="10">
-        <v>2.8469</v>
+        <v>3.3</v>
       </c>
       <c r="F7" s="10">
-        <v>5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C8" s="12">
-        <v>3969.0996</v>
+        <v>3977.7333</v>
       </c>
       <c r="D8" s="12">
-        <v>3958.3125</v>
+        <v>3977</v>
       </c>
       <c r="E8" s="12">
-        <v>3937.765</v>
+        <v>3966</v>
       </c>
       <c r="F8" s="12">
-        <v>4026</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C11" s="10">
-        <v>2.6872</v>
+        <v>3.14</v>
       </c>
       <c r="D11" s="10">
-        <v>2.6753</v>
+        <v>3.1</v>
       </c>
       <c r="E11" s="10">
-        <v>2.2403</v>
+        <v>2.8</v>
       </c>
       <c r="F11" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C12" s="12">
-        <v>2749.9379</v>
+        <v>2759.9333</v>
       </c>
       <c r="D12" s="12">
-        <v>2748</v>
+        <v>2756</v>
       </c>
       <c r="E12" s="12">
-        <v>2725.4958</v>
+        <v>2745</v>
       </c>
       <c r="F12" s="12">
-        <v>2768</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="14">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C15" s="13">
-        <v>2.9347</v>
+        <v>3.3786</v>
       </c>
       <c r="D15" s="13">
-        <v>2.9728</v>
+        <v>3.25</v>
       </c>
       <c r="E15" s="13">
-        <v>2.5992</v>
+        <v>3.1</v>
       </c>
       <c r="F15" s="13">
-        <v>3.1167</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C16" s="12">
-        <v>6719.1209</v>
+        <v>6737.9333</v>
       </c>
       <c r="D16" s="12">
-        <v>6710.41135</v>
+        <v>6728</v>
       </c>
       <c r="E16" s="12">
-        <v>6680.1573</v>
+        <v>6716</v>
       </c>
       <c r="F16" s="12">
-        <v>6776</v>
+        <v>6783</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="16">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C17" s="15">
-        <v>0.6506</v>
+        <v>0.7</v>
       </c>
       <c r="D17" s="15">
-        <v>0.6523</v>
+        <v>0.75</v>
       </c>
       <c r="E17" s="15">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="F17" s="15">
-        <v>0.9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C18" s="11">
-        <v>574.1713999999999</v>
+        <v>583.4666999999999</v>
       </c>
       <c r="D18" s="11">
-        <v>570.5277</v>
+        <v>588</v>
       </c>
       <c r="E18" s="11">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F18" s="11">
-        <v>594</v>
+        <v>598</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C21" s="13">
-        <v>-1.8524</v>
+        <v>-2.06</v>
       </c>
       <c r="D21" s="13">
-        <v>-1.7884</v>
+        <v>-2.1</v>
       </c>
       <c r="E21" s="13">
-        <v>-2.8</v>
+        <v>-2.5</v>
       </c>
       <c r="F21" s="13">
-        <v>-1.2126</v>
+        <v>-1.7</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C22" s="12">
-        <v>1984.8447</v>
+        <v>2018.8</v>
       </c>
       <c r="D22" s="12">
-        <v>1995.5</v>
+        <v>1997</v>
       </c>
       <c r="E22" s="12">
-        <v>1917</v>
+        <v>1974</v>
       </c>
       <c r="F22" s="12">
-        <v>2020.6711</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C25" s="13">
-        <v>-2.6168</v>
+        <v>-2.2267</v>
       </c>
       <c r="D25" s="13">
-        <v>-2.55</v>
+        <v>-2.2</v>
       </c>
       <c r="E25" s="13">
-        <v>-3.5</v>
+        <v>-3</v>
       </c>
       <c r="F25" s="13">
-        <v>-2.1895</v>
+        <v>-1.8</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C26" s="12">
-        <v>1840.065</v>
+        <v>1878.4</v>
       </c>
       <c r="D26" s="12">
-        <v>1849.5625</v>
+        <v>1863</v>
       </c>
       <c r="E26" s="12">
-        <v>1800</v>
+        <v>1813</v>
       </c>
       <c r="F26" s="12">
-        <v>1866.0192</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B29" s="14">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C29" s="13">
-        <v>-2.1688</v>
+        <v>-2.1357</v>
       </c>
       <c r="D29" s="13">
-        <v>-2.0586</v>
+        <v>-2.15</v>
       </c>
       <c r="E29" s="13">
-        <v>-3</v>
+        <v>-2.5</v>
       </c>
       <c r="F29" s="13">
         <v>-1.8</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C30" s="12">
-        <v>3824.9931</v>
+        <v>3854.5333</v>
       </c>
       <c r="D30" s="12">
-        <v>3844.27515</v>
+        <v>3863</v>
       </c>
       <c r="E30" s="12">
-        <v>3717</v>
+        <v>3787</v>
       </c>
       <c r="F30" s="12">
-        <v>3879.0599</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B31" s="16">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C31" s="15">
-        <v>0.6829</v>
+        <v>0.6333</v>
       </c>
       <c r="D31" s="15">
-        <v>0.7355499999999999</v>
+        <v>0.75</v>
       </c>
       <c r="E31" s="15">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="F31" s="15">
-        <v>0.9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B32" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C32" s="11">
-        <v>90.8882</v>
+        <v>92.5333</v>
       </c>
       <c r="D32" s="11">
         <v>93</v>
       </c>
       <c r="E32" s="11">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="F32" s="11">
         <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B35" s="14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C35" s="13">
-        <v>-1.0796</v>
+        <v>-1.58</v>
       </c>
       <c r="D35" s="13">
+        <v>-1.5</v>
+      </c>
+      <c r="E35" s="13">
+        <v>-2.1</v>
+      </c>
+      <c r="F35" s="13">
         <v>-1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C36" s="12">
-        <v>1830.7796</v>
+        <v>1823.8667</v>
       </c>
       <c r="D36" s="12">
-        <v>1838.34075</v>
+        <v>1827</v>
       </c>
       <c r="E36" s="12">
-        <v>1766</v>
+        <v>1790</v>
       </c>
       <c r="F36" s="12">
-        <v>1851</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B37" s="16">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C37" s="15">
-        <v>0.1195</v>
+        <v>0.1</v>
       </c>
       <c r="D37" s="15">
         <v>0.1</v>
       </c>
       <c r="E37" s="15">
-        <v>0</v>
+        <v>-0.2</v>
       </c>
       <c r="F37" s="15">
         <v>0.3</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C38" s="11">
-        <v>90.4832</v>
+        <v>87.9333</v>
       </c>
       <c r="D38" s="11">
-        <v>91.10105</v>
+        <v>88</v>
       </c>
       <c r="E38" s="11">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="F38" s="11">
-        <v>95.884</v>
+        <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C41" s="12">
-        <v>-9.75</v>
+        <v>-9.8667</v>
       </c>
       <c r="D41" s="12">
-        <v>-9.5</v>
+        <v>-9</v>
       </c>
       <c r="E41" s="12">
-        <v>-14</v>
+        <v>-15</v>
       </c>
       <c r="F41" s="12">
         <v>-8</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
         <v>23</v>
       </c>
       <c r="B42" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C42" s="12">
-        <v>13.6235</v>
+        <v>14.6</v>
       </c>
       <c r="D42" s="12">
-        <v>14.31795</v>
+        <v>15</v>
       </c>
       <c r="E42" s="12">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F42" s="12">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
         <v>24</v>
       </c>
       <c r="B43" s="12">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C43" s="12">
-        <v>-3</v>
+        <v>-2.7857</v>
       </c>
       <c r="D43" s="12">
         <v>-3</v>
       </c>
       <c r="E43" s="12">
         <v>-3</v>
       </c>
       <c r="F43" s="12">
-        <v>-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
         <v>25</v>
       </c>
       <c r="B44" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C44" s="12">
-        <v>-32.9583</v>
+        <v>-31.7333</v>
       </c>
       <c r="D44" s="12">
-        <v>-32.75</v>
+        <v>-33</v>
       </c>
       <c r="E44" s="12">
-        <v>-39</v>
+        <v>-35</v>
       </c>
       <c r="F44" s="12">
-        <v>-28</v>
+        <v>-25</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B45" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C45" s="11">
-        <v>-32.0848</v>
+        <v>-29.7857</v>
       </c>
       <c r="D45" s="11">
-        <v>-31</v>
+        <v>-30</v>
       </c>
       <c r="E45" s="11">
-        <v>-39</v>
+        <v>-36</v>
       </c>
       <c r="F45" s="11">
-        <v>-25</v>
+        <v>-22</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B48" s="14">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C48" s="13">
-        <v>0.8245</v>
+        <v>1.0615</v>
       </c>
       <c r="D48" s="13">
-        <v>0.87305</v>
+        <v>1</v>
       </c>
       <c r="E48" s="13">
-        <v>0.4924</v>
+        <v>0.7</v>
       </c>
       <c r="F48" s="13">
-        <v>1.138</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B49" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C49" s="11">
-        <v>12850.9535</v>
+        <v>12902.8667</v>
       </c>
       <c r="D49" s="11">
-        <v>12865.66495</v>
+        <v>12925</v>
       </c>
       <c r="E49" s="11">
-        <v>12717.0177</v>
+        <v>12783</v>
       </c>
       <c r="F49" s="11">
-        <v>12947.8799</v>
+        <v>12983</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B50" s="16">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C50" s="15">
-        <v>0.6498</v>
+        <v>0.6571</v>
       </c>
       <c r="D50" s="15">
-        <v>0.71195</v>
+        <v>0.7</v>
       </c>
       <c r="E50" s="15">
-        <v>-0.1</v>
+        <v>0.2</v>
       </c>
       <c r="F50" s="15">
-        <v>0.9387</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B51" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C51" s="11">
-        <v>723.4579</v>
+        <v>734.1476</v>
       </c>
       <c r="D51" s="11">
-        <v>726.2673500000001</v>
+        <v>734</v>
       </c>
       <c r="E51" s="11">
-        <v>713</v>
+        <v>724</v>
       </c>
       <c r="F51" s="11">
-        <v>736</v>
+        <v>751</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="9" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="16">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C52" s="15">
-        <v>5.6296</v>
+        <v>5.6898</v>
       </c>
       <c r="D52" s="15">
-        <v>5.63255</v>
+        <v>5.688</v>
       </c>
       <c r="E52" s="15">
-        <v>5.5516</v>
+        <v>5.5989</v>
       </c>
       <c r="F52" s="15">
-        <v>5.7513</v>
+        <v>5.8312</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
         <v>31</v>
       </c>
       <c r="B54" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C54" s="12">
-        <v>-7.25</v>
+        <v>-6.4</v>
       </c>
       <c r="D54" s="12">
-        <v>-6.5</v>
+        <v>-6</v>
       </c>
       <c r="E54" s="12">
-        <v>-19</v>
+        <v>-11</v>
       </c>
       <c r="F54" s="12">
         <v>-3</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C55" s="12">
-        <v>-71.5767</v>
+        <v>-72.13330000000001</v>
       </c>
       <c r="D55" s="12">
         <v>-72</v>
       </c>
       <c r="E55" s="12">
-        <v>-76</v>
+        <v>-77</v>
       </c>
       <c r="F55" s="12">
-        <v>-64</v>
+        <v>-67</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>33</v>
       </c>
       <c r="B56" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C56" s="12">
-        <v>-102.1102</v>
+        <v>-96.2667</v>
       </c>
       <c r="D56" s="12">
-        <v>-100</v>
+        <v>-95</v>
       </c>
       <c r="E56" s="12">
-        <v>-116</v>
+        <v>-105</v>
       </c>
       <c r="F56" s="12">
-        <v>-97.5853</v>
+        <v>-93</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B58" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C58" s="11">
-        <v>542.521</v>
+        <v>559.3476000000001</v>
       </c>
       <c r="D58" s="11">
-        <v>540</v>
+        <v>559</v>
       </c>
       <c r="E58" s="11">
-        <v>530</v>
+        <v>553</v>
       </c>
       <c r="F58" s="11">
-        <v>553.2601</v>
+        <v>575</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>35</v>
       </c>
       <c r="B60" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C60" s="12">
-        <v>142.9118</v>
+        <v>146.7333</v>
       </c>
       <c r="D60" s="12">
-        <v>142.27365</v>
+        <v>146</v>
       </c>
       <c r="E60" s="12">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F60" s="12">
-        <v>148</v>
+        <v>155</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B61" s="11">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C61" s="11">
-        <v>399.6093</v>
+        <v>412.6143</v>
       </c>
       <c r="D61" s="11">
-        <v>399.5613</v>
+        <v>412</v>
       </c>
       <c r="E61" s="11">
-        <v>382</v>
+        <v>398</v>
       </c>
       <c r="F61" s="11">
-        <v>409.4125</v>
+        <v>427</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>37</v>
       </c>
       <c r="B63" s="12">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C63" s="17">
-        <v>23.0416</v>
+        <v>23.6667</v>
       </c>
       <c r="D63" s="17">
-        <v>23.1973</v>
+        <v>23.75</v>
       </c>
       <c r="E63" s="17">
-        <v>21.7</v>
+        <v>22.1</v>
       </c>
       <c r="F63" s="17">
-        <v>23.5</v>
+        <v>24.8</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>38</v>
       </c>
       <c r="B64" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C64" s="17">
-        <v>12.4157</v>
+        <v>12.4867</v>
       </c>
       <c r="D64" s="17">
         <v>12.4</v>
       </c>
       <c r="E64" s="17">
         <v>12.4</v>
       </c>
       <c r="F64" s="17">
-        <v>12.5879</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>39</v>
       </c>
       <c r="B65" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C65" s="17">
-        <v>-1.4621</v>
+        <v>-1.4671</v>
       </c>
       <c r="D65" s="17">
-        <v>-1.4777</v>
+        <v>-1.4796</v>
       </c>
       <c r="E65" s="17">
-        <v>-1.5805</v>
+        <v>-1.5836</v>
       </c>
       <c r="F65" s="17">
-        <v>-1.3152</v>
+        <v>-1.3137</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>40</v>
       </c>
       <c r="B66" s="12">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C66" s="12">
-        <v>502.975</v>
+        <v>488.4</v>
       </c>
       <c r="D66" s="12">
-        <v>505</v>
+        <v>495</v>
       </c>
       <c r="E66" s="12">
-        <v>460</v>
+        <v>425</v>
       </c>
       <c r="F66" s="12">
-        <v>534.4165</v>
+        <v>518</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>41</v>
       </c>
       <c r="B67" s="12">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C67" s="12">
-        <v>-288.5833</v>
+        <v>-286.9333</v>
       </c>
       <c r="D67" s="12">
-        <v>-280.5</v>
+        <v>-286</v>
       </c>
       <c r="E67" s="12">
         <v>-351</v>
       </c>
       <c r="F67" s="12">
         <v>-220</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>42</v>
       </c>
       <c r="B69" s="12">
         <v>9</v>
       </c>
       <c r="C69" s="18">
-        <v>1.1732</v>
+        <v>1.1622</v>
       </c>
       <c r="D69" s="18">
+        <v>1.16</v>
+      </c>
+      <c r="E69" s="18">
+        <v>1.14</v>
+      </c>
+      <c r="F69" s="18">
         <v>1.17</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.2</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>43</v>
       </c>
       <c r="B70" s="12">
         <v>9</v>
       </c>
       <c r="C70" s="18">
-        <v>4.9834</v>
+        <v>4.9611</v>
       </c>
       <c r="D70" s="18">
-        <v>4.9458</v>
+        <v>4.94</v>
       </c>
       <c r="E70" s="18">
         <v>4.93</v>
       </c>
       <c r="F70" s="18">
-        <v>5.15</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="19" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>45</v>
       </c>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>46</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>